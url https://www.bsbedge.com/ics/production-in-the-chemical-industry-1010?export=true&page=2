--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1156,236 +1156,236 @@
       </c>
       <c r="H20">
         <v>102.43</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H21">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2010</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H22">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
         <v>2012</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24">
         <v>2007</v>
       </c>
       <c r="E24" t="s">
         <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H24">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25">
         <v>2012</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H25">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26">
         <v>2012</v>
       </c>
       <c r="E26" t="s">
         <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H26">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>68</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27">
         <v>2015</v>
       </c>
       <c r="E27" t="s">
         <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H27">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>54</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28">
         <v>2010</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H28">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>76</v>
       </c>
       <c r="G29">
         <v>131.0</v>
       </c>
       <c r="H29">