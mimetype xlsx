--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -847,54 +847,54 @@
       </c>
       <c r="H8">
         <v>64.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10">
         <v>64.0</v>
       </c>
       <c r="H10">