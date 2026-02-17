--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -691,54 +691,54 @@
       </c>
       <c r="H2">
         <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H3">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2018</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>64.0</v>
       </c>
       <c r="H4">
@@ -925,80 +925,80 @@
       </c>
       <c r="H11">
         <v>64.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2021</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>17</v>
       </c>
       <c r="G12">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H12">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H13">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>41</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>20.0</v>
       </c>
       <c r="H14">