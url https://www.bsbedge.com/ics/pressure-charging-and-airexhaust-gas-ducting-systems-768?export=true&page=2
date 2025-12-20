--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -767,80 +767,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
         <v>177.0</v>
       </c>
       <c r="H4">
@@ -871,106 +871,106 @@
       </c>
       <c r="H5">
         <v>20.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H6">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7">
         <v>98.0</v>
       </c>
       <c r="H7">
         <v>98.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>1987</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9">
         <v>1800.0</v>
       </c>
       <c r="H9">
@@ -1547,516 +1547,516 @@
       </c>
       <c r="H31">
         <v>199.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>77</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32">
         <v>2019</v>
       </c>
       <c r="E32" t="s">
         <v>79</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
       <c r="D33">
         <v>2023</v>
       </c>
       <c r="E33" t="s">
         <v>81</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H33">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
       <c r="D35">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
         <v>20.0</v>
       </c>
       <c r="H35">
         <v>20.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36">
         <v>2015</v>
       </c>
       <c r="E36" t="s">
         <v>87</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H36">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>88</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2000</v>
       </c>
       <c r="E37" t="s">
         <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="E38" t="s">
         <v>92</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>20.0</v>
       </c>
       <c r="H38">
         <v>20.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>94</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H39">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>77</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2021</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H40">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>2002</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>77</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42">
         <v>2004</v>
       </c>
       <c r="E42" t="s">
         <v>100</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H42">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>101</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
       <c r="D43">
         <v>2017</v>
       </c>
       <c r="E43" t="s">
         <v>103</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H43">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>104</v>
       </c>
       <c r="E44" t="s">
         <v>105</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
         <v>20.0</v>
       </c>
       <c r="H44">
         <v>20.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>88</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>106</v>
       </c>
       <c r="D45">
         <v>2003</v>
       </c>
       <c r="E45" t="s">
         <v>107</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H45">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>108</v>
       </c>
       <c r="D46">
         <v>1997</v>
       </c>
       <c r="E46" t="s">
         <v>109</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>110</v>
       </c>
       <c r="D47">
         <v>1998</v>
       </c>
       <c r="E47" t="s">
         <v>111</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>88</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>112</v>
       </c>
       <c r="D48">
         <v>2000</v>
       </c>
       <c r="E48" t="s">
         <v>113</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>114</v>
       </c>
       <c r="D49">
         <v>2014</v>
       </c>
       <c r="E49" t="s">
         <v>115</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>77</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>116</v>
       </c>
       <c r="D50">
         <v>2018</v>
       </c>
       <c r="E50" t="s">
         <v>117</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H50">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">