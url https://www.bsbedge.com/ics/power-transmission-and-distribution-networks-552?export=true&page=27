--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -8470,54 +8470,54 @@
       </c>
       <c r="H92">
         <v>20.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>55</v>
       </c>
       <c r="C93" t="s">
         <v>183</v>
       </c>
       <c r="D93">
         <v>2025</v>
       </c>
       <c r="E93" t="s">
         <v>184</v>
       </c>
       <c r="F93" t="s">
         <v>58</v>
       </c>
       <c r="G93">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H93">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94" t="s">
         <v>16</v>
       </c>
       <c r="C94" t="s">
         <v>185</v>
       </c>
       <c r="D94">
         <v>2022</v>
       </c>
       <c r="E94" t="s">
         <v>186</v>
       </c>
       <c r="F94" t="s">
         <v>19</v>
       </c>
       <c r="G94">
         <v>322.0</v>
       </c>
       <c r="H94">
@@ -9784,54 +9784,54 @@
       </c>
       <c r="F143" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>55</v>
       </c>
       <c r="C144" t="s">
         <v>283</v>
       </c>
       <c r="D144">
         <v>2024</v>
       </c>
       <c r="E144" t="s">
         <v>284</v>
       </c>
       <c r="F144" t="s">
         <v>58</v>
       </c>
       <c r="G144">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
       <c r="H144">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>15</v>
       </c>
       <c r="B145" t="s">
         <v>16</v>
       </c>
       <c r="C145" t="s">
         <v>285</v>
       </c>
       <c r="D145">
         <v>2021</v>
       </c>
       <c r="E145" t="s">
         <v>286</v>
       </c>
       <c r="F145" t="s">
         <v>19</v>
       </c>
       <c r="G145">
         <v>322.0</v>
       </c>
       <c r="H145">
@@ -23240,54 +23240,54 @@
       </c>
       <c r="H661">
         <v>20.48</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>8</v>
       </c>
       <c r="B662" t="s">
         <v>55</v>
       </c>
       <c r="C662" t="s">
         <v>1242</v>
       </c>
       <c r="D662">
         <v>2019</v>
       </c>
       <c r="E662" t="s">
         <v>1243</v>
       </c>
       <c r="F662" t="s">
         <v>58</v>
       </c>
       <c r="G662">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H662">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>8</v>
       </c>
       <c r="B663" t="s">
         <v>55</v>
       </c>
       <c r="C663" t="s">
         <v>1244</v>
       </c>
       <c r="D663">
         <v>2016</v>
       </c>
       <c r="E663" t="s">
         <v>1245</v>
       </c>
       <c r="F663" t="s">
         <v>58</v>
       </c>
       <c r="G663">
         <v>24.02</v>
       </c>
       <c r="H663">
@@ -23318,158 +23318,158 @@
       </c>
       <c r="H664">
         <v>78.36</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>8</v>
       </c>
       <c r="B665" t="s">
         <v>55</v>
       </c>
       <c r="C665" t="s">
         <v>1248</v>
       </c>
       <c r="D665">
         <v>2018</v>
       </c>
       <c r="E665" t="s">
         <v>1249</v>
       </c>
       <c r="F665" t="s">
         <v>58</v>
       </c>
       <c r="G665">
-        <v>254.11</v>
+        <v>261.78</v>
       </c>
       <c r="H665">
-        <v>254.11</v>
+        <v>261.78</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>8</v>
       </c>
       <c r="B666" t="s">
         <v>55</v>
       </c>
       <c r="C666" t="s">
         <v>1250</v>
       </c>
       <c r="D666">
         <v>2018</v>
       </c>
       <c r="E666" t="s">
         <v>1251</v>
       </c>
       <c r="F666" t="s">
         <v>58</v>
       </c>
       <c r="G666">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
       <c r="H666">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>8</v>
       </c>
       <c r="B667" t="s">
         <v>55</v>
       </c>
       <c r="C667" t="s">
         <v>1252</v>
       </c>
       <c r="D667">
         <v>2023</v>
       </c>
       <c r="E667" t="s">
         <v>1253</v>
       </c>
       <c r="F667" t="s">
         <v>58</v>
       </c>
       <c r="G667">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
       <c r="H667">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>8</v>
       </c>
       <c r="B668" t="s">
         <v>55</v>
       </c>
       <c r="C668" t="s">
         <v>1254</v>
       </c>
       <c r="D668">
         <v>2020</v>
       </c>
       <c r="E668" t="s">
         <v>1255</v>
       </c>
       <c r="F668" t="s">
         <v>58</v>
       </c>
       <c r="G668">
         <v>0.0</v>
       </c>
       <c r="H668">
         <v>0.0</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>8</v>
       </c>
       <c r="B669" t="s">
         <v>55</v>
       </c>
       <c r="C669" t="s">
         <v>1256</v>
       </c>
       <c r="D669">
         <v>2019</v>
       </c>
       <c r="E669" t="s">
         <v>1257</v>
       </c>
       <c r="F669" t="s">
         <v>58</v>
       </c>
       <c r="G669">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
       <c r="H669">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>8</v>
       </c>
       <c r="B670" t="s">
         <v>55</v>
       </c>
       <c r="C670" t="s">
         <v>1258</v>
       </c>
       <c r="D670">
         <v>2023</v>
       </c>
       <c r="E670" t="s">
         <v>1259</v>
       </c>
       <c r="F670" t="s">
         <v>58</v>
       </c>
       <c r="G670">
         <v>40.8</v>
       </c>
       <c r="H670">
@@ -23734,106 +23734,106 @@
       </c>
       <c r="H680">
         <v>0.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>8</v>
       </c>
       <c r="B681" t="s">
         <v>55</v>
       </c>
       <c r="C681" t="s">
         <v>1280</v>
       </c>
       <c r="D681">
         <v>1984</v>
       </c>
       <c r="E681" t="s">
         <v>1281</v>
       </c>
       <c r="F681" t="s">
         <v>58</v>
       </c>
       <c r="G681">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H681">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>8</v>
       </c>
       <c r="B682" t="s">
         <v>55</v>
       </c>
       <c r="C682" t="s">
         <v>1282</v>
       </c>
       <c r="D682">
         <v>1984</v>
       </c>
       <c r="E682" t="s">
         <v>1283</v>
       </c>
       <c r="F682" t="s">
         <v>58</v>
       </c>
       <c r="G682">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H682">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>8</v>
       </c>
       <c r="B683" t="s">
         <v>55</v>
       </c>
       <c r="C683" t="s">
         <v>1284</v>
       </c>
       <c r="D683">
         <v>1984</v>
       </c>
       <c r="E683" t="s">
         <v>1285</v>
       </c>
       <c r="F683" t="s">
         <v>58</v>
       </c>
       <c r="G683">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H683">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>15</v>
       </c>
       <c r="B684" t="s">
         <v>16</v>
       </c>
       <c r="C684" t="s">
         <v>1286</v>
       </c>
       <c r="D684">
         <v>2014</v>
       </c>
       <c r="E684" t="s">
         <v>1287</v>
       </c>
       <c r="F684" t="s">
         <v>19</v>
       </c>
       <c r="G684">
         <v>488.0</v>
       </c>
       <c r="H684">