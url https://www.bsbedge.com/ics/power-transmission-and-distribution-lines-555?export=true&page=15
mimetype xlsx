--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -8806,106 +8806,106 @@
       </c>
       <c r="H233">
         <v>78.36</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>13</v>
       </c>
       <c r="B234" t="s">
         <v>62</v>
       </c>
       <c r="C234" t="s">
         <v>460</v>
       </c>
       <c r="D234">
         <v>2023</v>
       </c>
       <c r="E234" t="s">
         <v>461</v>
       </c>
       <c r="F234" t="s">
         <v>65</v>
       </c>
       <c r="G234">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
       <c r="H234">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>13</v>
       </c>
       <c r="B235" t="s">
         <v>62</v>
       </c>
       <c r="C235" t="s">
         <v>462</v>
       </c>
       <c r="D235">
         <v>2020</v>
       </c>
       <c r="E235" t="s">
         <v>463</v>
       </c>
       <c r="F235" t="s">
         <v>65</v>
       </c>
       <c r="G235">
         <v>0.0</v>
       </c>
       <c r="H235">
         <v>0.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>13</v>
       </c>
       <c r="B236" t="s">
         <v>62</v>
       </c>
       <c r="C236" t="s">
         <v>464</v>
       </c>
       <c r="D236">
         <v>2019</v>
       </c>
       <c r="E236" t="s">
         <v>465</v>
       </c>
       <c r="F236" t="s">
         <v>65</v>
       </c>
       <c r="G236">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
       <c r="H236">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>13</v>
       </c>
       <c r="B237" t="s">
         <v>62</v>
       </c>
       <c r="C237" t="s">
         <v>466</v>
       </c>
       <c r="D237">
         <v>2011</v>
       </c>
       <c r="E237" t="s">
         <v>467</v>
       </c>
       <c r="F237" t="s">
         <v>65</v>
       </c>
       <c r="G237">
         <v>0.0</v>
       </c>
       <c r="H237">
@@ -9092,106 +9092,106 @@
       </c>
       <c r="H244">
         <v>0.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>13</v>
       </c>
       <c r="B245" t="s">
         <v>62</v>
       </c>
       <c r="C245" t="s">
         <v>482</v>
       </c>
       <c r="D245">
         <v>1984</v>
       </c>
       <c r="E245" t="s">
         <v>483</v>
       </c>
       <c r="F245" t="s">
         <v>65</v>
       </c>
       <c r="G245">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H245">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>13</v>
       </c>
       <c r="B246" t="s">
         <v>62</v>
       </c>
       <c r="C246" t="s">
         <v>484</v>
       </c>
       <c r="D246">
         <v>1984</v>
       </c>
       <c r="E246" t="s">
         <v>485</v>
       </c>
       <c r="F246" t="s">
         <v>65</v>
       </c>
       <c r="G246">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H246">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>13</v>
       </c>
       <c r="B247" t="s">
         <v>62</v>
       </c>
       <c r="C247" t="s">
         <v>486</v>
       </c>
       <c r="D247">
         <v>1984</v>
       </c>
       <c r="E247" t="s">
         <v>487</v>
       </c>
       <c r="F247" t="s">
         <v>65</v>
       </c>
       <c r="G247">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H247">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>488</v>
       </c>
       <c r="D248">
         <v>2014</v>
       </c>
       <c r="E248" t="s">
         <v>489</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
         <v>488.0</v>
       </c>
       <c r="H248">