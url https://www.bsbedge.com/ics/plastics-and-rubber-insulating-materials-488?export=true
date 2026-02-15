--- v0 (2025-11-16)
+++ v1 (2026-02-15)
@@ -2657,132 +2657,132 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H2">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H3">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H4">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
         <v>136.0</v>
       </c>
       <c r="H6">
@@ -3049,132 +3049,132 @@
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H18">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>51</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H19">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>53</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H20">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>55</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H21">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>57</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22">
         <v>80.0</v>
       </c>
       <c r="H22">
@@ -3257,54 +3257,54 @@
       </c>
       <c r="H25">
         <v>80.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
         <v>38</v>
       </c>
       <c r="C26" t="s">
         <v>63</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>64</v>
       </c>
       <c r="F26" t="s">
         <v>41</v>
       </c>
       <c r="G26">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H26">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>30</v>
       </c>
       <c r="C27" t="s">
         <v>65</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>66</v>
       </c>
       <c r="F27" t="s">
         <v>33</v>
       </c>
       <c r="G27">
         <v>64.0</v>
       </c>
       <c r="H27">
@@ -3361,80 +3361,80 @@
       </c>
       <c r="H29">
         <v>72.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30">
         <v>2023</v>
       </c>
       <c r="E30" t="s">
         <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H30">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>73</v>
       </c>
       <c r="D31">
         <v>2023</v>
       </c>
       <c r="E31" t="s">
         <v>74</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H31">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>19</v>
       </c>
       <c r="B32" t="s">
         <v>30</v>
       </c>
       <c r="C32" t="s">
         <v>75</v>
       </c>
       <c r="D32">
         <v>2023</v>
       </c>
       <c r="E32" t="s">
         <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>33</v>
       </c>
       <c r="G32">
         <v>72.0</v>
       </c>
       <c r="H32">
@@ -3465,158 +3465,158 @@
       </c>
       <c r="H33">
         <v>72.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>79</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>80</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H34">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>81</v>
       </c>
       <c r="D35">
         <v>2023</v>
       </c>
       <c r="E35" t="s">
         <v>82</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H35">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>83</v>
       </c>
       <c r="D36">
         <v>2023</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H36">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>85</v>
       </c>
       <c r="D37">
         <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>86</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>87</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>88</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>19</v>
       </c>
       <c r="B39" t="s">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>89</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>90</v>
       </c>
       <c r="F39" t="s">
         <v>33</v>
       </c>
       <c r="G39">
         <v>64.0</v>
       </c>
       <c r="H39">
@@ -3673,106 +3673,106 @@
       </c>
       <c r="H41">
         <v>31.6</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
         <v>95</v>
       </c>
       <c r="C42" t="s">
         <v>96</v>
       </c>
       <c r="D42">
         <v>2020</v>
       </c>
       <c r="E42" t="s">
         <v>97</v>
       </c>
       <c r="F42" t="s">
         <v>98</v>
       </c>
       <c r="G42">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H42">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
         <v>95</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43">
         <v>2010</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
         <v>98</v>
       </c>
       <c r="G43">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H43">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
         <v>2019</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
         <v>98</v>
       </c>
       <c r="G44">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H44">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>1998</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0.0</v>
       </c>
       <c r="H45">
@@ -3907,54 +3907,54 @@
       </c>
       <c r="H50">
         <v>40.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>19</v>
       </c>
       <c r="B51" t="s">
         <v>20</v>
       </c>
       <c r="C51" t="s">
         <v>115</v>
       </c>
       <c r="D51">
         <v>2017</v>
       </c>
       <c r="E51" t="s">
         <v>116</v>
       </c>
       <c r="F51" t="s">
         <v>23</v>
       </c>
       <c r="G51">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H51">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>19</v>
       </c>
       <c r="B52" t="s">
         <v>20</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
         <v>2018</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
         <v>23</v>
       </c>
       <c r="G52">
         <v>40.0</v>
       </c>
       <c r="H52">
@@ -4011,106 +4011,106 @@
       </c>
       <c r="H54">
         <v>40.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>19</v>
       </c>
       <c r="B55" t="s">
         <v>20</v>
       </c>
       <c r="C55" t="s">
         <v>123</v>
       </c>
       <c r="D55">
         <v>2016</v>
       </c>
       <c r="E55" t="s">
         <v>124</v>
       </c>
       <c r="F55" t="s">
         <v>23</v>
       </c>
       <c r="G55">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H55">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>19</v>
       </c>
       <c r="B56" t="s">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>1980</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
         <v>23</v>
       </c>
       <c r="G56">
         <v>20.0</v>
       </c>
       <c r="H56">
         <v>20.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>19</v>
       </c>
       <c r="B57" t="s">
         <v>20</v>
       </c>
       <c r="C57" t="s">
         <v>127</v>
       </c>
       <c r="D57">
         <v>2016</v>
       </c>
       <c r="E57" t="s">
         <v>124</v>
       </c>
       <c r="F57" t="s">
         <v>23</v>
       </c>
       <c r="G57">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H57">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>19</v>
       </c>
       <c r="B58" t="s">
         <v>20</v>
       </c>
       <c r="C58" t="s">
         <v>128</v>
       </c>
       <c r="D58">
         <v>2011</v>
       </c>
       <c r="E58" t="s">
         <v>129</v>
       </c>
       <c r="F58" t="s">
         <v>23</v>
       </c>
       <c r="G58">
         <v>80.0</v>
       </c>
       <c r="H58">
@@ -4297,54 +4297,54 @@
       </c>
       <c r="H65">
         <v>80.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>19</v>
       </c>
       <c r="B66" t="s">
         <v>20</v>
       </c>
       <c r="C66" t="s">
         <v>143</v>
       </c>
       <c r="D66">
         <v>2019</v>
       </c>
       <c r="E66" t="s">
         <v>124</v>
       </c>
       <c r="F66" t="s">
         <v>23</v>
       </c>
       <c r="G66">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
       <c r="H66">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>19</v>
       </c>
       <c r="B67" t="s">
         <v>20</v>
       </c>
       <c r="C67" t="s">
         <v>144</v>
       </c>
       <c r="D67">
         <v>2016</v>
       </c>
       <c r="E67" t="s">
         <v>145</v>
       </c>
       <c r="F67" t="s">
         <v>23</v>
       </c>
       <c r="G67">
         <v>10.0</v>
       </c>
       <c r="H67">
@@ -4453,54 +4453,54 @@
       </c>
       <c r="H71">
         <v>40.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>19</v>
       </c>
       <c r="B72" t="s">
         <v>20</v>
       </c>
       <c r="C72" t="s">
         <v>153</v>
       </c>
       <c r="D72">
         <v>2021</v>
       </c>
       <c r="E72" t="s">
         <v>154</v>
       </c>
       <c r="F72" t="s">
         <v>23</v>
       </c>
       <c r="G72">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H72">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>19</v>
       </c>
       <c r="B73" t="s">
         <v>20</v>
       </c>
       <c r="C73" t="s">
         <v>155</v>
       </c>
       <c r="D73">
         <v>1992</v>
       </c>
       <c r="E73" t="s">
         <v>156</v>
       </c>
       <c r="F73" t="s">
         <v>23</v>
       </c>
       <c r="G73">
         <v>40.0</v>
       </c>
       <c r="H73">
@@ -4765,54 +4765,54 @@
       </c>
       <c r="H83">
         <v>20.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>19</v>
       </c>
       <c r="B84" t="s">
         <v>20</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2006</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>23</v>
       </c>
       <c r="G84">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H84">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>19</v>
       </c>
       <c r="B85" t="s">
         <v>20</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>2005</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>23</v>
       </c>
       <c r="G85">
         <v>40.0</v>
       </c>
       <c r="H85">
@@ -4869,54 +4869,54 @@
       </c>
       <c r="H87">
         <v>20.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>19</v>
       </c>
       <c r="B88" t="s">
         <v>20</v>
       </c>
       <c r="C88" t="s">
         <v>182</v>
       </c>
       <c r="D88">
         <v>2006</v>
       </c>
       <c r="E88" t="s">
         <v>176</v>
       </c>
       <c r="F88" t="s">
         <v>23</v>
       </c>
       <c r="G88">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H88">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>19</v>
       </c>
       <c r="B89" t="s">
         <v>20</v>
       </c>
       <c r="C89" t="s">
         <v>183</v>
       </c>
       <c r="D89">
         <v>2007</v>
       </c>
       <c r="E89" t="s">
         <v>184</v>
       </c>
       <c r="F89" t="s">
         <v>23</v>
       </c>
       <c r="G89">
         <v>40.0</v>
       </c>
       <c r="H89">
@@ -6351,80 +6351,80 @@
       </c>
       <c r="H144">
         <v>20.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>19</v>
       </c>
       <c r="B145" t="s">
         <v>20</v>
       </c>
       <c r="C145" t="s">
         <v>280</v>
       </c>
       <c r="D145">
         <v>2007</v>
       </c>
       <c r="E145" t="s">
         <v>281</v>
       </c>
       <c r="F145" t="s">
         <v>23</v>
       </c>
       <c r="G145">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H145">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>19</v>
       </c>
       <c r="B146" t="s">
         <v>20</v>
       </c>
       <c r="C146" t="s">
         <v>282</v>
       </c>
       <c r="D146">
         <v>2007</v>
       </c>
       <c r="E146" t="s">
         <v>281</v>
       </c>
       <c r="F146" t="s">
         <v>23</v>
       </c>
       <c r="G146">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H146">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>19</v>
       </c>
       <c r="B147" t="s">
         <v>20</v>
       </c>
       <c r="C147" t="s">
         <v>283</v>
       </c>
       <c r="D147">
         <v>1991</v>
       </c>
       <c r="E147" t="s">
         <v>284</v>
       </c>
       <c r="F147" t="s">
         <v>23</v>
       </c>
       <c r="G147">
         <v>20.0</v>
       </c>
       <c r="H147">
@@ -7313,106 +7313,106 @@
       </c>
       <c r="H181">
         <v>0.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>19</v>
       </c>
       <c r="B182" t="s">
         <v>38</v>
       </c>
       <c r="C182" t="s">
         <v>353</v>
       </c>
       <c r="D182">
         <v>2018</v>
       </c>
       <c r="E182" t="s">
         <v>354</v>
       </c>
       <c r="F182" t="s">
         <v>41</v>
       </c>
       <c r="G182">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H182">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>355</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>356</v>
       </c>
       <c r="D183">
         <v>2021</v>
       </c>
       <c r="E183" t="s">
         <v>357</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H183">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>358</v>
       </c>
       <c r="D184">
         <v>2021</v>
       </c>
       <c r="E184" t="s">
         <v>359</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>360</v>
       </c>
       <c r="D185">
         <v>19</v>
       </c>
       <c r="E185" t="s">
         <v>361</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
         <v>20.0</v>
       </c>
       <c r="H185">
@@ -7443,54 +7443,54 @@
       </c>
       <c r="H186">
         <v>20.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>364</v>
       </c>
       <c r="D187">
         <v>2019</v>
       </c>
       <c r="E187" t="s">
         <v>365</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H187">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>366</v>
       </c>
       <c r="D188">
         <v>9</v>
       </c>
       <c r="E188" t="s">
         <v>367</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
         <v>20.0</v>
       </c>
       <c r="H188">
@@ -7521,132 +7521,132 @@
       </c>
       <c r="H189">
         <v>20.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>370</v>
       </c>
       <c r="D190">
         <v>2019</v>
       </c>
       <c r="E190" t="s">
         <v>371</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>372</v>
       </c>
       <c r="D191">
         <v>2019</v>
       </c>
       <c r="E191" t="s">
         <v>373</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H191">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>374</v>
       </c>
       <c r="D192">
         <v>2019</v>
       </c>
       <c r="E192" t="s">
         <v>375</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H192">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>376</v>
       </c>
       <c r="D193">
         <v>2022</v>
       </c>
       <c r="E193" t="s">
         <v>377</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H193">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>378</v>
       </c>
       <c r="D194">
         <v>6</v>
       </c>
       <c r="E194" t="s">
         <v>379</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
         <v>20.0</v>
       </c>
       <c r="H194">
@@ -7677,106 +7677,106 @@
       </c>
       <c r="H195">
         <v>20.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>382</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>383</v>
       </c>
       <c r="D196">
         <v>2015</v>
       </c>
       <c r="E196" t="s">
         <v>384</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H196">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>385</v>
       </c>
       <c r="D197">
         <v>9</v>
       </c>
       <c r="E197" t="s">
         <v>386</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
         <v>20.0</v>
       </c>
       <c r="H197">
         <v>20.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>355</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>387</v>
       </c>
       <c r="D198">
         <v>2021</v>
       </c>
       <c r="E198" t="s">
         <v>388</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H198">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>389</v>
       </c>
       <c r="D199">
         <v>31</v>
       </c>
       <c r="E199" t="s">
         <v>390</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
         <v>20.0</v>
       </c>
       <c r="H199">
@@ -7807,3558 +7807,3558 @@
       </c>
       <c r="H200">
         <v>20.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>393</v>
       </c>
       <c r="D201">
         <v>2018</v>
       </c>
       <c r="E201" t="s">
         <v>394</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H201">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>395</v>
       </c>
       <c r="D202">
         <v>2021</v>
       </c>
       <c r="E202" t="s">
         <v>154</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H202">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>382</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>396</v>
       </c>
       <c r="D203">
         <v>2016</v>
       </c>
       <c r="E203" t="s">
         <v>397</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H203">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>398</v>
       </c>
       <c r="D204">
         <v>2019</v>
       </c>
       <c r="E204" t="s">
         <v>399</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>400</v>
       </c>
       <c r="D205">
         <v>2022</v>
       </c>
       <c r="E205" t="s">
         <v>401</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H205">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>402</v>
       </c>
       <c r="D206">
         <v>2017</v>
       </c>
       <c r="E206" t="s">
         <v>403</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H206">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>404</v>
       </c>
       <c r="D207">
         <v>2007</v>
       </c>
       <c r="E207" t="s">
         <v>405</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H207">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>406</v>
       </c>
       <c r="D208">
         <v>2003</v>
       </c>
       <c r="E208" t="s">
         <v>407</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H208">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>408</v>
       </c>
       <c r="D209">
         <v>2018</v>
       </c>
       <c r="E209" t="s">
         <v>409</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H209">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>410</v>
       </c>
       <c r="D210">
         <v>1995</v>
       </c>
       <c r="E210" t="s">
         <v>411</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>382</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>412</v>
       </c>
       <c r="D211">
         <v>2000</v>
       </c>
       <c r="E211" t="s">
         <v>413</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H211">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>382</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>414</v>
       </c>
       <c r="D212">
         <v>2015</v>
       </c>
       <c r="E212" t="s">
         <v>415</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H212">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>416</v>
       </c>
       <c r="D213">
         <v>2006</v>
       </c>
       <c r="E213" t="s">
         <v>417</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H213">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>382</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>418</v>
       </c>
       <c r="D214">
         <v>1997</v>
       </c>
       <c r="E214" t="s">
         <v>419</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H214">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>420</v>
       </c>
       <c r="D215">
         <v>2011</v>
       </c>
       <c r="E215" t="s">
         <v>421</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H215">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>422</v>
       </c>
       <c r="D216">
         <v>2002</v>
       </c>
       <c r="E216" t="s">
         <v>423</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H216">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>424</v>
       </c>
       <c r="D217">
         <v>2006</v>
       </c>
       <c r="E217" t="s">
         <v>425</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H217">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>426</v>
       </c>
       <c r="D218">
         <v>2004</v>
       </c>
       <c r="E218" t="s">
         <v>427</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H218">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>428</v>
       </c>
       <c r="D219">
         <v>2004</v>
       </c>
       <c r="E219" t="s">
         <v>429</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>382</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>430</v>
       </c>
       <c r="D220">
         <v>2012</v>
       </c>
       <c r="E220" t="s">
         <v>431</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>355</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>432</v>
       </c>
       <c r="D221">
         <v>2011</v>
       </c>
       <c r="E221" t="s">
         <v>433</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H221">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>434</v>
       </c>
       <c r="D222">
         <v>2005</v>
       </c>
       <c r="E222" t="s">
         <v>435</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H222">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>436</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>437</v>
       </c>
       <c r="D223">
         <v>2002</v>
       </c>
       <c r="E223" t="s">
         <v>438</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H223">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>439</v>
       </c>
       <c r="E224" t="s">
         <v>440</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
         <v>20.0</v>
       </c>
       <c r="H224">
         <v>20.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>441</v>
       </c>
       <c r="D225">
         <v>2003</v>
       </c>
       <c r="E225" t="s">
         <v>442</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H225">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>382</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>443</v>
       </c>
       <c r="D226">
         <v>2000</v>
       </c>
       <c r="E226" t="s">
         <v>444</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H226">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>382</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>445</v>
       </c>
       <c r="D227">
         <v>2000</v>
       </c>
       <c r="E227" t="s">
         <v>446</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H227">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>447</v>
       </c>
       <c r="D228">
         <v>2012</v>
       </c>
       <c r="E228" t="s">
         <v>448</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H228">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>449</v>
       </c>
       <c r="D229">
         <v>2004</v>
       </c>
       <c r="E229" t="s">
         <v>450</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H229">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>451</v>
       </c>
       <c r="D230">
         <v>2014</v>
       </c>
       <c r="E230" t="s">
         <v>452</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H230">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>382</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>453</v>
       </c>
       <c r="D231">
         <v>2016</v>
       </c>
       <c r="E231" t="s">
         <v>454</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H231">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>455</v>
       </c>
       <c r="D232">
         <v>1980</v>
       </c>
       <c r="E232" t="s">
         <v>456</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H232">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>457</v>
       </c>
       <c r="D233">
         <v>2021</v>
       </c>
       <c r="E233" t="s">
         <v>458</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H233">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>459</v>
       </c>
       <c r="D234">
         <v>2019</v>
       </c>
       <c r="E234" t="s">
         <v>460</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H234">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>461</v>
       </c>
       <c r="D235">
         <v>2019</v>
       </c>
       <c r="E235" t="s">
         <v>462</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H235">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>463</v>
       </c>
       <c r="D236">
         <v>1998</v>
       </c>
       <c r="E236" t="s">
         <v>464</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H236">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>465</v>
       </c>
       <c r="D237">
         <v>2003</v>
       </c>
       <c r="E237" t="s">
         <v>466</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H237">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>467</v>
       </c>
       <c r="D238">
         <v>2008</v>
       </c>
       <c r="E238" t="s">
         <v>468</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H238">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>469</v>
       </c>
       <c r="D239">
         <v>2004</v>
       </c>
       <c r="E239" t="s">
         <v>470</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H239">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>471</v>
       </c>
       <c r="D240">
         <v>2002</v>
       </c>
       <c r="E240" t="s">
         <v>472</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H240">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>382</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>473</v>
       </c>
       <c r="D241">
         <v>2006</v>
       </c>
       <c r="E241" t="s">
         <v>474</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H241">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>475</v>
       </c>
       <c r="D242">
         <v>2002</v>
       </c>
       <c r="E242" t="s">
         <v>476</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H242">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>477</v>
       </c>
       <c r="D243">
         <v>2005</v>
       </c>
       <c r="E243" t="s">
         <v>478</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H243">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>382</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>479</v>
       </c>
       <c r="D244">
         <v>2016</v>
       </c>
       <c r="E244" t="s">
         <v>480</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H244">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>481</v>
       </c>
       <c r="D245">
         <v>1995</v>
       </c>
       <c r="E245" t="s">
         <v>482</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H245">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>483</v>
       </c>
       <c r="D246">
         <v>2002</v>
       </c>
       <c r="E246" t="s">
         <v>484</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H246">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>382</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>485</v>
       </c>
       <c r="D247">
         <v>1989</v>
       </c>
       <c r="E247" t="s">
         <v>486</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H247">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>487</v>
       </c>
       <c r="D248">
         <v>2006</v>
       </c>
       <c r="E248" t="s">
         <v>488</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H248">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>489</v>
       </c>
       <c r="D249">
         <v>2003</v>
       </c>
       <c r="E249" t="s">
         <v>490</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H249">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>491</v>
       </c>
       <c r="D250">
         <v>2014</v>
       </c>
       <c r="E250" t="s">
         <v>492</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H250">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>493</v>
       </c>
       <c r="D251">
         <v>2004</v>
       </c>
       <c r="E251" t="s">
         <v>494</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H251">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>495</v>
       </c>
       <c r="D252">
         <v>2004</v>
       </c>
       <c r="E252" t="s">
         <v>496</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H252">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>436</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>497</v>
       </c>
       <c r="D253">
         <v>2010</v>
       </c>
       <c r="E253" t="s">
         <v>498</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H253">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>499</v>
       </c>
       <c r="D254">
         <v>2003</v>
       </c>
       <c r="E254" t="s">
         <v>500</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H254">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>436</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>501</v>
       </c>
       <c r="D255">
         <v>2017</v>
       </c>
       <c r="E255" t="s">
         <v>80</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H255">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>382</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>502</v>
       </c>
       <c r="D256">
         <v>2005</v>
       </c>
       <c r="E256" t="s">
         <v>503</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H256">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>504</v>
       </c>
       <c r="D257">
         <v>2002</v>
       </c>
       <c r="E257" t="s">
         <v>505</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H257">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>506</v>
       </c>
       <c r="D258">
         <v>2011</v>
       </c>
       <c r="E258" t="s">
         <v>507</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H258">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>382</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>508</v>
       </c>
       <c r="D259">
         <v>2005</v>
       </c>
       <c r="E259" t="s">
         <v>509</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H259">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>510</v>
       </c>
       <c r="D260">
         <v>2006</v>
       </c>
       <c r="E260" t="s">
         <v>511</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H260">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>382</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>512</v>
       </c>
       <c r="D261">
         <v>2016</v>
       </c>
       <c r="E261" t="s">
         <v>513</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H261">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>382</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>514</v>
       </c>
       <c r="D262">
         <v>2005</v>
       </c>
       <c r="E262" t="s">
         <v>515</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H262">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>516</v>
       </c>
       <c r="D263">
         <v>2002</v>
       </c>
       <c r="E263" t="s">
         <v>517</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H263">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>518</v>
       </c>
       <c r="D264">
         <v>2002</v>
       </c>
       <c r="E264" t="s">
         <v>519</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H264">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>520</v>
       </c>
       <c r="D265">
         <v>1998</v>
       </c>
       <c r="E265" t="s">
         <v>521</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H265">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>382</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>522</v>
       </c>
       <c r="D266">
         <v>2017</v>
       </c>
       <c r="E266" t="s">
         <v>523</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H266">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>524</v>
       </c>
       <c r="D267">
         <v>2011</v>
       </c>
       <c r="E267" t="s">
         <v>525</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H267">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>526</v>
       </c>
       <c r="D268">
         <v>2007</v>
       </c>
       <c r="E268" t="s">
         <v>527</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H268">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>382</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>528</v>
       </c>
       <c r="D269">
         <v>2007</v>
       </c>
       <c r="E269" t="s">
         <v>529</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H269">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>530</v>
       </c>
       <c r="D270">
         <v>2001</v>
       </c>
       <c r="E270" t="s">
         <v>531</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H270">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>382</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>532</v>
       </c>
       <c r="D271">
         <v>2011</v>
       </c>
       <c r="E271" t="s">
         <v>533</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H271">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>534</v>
       </c>
       <c r="D272">
         <v>1998</v>
       </c>
       <c r="E272" t="s">
         <v>535</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H272">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>382</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>536</v>
       </c>
       <c r="D273">
         <v>2017</v>
       </c>
       <c r="E273" t="s">
         <v>537</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H273">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>538</v>
       </c>
       <c r="D274">
         <v>2018</v>
       </c>
       <c r="E274" t="s">
         <v>539</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H274">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>382</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>540</v>
       </c>
       <c r="D275">
         <v>2013</v>
       </c>
       <c r="E275" t="s">
         <v>541</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H275">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>542</v>
       </c>
       <c r="D276">
         <v>2002</v>
       </c>
       <c r="E276" t="s">
         <v>543</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H276">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>544</v>
       </c>
       <c r="D277">
         <v>2004</v>
       </c>
       <c r="E277" t="s">
         <v>545</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H277">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>546</v>
       </c>
       <c r="D278">
         <v>2018</v>
       </c>
       <c r="E278" t="s">
         <v>547</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H278">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>548</v>
       </c>
       <c r="D279">
         <v>1994</v>
       </c>
       <c r="E279" t="s">
         <v>549</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H279">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>382</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>550</v>
       </c>
       <c r="D280">
         <v>2005</v>
       </c>
       <c r="E280" t="s">
         <v>551</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H280">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>552</v>
       </c>
       <c r="D281">
         <v>2003</v>
       </c>
       <c r="E281" t="s">
         <v>553</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H281">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>554</v>
       </c>
       <c r="D282">
         <v>2006</v>
       </c>
       <c r="E282" t="s">
         <v>555</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H282">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>556</v>
       </c>
       <c r="D283">
         <v>2007</v>
       </c>
       <c r="E283" t="s">
         <v>557</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H283">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>558</v>
       </c>
       <c r="D284">
         <v>2004</v>
       </c>
       <c r="E284" t="s">
         <v>559</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H284">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>382</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>560</v>
       </c>
       <c r="D285">
         <v>2005</v>
       </c>
       <c r="E285" t="s">
         <v>561</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H285">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>562</v>
       </c>
       <c r="D286">
         <v>2007</v>
       </c>
       <c r="E286" t="s">
         <v>563</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H286">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>382</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>564</v>
       </c>
       <c r="D287">
         <v>1997</v>
       </c>
       <c r="E287" t="s">
         <v>565</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H287">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>566</v>
       </c>
       <c r="D288">
         <v>2002</v>
       </c>
       <c r="E288" t="s">
         <v>567</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H288">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>436</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>568</v>
       </c>
       <c r="D289">
         <v>2009</v>
       </c>
       <c r="E289" t="s">
         <v>569</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H289">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>570</v>
       </c>
       <c r="D290">
         <v>2001</v>
       </c>
       <c r="E290" t="s">
         <v>571</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H290">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>572</v>
       </c>
       <c r="D291">
         <v>2007</v>
       </c>
       <c r="E291" t="s">
         <v>573</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H291">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>574</v>
       </c>
       <c r="D292">
         <v>1998</v>
       </c>
       <c r="E292" t="s">
         <v>575</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H292">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>576</v>
       </c>
       <c r="D293">
         <v>2005</v>
       </c>
       <c r="E293" t="s">
         <v>577</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H293">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>578</v>
       </c>
       <c r="D294">
         <v>2001</v>
       </c>
       <c r="E294" t="s">
         <v>579</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H294">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>580</v>
       </c>
       <c r="D295">
         <v>1998</v>
       </c>
       <c r="E295" t="s">
         <v>581</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H295">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>582</v>
       </c>
       <c r="E296" t="s">
         <v>583</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
         <v>20.0</v>
       </c>
       <c r="H296">
         <v>20.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>584</v>
       </c>
       <c r="D297">
         <v>1998</v>
       </c>
       <c r="E297" t="s">
         <v>585</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H297">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>382</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>586</v>
       </c>
       <c r="D298">
         <v>2000</v>
       </c>
       <c r="E298" t="s">
         <v>587</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H298">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>436</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>588</v>
       </c>
       <c r="D299">
         <v>2010</v>
       </c>
       <c r="E299" t="s">
         <v>589</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H299">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>382</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>590</v>
       </c>
       <c r="D300">
         <v>2000</v>
       </c>
       <c r="E300" t="s">
         <v>591</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H300">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>355</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>592</v>
       </c>
       <c r="D301">
         <v>1998</v>
       </c>
       <c r="E301" t="s">
         <v>593</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H301">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>382</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>594</v>
       </c>
       <c r="D302">
         <v>2016</v>
       </c>
       <c r="E302" t="s">
         <v>595</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H302">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>382</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>596</v>
       </c>
       <c r="D303">
         <v>2013</v>
       </c>
       <c r="E303" t="s">
         <v>597</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H303">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>382</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>598</v>
       </c>
       <c r="D304">
         <v>1990</v>
       </c>
       <c r="E304" t="s">
         <v>599</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H304">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>600</v>
       </c>
       <c r="D305">
         <v>1996</v>
       </c>
       <c r="E305" t="s">
         <v>601</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H305">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>602</v>
       </c>
       <c r="D306">
         <v>2006</v>
       </c>
       <c r="E306" t="s">
         <v>603</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H306">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>604</v>
       </c>
       <c r="D307">
         <v>2006</v>
       </c>
       <c r="E307" t="s">
         <v>605</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H307">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>606</v>
       </c>
       <c r="D308">
         <v>2003</v>
       </c>
       <c r="E308" t="s">
         <v>607</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H308">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>382</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>608</v>
       </c>
       <c r="D309">
         <v>2005</v>
       </c>
       <c r="E309" t="s">
         <v>609</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H309">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>610</v>
       </c>
       <c r="D310">
         <v>2005</v>
       </c>
       <c r="E310" t="s">
         <v>611</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H310">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>612</v>
       </c>
       <c r="D311">
         <v>2014</v>
       </c>
       <c r="E311" t="s">
         <v>613</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H311">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>614</v>
       </c>
       <c r="D312">
         <v>2010</v>
       </c>
       <c r="E312" t="s">
         <v>615</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H312">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>436</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>616</v>
       </c>
       <c r="D313">
         <v>2019</v>
       </c>
       <c r="E313" t="s">
         <v>617</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H313">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>618</v>
       </c>
       <c r="D314">
         <v>2002</v>
       </c>
       <c r="E314" t="s">
         <v>619</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H314">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>382</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>620</v>
       </c>
       <c r="D315">
         <v>2005</v>
       </c>
       <c r="E315" t="s">
         <v>621</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H315">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>622</v>
       </c>
       <c r="D316">
         <v>1998</v>
       </c>
       <c r="E316" t="s">
         <v>623</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H316">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>624</v>
       </c>
       <c r="D317">
         <v>2002</v>
       </c>
       <c r="E317" t="s">
         <v>625</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H317">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>436</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>626</v>
       </c>
       <c r="D318">
         <v>2002</v>
       </c>
       <c r="E318" t="s">
         <v>627</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H318">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>628</v>
       </c>
       <c r="D319">
         <v>1988</v>
       </c>
       <c r="E319" t="s">
         <v>629</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H319">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>382</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>630</v>
       </c>
       <c r="D320">
         <v>2006</v>
       </c>
       <c r="E320" t="s">
         <v>631</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H320">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>382</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>632</v>
       </c>
       <c r="D321">
         <v>2016</v>
       </c>
       <c r="E321" t="s">
         <v>633</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H321">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>382</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>634</v>
       </c>
       <c r="D322">
         <v>2000</v>
       </c>
       <c r="E322" t="s">
         <v>635</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H322">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>636</v>
       </c>
       <c r="D323">
         <v>2007</v>
       </c>
       <c r="E323" t="s">
         <v>637</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H323">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>638</v>
       </c>
       <c r="D324">
         <v>1997</v>
       </c>
       <c r="E324" t="s">
         <v>639</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H324">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>640</v>
       </c>
       <c r="D325">
         <v>2004</v>
       </c>
       <c r="E325" t="s">
         <v>641</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H325">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>642</v>
       </c>
       <c r="D326">
         <v>2006</v>
       </c>
       <c r="E326" t="s">
         <v>643</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H326">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>644</v>
       </c>
       <c r="D327">
         <v>1998</v>
       </c>
       <c r="E327" t="s">
         <v>645</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H327">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>646</v>
       </c>
       <c r="D328">
         <v>2004</v>
       </c>
       <c r="E328" t="s">
         <v>647</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H328">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>382</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>648</v>
       </c>
       <c r="D329">
         <v>2000</v>
       </c>
       <c r="E329" t="s">
         <v>649</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H329">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>650</v>
       </c>
       <c r="D330">
         <v>2018</v>
       </c>
       <c r="E330" t="s">
         <v>651</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H330">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>652</v>
       </c>
       <c r="D331">
         <v>1997</v>
       </c>
       <c r="E331" t="s">
         <v>653</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H331">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>436</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>654</v>
       </c>
       <c r="D332">
         <v>2004</v>
       </c>
       <c r="E332" t="s">
         <v>655</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H332">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>656</v>
       </c>
       <c r="D333">
         <v>1997</v>
       </c>
       <c r="E333" t="s">
         <v>657</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H333">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>382</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>658</v>
       </c>
       <c r="D334">
         <v>2005</v>
       </c>
       <c r="E334" t="s">
         <v>659</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H334">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>660</v>
       </c>
       <c r="D335">
         <v>2002</v>
       </c>
       <c r="E335" t="s">
         <v>661</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H335">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>662</v>
       </c>
       <c r="D336">
         <v>2005</v>
       </c>
       <c r="E336" t="s">
         <v>663</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H336">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>19</v>
       </c>
       <c r="B337" t="s">
         <v>30</v>
       </c>
       <c r="C337" t="s">
         <v>664</v>
       </c>
       <c r="D337">
         <v>2023</v>
       </c>
       <c r="E337" t="s">
         <v>665</v>
       </c>
       <c r="F337" t="s">
         <v>33</v>
       </c>
       <c r="G337">
         <v>72.0</v>
       </c>
       <c r="H337">