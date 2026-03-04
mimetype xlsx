--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -585,80 +585,80 @@
       </c>
       <c r="H3">
         <v>166.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2012</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H4">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2011</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
       <c r="H5">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6">
         <v>2018</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>326.0</v>
       </c>
       <c r="H6">