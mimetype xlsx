--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="527">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -1211,56 +1211,50 @@
   <si>
     <t>ASTM D5128 : 14(2022)</t>
   </si>
   <si>
     <t>Standard Test Method for  On-Line pH Measurement of Water of Low Conductivity</t>
   </si>
   <si>
     <t>ASTM D7165 : 22</t>
   </si>
   <si>
     <t>Standard Practice for  Gas Chromatograph Based On-line/At-line Analysis for Sulfur  Content  of Gaseous Fuels</t>
   </si>
   <si>
     <t>ASTM E2719 : 09(2022)</t>
   </si>
   <si>
     <t>Standard Guide for Fluorescence—Instrument Calibration and Qualification</t>
   </si>
   <si>
     <t>ASTM E169 : 16(2022)</t>
   </si>
   <si>
     <t>Standard Practices for General Techniques of Ultraviolet-Visible Quantitative Analysis</t>
   </si>
   <si>
-    <t>ASTM D7319 : 22</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM G144 : 01(2022)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Residual Contamination of Materials and Components  by Total Carbon Analysis Using a High Temperature Combustion Analyzer</t>
   </si>
   <si>
     <t>ASTM D7442 : 22</t>
   </si>
   <si>
     <t>Standard Practice for Sample Preparation of Fluid Catalytic Cracking Catalysts, Catalytic Materials, and Zeolites for Elemental Analysis by Inductively Coupled Plasma Optical Emission Spectroscopy</t>
   </si>
   <si>
     <t>ASTM E1621 : 22</t>
   </si>
   <si>
     <t>Standard Guide for  Elemental Analysis by Wavelength Dispersive X-Ray Fluorescence  Spectrometry</t>
   </si>
   <si>
     <t>ASTM D6277 : 07(2022)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Benzene in Spark-Ignition Engine Fuels Using   Mid Infrared Spectroscopy</t>
   </si>
   <si>
     <t>ASTM D6806 : 02(2022)</t>
@@ -1313,56 +1307,50 @@
   <si>
     <t>ASTM E1805 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Gold in Copper Concentrates by Fire Assay  Gravimetry</t>
   </si>
   <si>
     <t>ASTM E508 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Calcium and Magnesium in Iron Ores by Flame  Atomic Absorption Spectrometry</t>
   </si>
   <si>
     <t>ASTM E507 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Aluminum in Iron Ores by Flame Atomic Absorption  Spectrometry</t>
   </si>
   <si>
     <t>ASTM E1184 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Determination of Elements by Graphite Furnace Atomic Absorption Spectrometry</t>
   </si>
   <si>
-    <t>ASTM D7707 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM E2143 : 01(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for Using Field-Portable Fiber Optics Synchronous Fluorescence  Spectrometer   for Quantification of Field Samples for Aromatic and  Polycyclic Aromatic  Hydrocarbons</t>
   </si>
   <si>
     <t>ASTM G5 : 14(2021)</t>
   </si>
   <si>
     <t>Standard Reference Test Method for Making Potentiodynamic Anodic Polarization Measurements</t>
   </si>
   <si>
     <t>ASTM C1909 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Moisture Analysis of Plutonium Dioxide (PuO&lt;inf&gt;2&lt;/inf&gt;) by Thermogravimetric Mass Spectrometry (TGA-MS)</t>
   </si>
   <si>
     <t>ASTM C1590 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Alternate Actinide Calibration for Inductively Coupled Plasma-Mass  Spectrometry</t>
   </si>
   <si>
     <t>ASTM E2729 : 16(2021)</t>
@@ -1463,62 +1451,50 @@
   <si>
     <t>ASTM E984 : 12(2020)</t>
   </si>
   <si>
     <t>Standard Guide for Identifying Chemical Effects and Matrix Effects in Auger Electron  Spectroscopy</t>
   </si>
   <si>
     <t>ASTM E2409 : 20a</t>
   </si>
   <si>
     <t>Standard Test Method for Glycol Impurities in Mono-, Di-, Tri- and Tetraethylene Glycol  and in Mono- and Dipropylene Glycol&lt;brk/&gt;(Gas Chromatographic Method)</t>
   </si>
   <si>
     <t>ASTM E1915 : 20</t>
   </si>
   <si>
     <t>Standard Test Methods for Analysis of Metal Bearing Ores and Related Materials for Carbon,  Sulfur, and Acid-Base Characteristics</t>
   </si>
   <si>
     <t>ASTM D7740 : 20</t>
   </si>
   <si>
     <t>Standard Practice for  Optimization, Calibration, and Validation of Atomic Absorption  Spectrometry for Metal Analysis of Petroleum Products and Lubricants</t>
   </si>
   <si>
-    <t>ASTM D7343 : 20</t>
-[...10 lines deleted...]
-  <si>
     <t>ASTM D1976 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Elements in Water by Inductively-Coupled Plasma Atomic Emission  Spectroscopy</t>
   </si>
   <si>
     <t>ASTM D8311 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Impurities in Monoethylene Glycol by Gas Chromatography with  Normalization</t>
   </si>
   <si>
     <t>ASTM E2649 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Argon Concentration in Sealed Insulating Glass  Units Using Spark Emission Spectroscopy</t>
   </si>
   <si>
     <t>ASTM D5739 : 06(2020)</t>
   </si>
   <si>
     <t>Standard Practice for  Oil Spill Source Identification by Gas Chromatography and Positive  Ion Electron Impact Low Resolution Mass Spectrometry</t>
   </si>
   <si>
     <t>ASTM D5896 : 96(2019)e1</t>
@@ -1559,56 +1535,50 @@
   <si>
     <t>ASTM E1162 : 11(2019)</t>
   </si>
   <si>
     <t>Standard Practice for  Reporting Sputter Depth Profile Data in Secondary Ion Mass  Spectrometry (SIMS)</t>
   </si>
   <si>
     <t>ASTM E1217 : 11(2019)</t>
   </si>
   <si>
     <t>Standard Practice for Determination of the Specimen Area Contributing to the Detected  Signal in Auger Electron Spectrometers and Some X-Ray Photoelectron  Spectrometers</t>
   </si>
   <si>
     <t>ASTM E406 : 19</t>
   </si>
   <si>
     <t>Standard Practice for  Using Controlled Atmospheres in Atomic Emission Spectrometry</t>
   </si>
   <si>
     <t>ASTM G140 : 02(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining Atmospheric Chloride Deposition Rate by Wet Candle  Method</t>
   </si>
   <si>
-    <t>ASTM E307 : 72(2019)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D6591 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Aromatic Hydrocarbon Types in Middle Distillates&amp;#x2014;High   Performance Liquid Chromatography Method with Refractive Index Detection</t>
   </si>
   <si>
     <t>ASTM D5910 : 05(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Free Formaldehyde in Emulsion Polymers by   Liquid Chromatography</t>
   </si>
   <si>
     <t>ASTM E539 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Analysis of Titanium Alloys by Wavelength Dispersive X-Ray  Fluorescence Spectrometry</t>
   </si>
   <si>
     <t>ASTM D6228 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Sulfur Compounds in Natural Gas and Gaseous  Fuels by Gas Chromatography and Flame Photometric Detection</t>
   </si>
   <si>
     <t>ASTM E2111 : 12(2018)</t>
@@ -1619,66 +1589,54 @@
   <si>
     <t>ASTM E2426 : 10(2019)</t>
   </si>
   <si>
     <t>Standard Practice for Pulse Counting System Dead Time Determination by Measuring  Isotopic  Ratios with SIMS</t>
   </si>
   <si>
     <t>ASTM D6420 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Gaseous Organic Compounds by Direct Interface  Gas Chromatography-Mass Spectrometry</t>
   </si>
   <si>
     <t>ASTM C1508 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Bromine and Chlorine in UF&lt;inf&gt;6&lt;/inf&gt; and  Uranyl Nitrate by X-Ray Fluorescence (XRF) Spectroscopy</t>
   </si>
   <si>
     <t>ASTM D5185 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Multielement Determination of Used and Unused Lubricating Oils  and Base Oils by Inductively Coupled Plasma Atomic Emission Spectrometry  (ICP-AES)</t>
   </si>
   <si>
-    <t>ASTM D6807 : 17</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D6060 : 17</t>
   </si>
   <si>
     <t>Standard Test Method for  Sampling of Process Vents with a Portable Gas Chromatograph</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Test Method for Determination of Low Levels of Water in Liquid Chlorine By  Infrared Spectrophotometry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1982,51 +1940,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H259"/>
+  <dimension ref="A1:H252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6886,77 +6844,77 @@
       </c>
       <c r="E188" t="s">
         <v>398</v>
       </c>
       <c r="F188" t="s">
         <v>26</v>
       </c>
       <c r="G188">
         <v>72.0</v>
       </c>
       <c r="H188">
         <v>72.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>18</v>
       </c>
       <c r="B189" t="s">
         <v>23</v>
       </c>
       <c r="C189" t="s">
         <v>399</v>
       </c>
       <c r="D189">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E189" t="s">
         <v>400</v>
       </c>
       <c r="F189" t="s">
         <v>26</v>
       </c>
       <c r="G189">
         <v>72.0</v>
       </c>
       <c r="H189">
         <v>72.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>18</v>
       </c>
       <c r="B190" t="s">
         <v>23</v>
       </c>
       <c r="C190" t="s">
         <v>401</v>
       </c>
       <c r="D190">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="E190" t="s">
         <v>402</v>
       </c>
       <c r="F190" t="s">
         <v>26</v>
       </c>
       <c r="G190">
         <v>72.0</v>
       </c>
       <c r="H190">
         <v>72.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>18</v>
       </c>
       <c r="B191" t="s">
         <v>23</v>
       </c>
       <c r="C191" t="s">
         <v>403</v>
       </c>
       <c r="D191">
@@ -6964,219 +6922,219 @@
       </c>
       <c r="E191" t="s">
         <v>404</v>
       </c>
       <c r="F191" t="s">
         <v>26</v>
       </c>
       <c r="G191">
         <v>72.0</v>
       </c>
       <c r="H191">
         <v>72.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>18</v>
       </c>
       <c r="B192" t="s">
         <v>23</v>
       </c>
       <c r="C192" t="s">
         <v>405</v>
       </c>
       <c r="D192">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E192" t="s">
         <v>406</v>
       </c>
       <c r="F192" t="s">
         <v>26</v>
       </c>
       <c r="G192">
         <v>72.0</v>
       </c>
       <c r="H192">
         <v>72.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>18</v>
       </c>
       <c r="B193" t="s">
         <v>23</v>
       </c>
       <c r="C193" t="s">
         <v>407</v>
       </c>
       <c r="D193">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E193" t="s">
         <v>408</v>
       </c>
       <c r="F193" t="s">
         <v>26</v>
       </c>
       <c r="G193">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H193">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>18</v>
       </c>
       <c r="B194" t="s">
         <v>23</v>
       </c>
       <c r="C194" t="s">
         <v>409</v>
       </c>
       <c r="D194">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="E194" t="s">
         <v>410</v>
       </c>
       <c r="F194" t="s">
         <v>26</v>
       </c>
       <c r="G194">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H194">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>18</v>
       </c>
       <c r="B195" t="s">
         <v>23</v>
       </c>
       <c r="C195" t="s">
         <v>411</v>
       </c>
       <c r="D195">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="E195" t="s">
         <v>412</v>
       </c>
       <c r="F195" t="s">
         <v>26</v>
       </c>
       <c r="G195">
         <v>72.0</v>
       </c>
       <c r="H195">
         <v>72.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>18</v>
       </c>
       <c r="B196" t="s">
         <v>23</v>
       </c>
       <c r="C196" t="s">
         <v>413</v>
       </c>
       <c r="D196">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="E196" t="s">
         <v>414</v>
       </c>
       <c r="F196" t="s">
         <v>26</v>
       </c>
       <c r="G196">
         <v>72.0</v>
       </c>
       <c r="H196">
         <v>72.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>18</v>
       </c>
       <c r="B197" t="s">
         <v>23</v>
       </c>
       <c r="C197" t="s">
         <v>415</v>
       </c>
       <c r="D197">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E197" t="s">
         <v>416</v>
       </c>
       <c r="F197" t="s">
         <v>26</v>
       </c>
       <c r="G197">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H197">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>18</v>
       </c>
       <c r="B198" t="s">
         <v>23</v>
       </c>
       <c r="C198" t="s">
         <v>417</v>
       </c>
       <c r="D198">
         <v>2021</v>
       </c>
       <c r="E198" t="s">
         <v>418</v>
       </c>
       <c r="F198" t="s">
         <v>26</v>
       </c>
       <c r="G198">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H198">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199" t="s">
         <v>23</v>
       </c>
       <c r="C199" t="s">
         <v>419</v>
       </c>
       <c r="D199">
         <v>2021</v>
       </c>
       <c r="E199" t="s">
         <v>420</v>
       </c>
       <c r="F199" t="s">
         <v>26</v>
       </c>
       <c r="G199">
         <v>72.0</v>
       </c>
       <c r="H199">
@@ -7233,756 +7191,756 @@
       </c>
       <c r="H201">
         <v>72.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
         <v>23</v>
       </c>
       <c r="C202" t="s">
         <v>425</v>
       </c>
       <c r="D202">
         <v>2021</v>
       </c>
       <c r="E202" t="s">
         <v>426</v>
       </c>
       <c r="F202" t="s">
         <v>26</v>
       </c>
       <c r="G202">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H202">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>18</v>
       </c>
       <c r="B203" t="s">
         <v>23</v>
       </c>
       <c r="C203" t="s">
         <v>427</v>
       </c>
       <c r="D203">
         <v>2021</v>
       </c>
       <c r="E203" t="s">
         <v>428</v>
       </c>
       <c r="F203" t="s">
         <v>26</v>
       </c>
       <c r="G203">
         <v>64.0</v>
       </c>
       <c r="H203">
         <v>64.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>18</v>
       </c>
       <c r="B204" t="s">
         <v>23</v>
       </c>
       <c r="C204" t="s">
         <v>429</v>
       </c>
       <c r="D204">
         <v>2021</v>
       </c>
       <c r="E204" t="s">
         <v>430</v>
       </c>
       <c r="F204" t="s">
         <v>26</v>
       </c>
       <c r="G204">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H204">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>18</v>
       </c>
       <c r="B205" t="s">
         <v>23</v>
       </c>
       <c r="C205" t="s">
         <v>431</v>
       </c>
       <c r="D205">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E205" t="s">
         <v>432</v>
       </c>
       <c r="F205" t="s">
         <v>26</v>
       </c>
       <c r="G205">
         <v>72.0</v>
       </c>
       <c r="H205">
         <v>72.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>18</v>
       </c>
       <c r="B206" t="s">
         <v>23</v>
       </c>
       <c r="C206" t="s">
         <v>433</v>
       </c>
       <c r="D206">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E206" t="s">
         <v>434</v>
       </c>
       <c r="F206" t="s">
         <v>26</v>
       </c>
       <c r="G206">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H206">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>18</v>
       </c>
       <c r="B207" t="s">
         <v>23</v>
       </c>
       <c r="C207" t="s">
         <v>435</v>
       </c>
       <c r="D207">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="E207" t="s">
         <v>436</v>
       </c>
       <c r="F207" t="s">
         <v>26</v>
       </c>
       <c r="G207">
         <v>72.0</v>
       </c>
       <c r="H207">
         <v>72.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>18</v>
       </c>
       <c r="B208" t="s">
         <v>23</v>
       </c>
       <c r="C208" t="s">
         <v>437</v>
       </c>
       <c r="D208">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="E208" t="s">
         <v>438</v>
       </c>
       <c r="F208" t="s">
         <v>26</v>
       </c>
       <c r="G208">
         <v>72.0</v>
       </c>
       <c r="H208">
         <v>72.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>18</v>
       </c>
       <c r="B209" t="s">
         <v>23</v>
       </c>
       <c r="C209" t="s">
         <v>439</v>
       </c>
       <c r="D209">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E209" t="s">
         <v>440</v>
       </c>
       <c r="F209" t="s">
         <v>26</v>
       </c>
       <c r="G209">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H209">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>18</v>
       </c>
       <c r="B210" t="s">
         <v>23</v>
       </c>
       <c r="C210" t="s">
         <v>441</v>
       </c>
       <c r="D210">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E210" t="s">
         <v>442</v>
       </c>
       <c r="F210" t="s">
         <v>26</v>
       </c>
       <c r="G210">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H210">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>18</v>
       </c>
       <c r="B211" t="s">
         <v>23</v>
       </c>
       <c r="C211" t="s">
         <v>443</v>
       </c>
       <c r="D211">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E211" t="s">
         <v>444</v>
       </c>
       <c r="F211" t="s">
         <v>26</v>
       </c>
       <c r="G211">
         <v>64.0</v>
       </c>
       <c r="H211">
         <v>64.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>18</v>
       </c>
       <c r="B212" t="s">
         <v>23</v>
       </c>
       <c r="C212" t="s">
         <v>445</v>
       </c>
       <c r="D212">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="E212" t="s">
         <v>446</v>
       </c>
       <c r="F212" t="s">
         <v>26</v>
       </c>
       <c r="G212">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H212">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>18</v>
       </c>
       <c r="B213" t="s">
         <v>23</v>
       </c>
       <c r="C213" t="s">
         <v>447</v>
       </c>
       <c r="D213">
-        <v>2021</v>
+        <v>1998</v>
       </c>
       <c r="E213" t="s">
         <v>448</v>
       </c>
       <c r="F213" t="s">
         <v>26</v>
       </c>
       <c r="G213">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H213">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>18</v>
       </c>
       <c r="B214" t="s">
         <v>23</v>
       </c>
       <c r="C214" t="s">
         <v>449</v>
       </c>
       <c r="D214">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="E214" t="s">
         <v>450</v>
       </c>
       <c r="F214" t="s">
         <v>26</v>
       </c>
       <c r="G214">
         <v>80.0</v>
       </c>
       <c r="H214">
         <v>80.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>18</v>
       </c>
       <c r="B215" t="s">
         <v>23</v>
       </c>
       <c r="C215" t="s">
         <v>451</v>
       </c>
       <c r="D215">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="E215" t="s">
         <v>452</v>
       </c>
       <c r="F215" t="s">
         <v>26</v>
       </c>
       <c r="G215">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H215">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>18</v>
       </c>
       <c r="B216" t="s">
         <v>23</v>
       </c>
       <c r="C216" t="s">
         <v>453</v>
       </c>
       <c r="D216">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="E216" t="s">
         <v>454</v>
       </c>
       <c r="F216" t="s">
         <v>26</v>
       </c>
       <c r="G216">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H216">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>18</v>
       </c>
       <c r="B217" t="s">
         <v>23</v>
       </c>
       <c r="C217" t="s">
         <v>455</v>
       </c>
       <c r="D217">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E217" t="s">
         <v>456</v>
       </c>
       <c r="F217" t="s">
         <v>26</v>
       </c>
       <c r="G217">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H217">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>18</v>
       </c>
       <c r="B218" t="s">
         <v>23</v>
       </c>
       <c r="C218" t="s">
         <v>457</v>
       </c>
       <c r="D218">
-        <v>1995</v>
+        <v>2021</v>
       </c>
       <c r="E218" t="s">
         <v>458</v>
       </c>
       <c r="F218" t="s">
         <v>26</v>
       </c>
       <c r="G218">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H218">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>18</v>
       </c>
       <c r="B219" t="s">
         <v>23</v>
       </c>
       <c r="C219" t="s">
         <v>459</v>
       </c>
       <c r="D219">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E219" t="s">
         <v>460</v>
       </c>
       <c r="F219" t="s">
         <v>26</v>
       </c>
       <c r="G219">
         <v>80.0</v>
       </c>
       <c r="H219">
         <v>80.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>18</v>
       </c>
       <c r="B220" t="s">
         <v>23</v>
       </c>
       <c r="C220" t="s">
         <v>461</v>
       </c>
       <c r="D220">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="E220" t="s">
         <v>462</v>
       </c>
       <c r="F220" t="s">
         <v>26</v>
       </c>
       <c r="G220">
         <v>64.0</v>
       </c>
       <c r="H220">
         <v>64.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>18</v>
       </c>
       <c r="B221" t="s">
         <v>23</v>
       </c>
       <c r="C221" t="s">
         <v>463</v>
       </c>
       <c r="D221">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="E221" t="s">
         <v>464</v>
       </c>
       <c r="F221" t="s">
         <v>26</v>
       </c>
       <c r="G221">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H221">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>18</v>
       </c>
       <c r="B222" t="s">
         <v>23</v>
       </c>
       <c r="C222" t="s">
         <v>465</v>
       </c>
       <c r="D222">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="E222" t="s">
         <v>466</v>
       </c>
       <c r="F222" t="s">
         <v>26</v>
       </c>
       <c r="G222">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H222">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>18</v>
       </c>
       <c r="B223" t="s">
         <v>23</v>
       </c>
       <c r="C223" t="s">
         <v>467</v>
       </c>
       <c r="D223">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E223" t="s">
         <v>468</v>
       </c>
       <c r="F223" t="s">
         <v>26</v>
       </c>
       <c r="G223">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H223">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>18</v>
       </c>
       <c r="B224" t="s">
         <v>23</v>
       </c>
       <c r="C224" t="s">
         <v>469</v>
       </c>
       <c r="D224">
         <v>2014</v>
       </c>
       <c r="E224" t="s">
         <v>470</v>
       </c>
       <c r="F224" t="s">
         <v>26</v>
       </c>
       <c r="G224">
         <v>72.0</v>
       </c>
       <c r="H224">
         <v>72.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>18</v>
       </c>
       <c r="B225" t="s">
         <v>23</v>
       </c>
       <c r="C225" t="s">
         <v>471</v>
       </c>
       <c r="D225">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E225" t="s">
         <v>472</v>
       </c>
       <c r="F225" t="s">
         <v>26</v>
       </c>
       <c r="G225">
         <v>72.0</v>
       </c>
       <c r="H225">
         <v>72.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>18</v>
       </c>
       <c r="B226" t="s">
         <v>23</v>
       </c>
       <c r="C226" t="s">
         <v>473</v>
       </c>
       <c r="D226">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E226" t="s">
         <v>474</v>
       </c>
       <c r="F226" t="s">
         <v>26</v>
       </c>
       <c r="G226">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H226">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>18</v>
       </c>
       <c r="B227" t="s">
         <v>23</v>
       </c>
       <c r="C227" t="s">
         <v>475</v>
       </c>
       <c r="D227">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="E227" t="s">
         <v>476</v>
       </c>
       <c r="F227" t="s">
         <v>26</v>
       </c>
       <c r="G227">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H227">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>18</v>
       </c>
       <c r="B228" t="s">
         <v>23</v>
       </c>
       <c r="C228" t="s">
         <v>477</v>
       </c>
       <c r="D228">
         <v>2020</v>
       </c>
       <c r="E228" t="s">
         <v>478</v>
       </c>
       <c r="F228" t="s">
         <v>26</v>
       </c>
       <c r="G228">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H228">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>18</v>
       </c>
       <c r="B229" t="s">
         <v>23</v>
       </c>
       <c r="C229" t="s">
         <v>479</v>
       </c>
       <c r="D229">
         <v>2020</v>
       </c>
       <c r="E229" t="s">
         <v>480</v>
       </c>
       <c r="F229" t="s">
         <v>26</v>
       </c>
       <c r="G229">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H229">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>18</v>
       </c>
       <c r="B230" t="s">
         <v>23</v>
       </c>
       <c r="C230" t="s">
         <v>481</v>
       </c>
       <c r="D230">
         <v>2020</v>
       </c>
       <c r="E230" t="s">
         <v>482</v>
       </c>
       <c r="F230" t="s">
         <v>26</v>
       </c>
       <c r="G230">
         <v>72.0</v>
       </c>
       <c r="H230">
@@ -8004,764 +7962,582 @@
       </c>
       <c r="E231" t="s">
         <v>484</v>
       </c>
       <c r="F231" t="s">
         <v>26</v>
       </c>
       <c r="G231">
         <v>72.0</v>
       </c>
       <c r="H231">
         <v>72.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>18</v>
       </c>
       <c r="B232" t="s">
         <v>23</v>
       </c>
       <c r="C232" t="s">
         <v>485</v>
       </c>
       <c r="D232">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E232" t="s">
         <v>486</v>
       </c>
       <c r="F232" t="s">
         <v>26</v>
       </c>
       <c r="G232">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H232">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>18</v>
       </c>
       <c r="B233" t="s">
         <v>23</v>
       </c>
       <c r="C233" t="s">
         <v>487</v>
       </c>
       <c r="D233">
-        <v>2020</v>
+        <v>1996</v>
       </c>
       <c r="E233" t="s">
         <v>488</v>
       </c>
       <c r="F233" t="s">
         <v>26</v>
       </c>
       <c r="G233">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H233">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234" t="s">
         <v>23</v>
       </c>
       <c r="C234" t="s">
         <v>489</v>
       </c>
       <c r="D234">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E234" t="s">
         <v>490</v>
       </c>
       <c r="F234" t="s">
         <v>26</v>
       </c>
       <c r="G234">
         <v>72.0</v>
       </c>
       <c r="H234">
         <v>72.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>18</v>
       </c>
       <c r="B235" t="s">
         <v>23</v>
       </c>
       <c r="C235" t="s">
         <v>491</v>
       </c>
       <c r="D235">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="E235" t="s">
         <v>492</v>
       </c>
       <c r="F235" t="s">
         <v>26</v>
       </c>
       <c r="G235">
         <v>72.0</v>
       </c>
       <c r="H235">
         <v>72.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>18</v>
       </c>
       <c r="B236" t="s">
         <v>23</v>
       </c>
       <c r="C236" t="s">
         <v>493</v>
       </c>
       <c r="D236">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E236" t="s">
         <v>494</v>
       </c>
       <c r="F236" t="s">
         <v>26</v>
       </c>
       <c r="G236">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H236">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>18</v>
       </c>
       <c r="B237" t="s">
         <v>23</v>
       </c>
       <c r="C237" t="s">
         <v>495</v>
       </c>
       <c r="D237">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E237" t="s">
         <v>496</v>
       </c>
       <c r="F237" t="s">
         <v>26</v>
       </c>
       <c r="G237">
         <v>64.0</v>
       </c>
       <c r="H237">
         <v>64.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>18</v>
       </c>
       <c r="B238" t="s">
         <v>23</v>
       </c>
       <c r="C238" t="s">
         <v>497</v>
       </c>
       <c r="D238">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E238" t="s">
         <v>498</v>
       </c>
       <c r="F238" t="s">
         <v>26</v>
       </c>
       <c r="G238">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H238">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>18</v>
       </c>
       <c r="B239" t="s">
         <v>23</v>
       </c>
       <c r="C239" t="s">
         <v>499</v>
       </c>
       <c r="D239">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E239" t="s">
         <v>500</v>
       </c>
       <c r="F239" t="s">
         <v>26</v>
       </c>
       <c r="G239">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H239">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>18</v>
       </c>
       <c r="B240" t="s">
         <v>23</v>
       </c>
       <c r="C240" t="s">
         <v>501</v>
       </c>
       <c r="D240">
         <v>2011</v>
       </c>
       <c r="E240" t="s">
         <v>502</v>
       </c>
       <c r="F240" t="s">
         <v>26</v>
       </c>
       <c r="G240">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H240">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>18</v>
       </c>
       <c r="B241" t="s">
         <v>23</v>
       </c>
       <c r="C241" t="s">
         <v>503</v>
       </c>
       <c r="D241">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="E241" t="s">
         <v>504</v>
       </c>
       <c r="F241" t="s">
         <v>26</v>
       </c>
       <c r="G241">
         <v>64.0</v>
       </c>
       <c r="H241">
         <v>64.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>18</v>
       </c>
       <c r="B242" t="s">
         <v>23</v>
       </c>
       <c r="C242" t="s">
         <v>505</v>
       </c>
       <c r="D242">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E242" t="s">
         <v>506</v>
       </c>
       <c r="F242" t="s">
         <v>26</v>
       </c>
       <c r="G242">
         <v>64.0</v>
       </c>
       <c r="H242">
         <v>64.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>18</v>
       </c>
       <c r="B243" t="s">
         <v>23</v>
       </c>
       <c r="C243" t="s">
         <v>507</v>
       </c>
       <c r="D243">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E243" t="s">
         <v>508</v>
       </c>
       <c r="F243" t="s">
         <v>26</v>
       </c>
       <c r="G243">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H243">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>18</v>
       </c>
       <c r="B244" t="s">
         <v>23</v>
       </c>
       <c r="C244" t="s">
         <v>509</v>
       </c>
       <c r="D244">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E244" t="s">
         <v>510</v>
       </c>
       <c r="F244" t="s">
         <v>26</v>
       </c>
       <c r="G244">
         <v>72.0</v>
       </c>
       <c r="H244">
         <v>72.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>18</v>
       </c>
       <c r="B245" t="s">
         <v>23</v>
       </c>
       <c r="C245" t="s">
         <v>511</v>
       </c>
       <c r="D245">
         <v>2019</v>
       </c>
       <c r="E245" t="s">
         <v>512</v>
       </c>
       <c r="F245" t="s">
         <v>26</v>
       </c>
       <c r="G245">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H245">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>18</v>
       </c>
       <c r="B246" t="s">
         <v>23</v>
       </c>
       <c r="C246" t="s">
         <v>513</v>
       </c>
       <c r="D246">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="E246" t="s">
         <v>514</v>
       </c>
       <c r="F246" t="s">
         <v>26</v>
       </c>
       <c r="G246">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H246">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>18</v>
       </c>
       <c r="B247" t="s">
         <v>23</v>
       </c>
       <c r="C247" t="s">
         <v>515</v>
       </c>
       <c r="D247">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E247" t="s">
         <v>516</v>
       </c>
       <c r="F247" t="s">
         <v>26</v>
       </c>
       <c r="G247">
         <v>72.0</v>
       </c>
       <c r="H247">
         <v>72.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>18</v>
       </c>
       <c r="B248" t="s">
         <v>23</v>
       </c>
       <c r="C248" t="s">
         <v>517</v>
       </c>
       <c r="D248">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E248" t="s">
         <v>518</v>
       </c>
       <c r="F248" t="s">
         <v>26</v>
       </c>
       <c r="G248">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H248">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>18</v>
       </c>
       <c r="B249" t="s">
         <v>23</v>
       </c>
       <c r="C249" t="s">
         <v>519</v>
       </c>
       <c r="D249">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="E249" t="s">
         <v>520</v>
       </c>
       <c r="F249" t="s">
         <v>26</v>
       </c>
       <c r="G249">
         <v>72.0</v>
       </c>
       <c r="H249">
         <v>72.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>18</v>
       </c>
       <c r="B250" t="s">
         <v>23</v>
       </c>
       <c r="C250" t="s">
         <v>521</v>
       </c>
       <c r="D250">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E250" t="s">
         <v>522</v>
       </c>
       <c r="F250" t="s">
         <v>26</v>
       </c>
       <c r="G250">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H250">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>18</v>
       </c>
       <c r="B251" t="s">
         <v>23</v>
       </c>
       <c r="C251" t="s">
         <v>523</v>
       </c>
       <c r="D251">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E251" t="s">
         <v>524</v>
       </c>
       <c r="F251" t="s">
         <v>26</v>
       </c>
       <c r="G251">
         <v>72.0</v>
       </c>
       <c r="H251">
         <v>72.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>18</v>
       </c>
       <c r="B252" t="s">
         <v>23</v>
       </c>
       <c r="C252" t="s">
         <v>525</v>
       </c>
       <c r="D252">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E252" t="s">
         <v>526</v>
       </c>
       <c r="F252" t="s">
         <v>26</v>
       </c>
       <c r="G252">
         <v>72.0</v>
       </c>
       <c r="H252">
-        <v>72.0</v>
-[...180 lines deleted...]
-      <c r="H259">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>