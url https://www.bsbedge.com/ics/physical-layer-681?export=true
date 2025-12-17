--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -1180,80 +1180,80 @@
       </c>
       <c r="H2">
         <v>237.66</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H4">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>135.33</v>
       </c>
       <c r="H5">
@@ -1284,54 +1284,54 @@
       </c>
       <c r="H6">
         <v>104.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>17</v>
       </c>
       <c r="G7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8">
         <v>43.0</v>
       </c>
       <c r="H8">
@@ -1414,80 +1414,80 @@
       </c>
       <c r="H11">
         <v>208.04</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2018</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>17</v>
       </c>
       <c r="G12">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H12">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H13">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14">
         <v>177.0</v>
       </c>
       <c r="H14">
@@ -1518,54 +1518,54 @@
       </c>
       <c r="H15">
         <v>177.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>2023</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>17</v>
       </c>
       <c r="G16">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H16">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17">
         <v>177.0</v>
       </c>
       <c r="H17">
@@ -3754,782 +3754,782 @@
       </c>
       <c r="H101">
         <v>20.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>13</v>
       </c>
       <c r="B102" t="s">
         <v>14</v>
       </c>
       <c r="C102" t="s">
         <v>188</v>
       </c>
       <c r="D102">
         <v>2023</v>
       </c>
       <c r="E102" t="s">
         <v>189</v>
       </c>
       <c r="F102" t="s">
         <v>17</v>
       </c>
       <c r="G102">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H102">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>190</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103" t="s">
         <v>191</v>
       </c>
       <c r="D103">
         <v>2020</v>
       </c>
       <c r="E103" t="s">
         <v>192</v>
       </c>
       <c r="F103" t="s">
         <v>17</v>
       </c>
       <c r="G103">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H103">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>190</v>
       </c>
       <c r="B104" t="s">
         <v>14</v>
       </c>
       <c r="C104" t="s">
         <v>193</v>
       </c>
       <c r="D104">
         <v>2020</v>
       </c>
       <c r="E104" t="s">
         <v>194</v>
       </c>
       <c r="F104" t="s">
         <v>17</v>
       </c>
       <c r="G104">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H104">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>13</v>
       </c>
       <c r="B105" t="s">
         <v>14</v>
       </c>
       <c r="C105" t="s">
         <v>195</v>
       </c>
       <c r="D105">
         <v>2023</v>
       </c>
       <c r="E105" t="s">
         <v>196</v>
       </c>
       <c r="F105" t="s">
         <v>17</v>
       </c>
       <c r="G105">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H105">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>13</v>
       </c>
       <c r="B106" t="s">
         <v>14</v>
       </c>
       <c r="C106" t="s">
         <v>197</v>
       </c>
       <c r="D106">
         <v>2021</v>
       </c>
       <c r="E106" t="s">
         <v>198</v>
       </c>
       <c r="F106" t="s">
         <v>17</v>
       </c>
       <c r="G106">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H106">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>13</v>
       </c>
       <c r="B107" t="s">
         <v>14</v>
       </c>
       <c r="C107" t="s">
         <v>199</v>
       </c>
       <c r="D107">
         <v>12</v>
       </c>
       <c r="E107" t="s">
         <v>200</v>
       </c>
       <c r="F107" t="s">
         <v>17</v>
       </c>
       <c r="G107">
         <v>20.0</v>
       </c>
       <c r="H107">
         <v>20.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>13</v>
       </c>
       <c r="B108" t="s">
         <v>14</v>
       </c>
       <c r="C108" t="s">
         <v>201</v>
       </c>
       <c r="D108">
         <v>2023</v>
       </c>
       <c r="E108" t="s">
         <v>202</v>
       </c>
       <c r="F108" t="s">
         <v>17</v>
       </c>
       <c r="G108">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H108">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109" t="s">
         <v>14</v>
       </c>
       <c r="C109" t="s">
         <v>203</v>
       </c>
       <c r="D109">
         <v>29</v>
       </c>
       <c r="E109" t="s">
         <v>204</v>
       </c>
       <c r="F109" t="s">
         <v>17</v>
       </c>
       <c r="G109">
         <v>20.0</v>
       </c>
       <c r="H109">
         <v>20.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>190</v>
       </c>
       <c r="B110" t="s">
         <v>14</v>
       </c>
       <c r="C110" t="s">
         <v>205</v>
       </c>
       <c r="D110">
         <v>2020</v>
       </c>
       <c r="E110" t="s">
         <v>206</v>
       </c>
       <c r="F110" t="s">
         <v>17</v>
       </c>
       <c r="G110">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H110">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>13</v>
       </c>
       <c r="B111" t="s">
         <v>14</v>
       </c>
       <c r="C111" t="s">
         <v>207</v>
       </c>
       <c r="D111">
         <v>18</v>
       </c>
       <c r="E111" t="s">
         <v>208</v>
       </c>
       <c r="F111" t="s">
         <v>17</v>
       </c>
       <c r="G111">
         <v>20.0</v>
       </c>
       <c r="H111">
         <v>20.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>13</v>
       </c>
       <c r="B112" t="s">
         <v>14</v>
       </c>
       <c r="C112" t="s">
         <v>209</v>
       </c>
       <c r="D112">
         <v>2023</v>
       </c>
       <c r="E112" t="s">
         <v>210</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H112">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>211</v>
       </c>
       <c r="B113" t="s">
         <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>212</v>
       </c>
       <c r="D113">
         <v>1998</v>
       </c>
       <c r="E113" t="s">
         <v>213</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H113">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>211</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>214</v>
       </c>
       <c r="D114">
         <v>2016</v>
       </c>
       <c r="E114" t="s">
         <v>215</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H114">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>211</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>216</v>
       </c>
       <c r="D115">
         <v>2016</v>
       </c>
       <c r="E115" t="s">
         <v>217</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>211</v>
       </c>
       <c r="B116" t="s">
         <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>218</v>
       </c>
       <c r="D116">
         <v>2015</v>
       </c>
       <c r="E116" t="s">
         <v>219</v>
       </c>
       <c r="F116" t="s">
         <v>17</v>
       </c>
       <c r="G116">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H116">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>211</v>
       </c>
       <c r="B117" t="s">
         <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>220</v>
       </c>
       <c r="D117">
         <v>2019</v>
       </c>
       <c r="E117" t="s">
         <v>221</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H117">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>190</v>
       </c>
       <c r="B118" t="s">
         <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>222</v>
       </c>
       <c r="D118">
         <v>2015</v>
       </c>
       <c r="E118" t="s">
         <v>223</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H118">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>190</v>
       </c>
       <c r="B119" t="s">
         <v>14</v>
       </c>
       <c r="C119" t="s">
         <v>224</v>
       </c>
       <c r="D119">
         <v>2000</v>
       </c>
       <c r="E119" t="s">
         <v>225</v>
       </c>
       <c r="F119" t="s">
         <v>17</v>
       </c>
       <c r="G119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>13</v>
       </c>
       <c r="B120" t="s">
         <v>14</v>
       </c>
       <c r="C120" t="s">
         <v>226</v>
       </c>
       <c r="D120">
         <v>1995</v>
       </c>
       <c r="E120" t="s">
         <v>227</v>
       </c>
       <c r="F120" t="s">
         <v>17</v>
       </c>
       <c r="G120">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H120">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>13</v>
       </c>
       <c r="B121" t="s">
         <v>14</v>
       </c>
       <c r="C121" t="s">
         <v>228</v>
       </c>
       <c r="D121">
         <v>2005</v>
       </c>
       <c r="E121" t="s">
         <v>229</v>
       </c>
       <c r="F121" t="s">
         <v>17</v>
       </c>
       <c r="G121">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H121">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>211</v>
       </c>
       <c r="B122" t="s">
         <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>230</v>
       </c>
       <c r="D122">
         <v>2002</v>
       </c>
       <c r="E122" t="s">
         <v>231</v>
       </c>
       <c r="F122" t="s">
         <v>17</v>
       </c>
       <c r="G122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>211</v>
       </c>
       <c r="B123" t="s">
         <v>14</v>
       </c>
       <c r="C123" t="s">
         <v>232</v>
       </c>
       <c r="D123">
         <v>1998</v>
       </c>
       <c r="E123" t="s">
         <v>233</v>
       </c>
       <c r="F123" t="s">
         <v>17</v>
       </c>
       <c r="G123">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H123">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>13</v>
       </c>
       <c r="B124" t="s">
         <v>14</v>
       </c>
       <c r="C124" t="s">
         <v>234</v>
       </c>
       <c r="D124">
         <v>2</v>
       </c>
       <c r="E124" t="s">
         <v>235</v>
       </c>
       <c r="F124" t="s">
         <v>17</v>
       </c>
       <c r="G124">
         <v>20.0</v>
       </c>
       <c r="H124">
         <v>20.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>13</v>
       </c>
       <c r="B125" t="s">
         <v>14</v>
       </c>
       <c r="C125" t="s">
         <v>236</v>
       </c>
       <c r="D125">
         <v>2017</v>
       </c>
       <c r="E125" t="s">
         <v>123</v>
       </c>
       <c r="F125" t="s">
         <v>17</v>
       </c>
       <c r="G125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>13</v>
       </c>
       <c r="B126" t="s">
         <v>14</v>
       </c>
       <c r="C126" t="s">
         <v>237</v>
       </c>
       <c r="D126">
         <v>2017</v>
       </c>
       <c r="E126" t="s">
         <v>238</v>
       </c>
       <c r="F126" t="s">
         <v>17</v>
       </c>
       <c r="G126">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H126">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>13</v>
       </c>
       <c r="B127" t="s">
         <v>14</v>
       </c>
       <c r="C127" t="s">
         <v>239</v>
       </c>
       <c r="D127">
         <v>1995</v>
       </c>
       <c r="E127" t="s">
         <v>240</v>
       </c>
       <c r="F127" t="s">
         <v>17</v>
       </c>
       <c r="G127">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H127">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>211</v>
       </c>
       <c r="B128" t="s">
         <v>14</v>
       </c>
       <c r="C128" t="s">
         <v>241</v>
       </c>
       <c r="D128">
         <v>1998</v>
       </c>
       <c r="E128" t="s">
         <v>242</v>
       </c>
       <c r="F128" t="s">
         <v>17</v>
       </c>
       <c r="G128">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H128">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>211</v>
       </c>
       <c r="B129" t="s">
         <v>14</v>
       </c>
       <c r="C129" t="s">
         <v>243</v>
       </c>
       <c r="D129">
         <v>2019</v>
       </c>
       <c r="E129" t="s">
         <v>244</v>
       </c>
       <c r="F129" t="s">
         <v>17</v>
       </c>
       <c r="G129">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H129">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>13</v>
       </c>
       <c r="B130" t="s">
         <v>14</v>
       </c>
       <c r="C130" t="s">
         <v>245</v>
       </c>
       <c r="D130">
         <v>1996</v>
       </c>
       <c r="E130" t="s">
         <v>246</v>
       </c>
       <c r="F130" t="s">
         <v>17</v>
       </c>
       <c r="G130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">