--- v0 (2025-11-06)
+++ v1 (2026-01-01)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
+    <t>ASTM E1673 : 21(2025)</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Percent Suspensibility</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>ASTM E2043 : 99(2025)</t>
   </si>
   <si>
     <t>Standard Test Method for Nonvolatile Matter of Agricultural Adjuvant Solutions by Thermogravimetry</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTM E2798 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for  Characterization of Performance of Pesticide Spray Drift Reduction  Adjuvants for Ground Application</t>
   </si>
   <si>
     <t>ASTM E728 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Resistance to Attrition of Granular Carriers and Granular Pesticides</t>
   </si>
   <si>
     <t>ASTM E727/E727M : 25</t>
   </si>
   <si>
     <t>Standard Test Methods for  Determining Bulk Density of Granular Carriers and Granular  Pesticides</t>
   </si>
   <si>
     <t>ASTM E2316 : 14(2025)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Particles Resulting from the Attrition of  Granular Pesticides</t>
   </si>
   <si>
     <t>ASTM E2044 : 99(2025)</t>
@@ -291,56 +297,50 @@
     <t>Buildings and structures for agriculture - Code of practice for design and construction of chemical stores</t>
   </si>
   <si>
     <t>PD CEN/TR 16468:2013</t>
   </si>
   <si>
     <t>Food analysis. Determination of pesticide residues by GC-MS. Retention times, mass spectrometric parameters and detector response information</t>
   </si>
   <si>
     <t>BS EN 1528-3:1997</t>
   </si>
   <si>
     <t>Fatty food. Determination of pesticides and polychlorinated biphenyls (PCBs) - Clean-up methods</t>
   </si>
   <si>
     <t>BS ISO 257:2018</t>
   </si>
   <si>
     <t>Pesticides and other agrochemicals. Principles for the selection of common names</t>
   </si>
   <si>
     <t>ASTM E2169 : 22</t>
   </si>
   <si>
     <t>Standard Practice for  Selecting Antimicrobial Pesticides for Use in Water-Miscible  Metalworking Fluids</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Test Method for Percent Suspensibility</t>
   </si>
   <si>
     <t>ASTM E725 : 96(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for  Sampling Granular Carriers and Granular Pesticides</t>
   </si>
   <si>
     <t>ASTM E1053 : 20</t>
   </si>
   <si>
     <t>Standard Practice to  Assess Virucidal Activity of Chemicals Intended for Disinfection  of Inanimate, Nonporous Environmental Surfaces</t>
   </si>
   <si>
     <t>ASTM E1052 : 20</t>
   </si>
   <si>
     <t>Standard Practice to  Assess the Activity of Microbicides against Viruses in Suspension</t>
   </si>
   <si>
     <t>ASTM E1518 : 05(2019)</t>
   </si>
   <si>
     <t>Standard Practice for  Evaluation of Physical Compatibility of Pesticides in Aqueous  Tank Mixtures by the Dynamic Shaker Method</t>
   </si>
@@ -719,973 +719,973 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>64.0</v>
       </c>
       <c r="H2">
         <v>64.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H3">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H4">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>64.0</v>
       </c>
       <c r="H5">
         <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>64.0</v>
       </c>
       <c r="H6">
         <v>64.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>64.0</v>
       </c>
       <c r="H7">
         <v>64.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>64.0</v>
       </c>
       <c r="H8">
         <v>64.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H9">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H10">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>2024</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G11">
-        <v>134.0</v>
+        <v>64.0</v>
       </c>
       <c r="H11">
-        <v>134.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G12">
-        <v>43.0</v>
+        <v>142.0</v>
       </c>
       <c r="H12">
-        <v>43.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13">
+        <v>2023</v>
+      </c>
+      <c r="E13" t="s">
         <v>39</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
         <v>40</v>
       </c>
-      <c r="D13">
-[...7 lines deleted...]
-      </c>
       <c r="G13">
-        <v>52200.0</v>
+        <v>43.0</v>
       </c>
       <c r="H13">
-        <v>52200.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14">
+        <v>2000</v>
+      </c>
+      <c r="E14" t="s">
         <v>43</v>
       </c>
-      <c r="D14">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>44</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14">
-        <v>221.0</v>
+        <v>52200.0</v>
       </c>
       <c r="H14">
-        <v>221.0</v>
+        <v>52200.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
-        <v>1983</v>
+        <v>2016</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G15">
-        <v>65.0</v>
+        <v>221.0</v>
       </c>
       <c r="H15">
-        <v>65.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>1983</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G16">
-        <v>155.0</v>
+        <v>65.0</v>
       </c>
       <c r="H16">
-        <v>155.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
-        <v>2018</v>
+        <v>1983</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G17">
-        <v>98.0</v>
+        <v>155.0</v>
       </c>
       <c r="H17">
-        <v>98.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" t="s">
         <v>51</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>2018</v>
+      </c>
+      <c r="E18" t="s">
         <v>52</v>
       </c>
-      <c r="D18">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="G18">
-        <v>135.33</v>
+        <v>98.0</v>
       </c>
       <c r="H18">
-        <v>135.33</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19">
+        <v>2015</v>
+      </c>
+      <c r="E19" t="s">
         <v>55</v>
       </c>
-      <c r="D19">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>56</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19">
-        <v>76.82</v>
+        <v>135.33</v>
       </c>
       <c r="H19">
-        <v>76.82</v>
+        <v>135.33</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20">
         <v>1997</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G20">
-        <v>102.43</v>
+        <v>76.82</v>
       </c>
       <c r="H20">
-        <v>102.43</v>
+        <v>76.82</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21">
         <v>1997</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G21">
-        <v>68.04</v>
+        <v>102.43</v>
       </c>
       <c r="H21">
-        <v>68.04</v>
+        <v>102.43</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22">
         <v>1997</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G22">
-        <v>85.05</v>
+        <v>68.04</v>
       </c>
       <c r="H22">
-        <v>85.05</v>
+        <v>68.04</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C23" t="s">
         <v>63</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>1997</v>
+      </c>
+      <c r="E23" t="s">
         <v>64</v>
       </c>
-      <c r="D23">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G23">
-        <v>222.0</v>
+        <v>85.05</v>
       </c>
       <c r="H23">
-        <v>222.0</v>
+        <v>85.05</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24">
-        <v>12</v>
+        <v>2018</v>
       </c>
       <c r="E24" t="s">
         <v>67</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G24">
-        <v>36.0</v>
+        <v>234.0</v>
       </c>
       <c r="H24">
-        <v>36.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
       <c r="D25">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>69</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G25">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
       <c r="H25">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26">
-        <v>1997</v>
+        <v>17</v>
       </c>
       <c r="E26" t="s">
         <v>71</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G26">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H26">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" t="s">
         <v>72</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27">
+        <v>1997</v>
+      </c>
+      <c r="E27" t="s">
         <v>73</v>
       </c>
-      <c r="D27">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G27">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
       <c r="H27">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C28" t="s">
         <v>75</v>
       </c>
       <c r="D28">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E28" t="s">
         <v>76</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G28">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
       <c r="H28">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C29" t="s">
         <v>77</v>
       </c>
       <c r="D29">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E29" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G29">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H29">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="E30" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G30">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H30">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C31" t="s">
         <v>81</v>
       </c>
       <c r="D31">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G31">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H31">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>83</v>
       </c>
       <c r="D32">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E32" t="s">
         <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G32">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H32">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="B33" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
       <c r="D33">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="E33" t="s">
         <v>86</v>
       </c>
       <c r="F33" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G33">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H33">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B34" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="E34" t="s">
         <v>88</v>
       </c>
       <c r="F34" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G34">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
       <c r="H34">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="B35" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
       <c r="D35">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="E35" t="s">
         <v>90</v>
       </c>
       <c r="F35" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G35">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H35">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E36" t="s">
         <v>92</v>
       </c>
       <c r="F36" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="G36">
-        <v>72.0</v>
+        <v>166.0</v>
       </c>
       <c r="H36">
-        <v>72.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
       </c>
       <c r="D37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>94</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H37">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
       <c r="D38">
         <v>1996</v>
       </c>
       <c r="E38" t="s">
         <v>96</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>64.0</v>
       </c>
       <c r="H38">