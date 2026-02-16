--- v0 (2026-01-01)
+++ v1 (2026-02-16)
@@ -1014,314 +1014,314 @@
       </c>
       <c r="H12">
         <v>142.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H13">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14">
         <v>2000</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14">
-        <v>52200.0</v>
+        <v>54300.0</v>
       </c>
       <c r="H14">
-        <v>52200.0</v>
+        <v>54300.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
         <v>2016</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H15">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>1983</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H16">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>1983</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H17">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>2018</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>40</v>
       </c>
       <c r="G18">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H18">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2015</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H19">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20">
         <v>1997</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>56</v>
       </c>
       <c r="G20">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H20">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21">
         <v>1997</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H21">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22">
         <v>1997</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H22">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>53</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
         <v>1997</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H23">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>65</v>
       </c>
       <c r="B24" t="s">
         <v>32</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24">
         <v>2018</v>
       </c>
       <c r="E24" t="s">
         <v>67</v>
       </c>
       <c r="F24" t="s">
         <v>35</v>
       </c>
       <c r="G24">
         <v>234.0</v>
       </c>
       <c r="H24">