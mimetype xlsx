--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -1100,54 +1100,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H2">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
@@ -1186,106 +1186,106 @@
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H6">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H7">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2007</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9">
         <v>10.0</v>
       </c>
       <c r="H9">
@@ -1316,54 +1316,54 @@
       </c>
       <c r="H10">
         <v>215.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>39</v>
       </c>
       <c r="G12">
         <v>72.0</v>
       </c>
       <c r="H12">
@@ -1784,54 +1784,54 @@
       </c>
       <c r="H28">
         <v>40.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2001</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H29">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30">
         <v>1977</v>
       </c>
       <c r="E30" t="s">
         <v>77</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30">
         <v>20.0</v>
       </c>
       <c r="H30">
@@ -2148,80 +2148,80 @@
       </c>
       <c r="H42">
         <v>20.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>13</v>
       </c>
       <c r="B43" t="s">
         <v>28</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43">
         <v>2004</v>
       </c>
       <c r="E43" t="s">
         <v>101</v>
       </c>
       <c r="F43" t="s">
         <v>31</v>
       </c>
       <c r="G43">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H43">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>13</v>
       </c>
       <c r="B44" t="s">
         <v>28</v>
       </c>
       <c r="C44" t="s">
         <v>102</v>
       </c>
       <c r="D44">
         <v>2004</v>
       </c>
       <c r="E44" t="s">
         <v>101</v>
       </c>
       <c r="F44" t="s">
         <v>31</v>
       </c>
       <c r="G44">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H44">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
         <v>28</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>2007</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>31</v>
       </c>
       <c r="G45">
         <v>40.0</v>
       </c>
       <c r="H45">
@@ -2356,54 +2356,54 @@
       </c>
       <c r="H50">
         <v>40.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>13</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51" t="s">
         <v>114</v>
       </c>
       <c r="D51">
         <v>1997</v>
       </c>
       <c r="E51" t="s">
         <v>115</v>
       </c>
       <c r="F51" t="s">
         <v>31</v>
       </c>
       <c r="G51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>13</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52" t="s">
         <v>116</v>
       </c>
       <c r="D52">
         <v>2007</v>
       </c>
       <c r="E52" t="s">
         <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>31</v>
       </c>
       <c r="G52">
         <v>20.0</v>
       </c>
       <c r="H52">
@@ -2980,860 +2980,860 @@
       </c>
       <c r="H74">
         <v>20.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>156</v>
       </c>
       <c r="D75">
         <v>2007</v>
       </c>
       <c r="E75" t="s">
         <v>157</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>158</v>
       </c>
       <c r="D76">
         <v>1997</v>
       </c>
       <c r="E76" t="s">
         <v>159</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>160</v>
       </c>
       <c r="D77">
         <v>1981</v>
       </c>
       <c r="E77" t="s">
         <v>161</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>162</v>
       </c>
       <c r="D78">
         <v>1996</v>
       </c>
       <c r="E78" t="s">
         <v>163</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
         <v>2002</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
         <v>2014</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
         <v>2020</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H81">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
         <v>20.0</v>
       </c>
       <c r="H82">
         <v>20.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
         <v>2012</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2008</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>2001</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H85">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
         <v>1982</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H86">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
         <v>1979</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H87">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
         <v>2011</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
         <v>1995</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H89">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
         <v>1997</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2011</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>164</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
         <v>1996</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H92">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>1999</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H93">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
         <v>2008</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
         <v>1998</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H95">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
         <v>2006</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
         <v>2007</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H97">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>1998</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H98">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
         <v>2002</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H99">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
         <v>2011</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
         <v>1985</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H101">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
         <v>2006</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
         <v>1980</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H103">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
         <v>2008</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>2002</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H105">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>164</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
         <v>2004</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H106">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>13</v>
       </c>
       <c r="B107" t="s">
         <v>36</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
         <v>2005</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>39</v>
       </c>
       <c r="G107">
         <v>72.0</v>
       </c>
       <c r="H107">