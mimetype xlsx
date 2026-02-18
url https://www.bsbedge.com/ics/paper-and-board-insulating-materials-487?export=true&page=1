--- v2 (2026-01-02)
+++ v3 (2026-02-18)
@@ -1394,262 +1394,262 @@
       </c>
       <c r="H13">
         <v>104.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>45</v>
       </c>
       <c r="G14">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H14">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
       </c>
       <c r="G15">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H15">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16">
         <v>2015</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H16">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17">
         <v>2010</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H17">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18">
         <v>2010</v>
       </c>
       <c r="E18" t="s">
         <v>53</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H18">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2010</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H19">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20">
         <v>2010</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>45</v>
       </c>
       <c r="G20">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H20">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21">
         <v>2010</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>45</v>
       </c>
       <c r="G21">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H21">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22">
         <v>2010</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
       <c r="G22">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H22">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23">
         <v>1979</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23">
         <v>0.0</v>
       </c>
       <c r="H23">