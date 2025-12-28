--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -188,111 +188,108 @@
   <si>
     <t>DIN</t>
   </si>
   <si>
     <t>VDI 4483 : 2020</t>
   </si>
   <si>
     <t>Wheels, tyres, and press-on tyres for industrial trucks - Type sheet</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>VDI 2196 : 2016</t>
   </si>
   <si>
     <t>Tyres for industrial trucks - Procedure for measurement of the rolling restistance of industrial tyres</t>
   </si>
   <si>
     <t>DIN 7852 : 2022</t>
   </si>
   <si>
     <t>Rubber solid tyres for pneumatic tyre rims</t>
   </si>
   <si>
+    <t>Confirmed</t>
+  </si>
+  <si>
+    <t>BS ISO 3739-2:2021</t>
+  </si>
+  <si>
+    <t>Industrial tyres and rims - Pneumatic tyres (metric series) on 5 degrees tapered or flat base rims. Load ratings</t>
+  </si>
+  <si>
+    <t>BS ISO 4250-2:2023 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Earth-mover tyres and rims - Loads and inflation pressures</t>
+  </si>
+  <si>
     <t>Under Review</t>
   </si>
   <si>
-    <t>BS ISO 3739-2:2021</t>
-[...10 lines deleted...]
-  <si>
     <t>BS ISO 10499-1:2019</t>
   </si>
   <si>
     <t>Industrial tyres and rims. Rubber solid tyres (metric series) for pneumatic tyre rims - Designation, dimensions and marking</t>
   </si>
   <si>
     <t>BS ISO 4250-3:2020</t>
   </si>
   <si>
     <t>Earth-mover tyres and rims - Rims</t>
   </si>
   <si>
     <t>BS ISO 3739-1:2022</t>
   </si>
   <si>
     <t>Industrial tyres and rims - Pneumatic tyres (metric series) on 5 degrees tapered or flat base rims. Designation, dimensions and marking</t>
   </si>
   <si>
     <t>BS ISO 3739-3:2021</t>
   </si>
   <si>
     <t>Industrial tyres and rims - Rims</t>
   </si>
   <si>
     <t>BS ISO 4250-1:2023 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Earth-mover tyres and rims - Tyre designation and dimensions</t>
   </si>
   <si>
     <t>BS ISO 4250-1:2023</t>
   </si>
   <si>
     <t>Earth-mover tyres and rims - Tyre designation and dimensions</t>
   </si>
   <si>
-    <t>Revision Underway</t>
-[...1 lines deleted...]
-  <si>
     <t>BS ISO 3739-1:2022 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Industrial tyres and rims - Pneumatic tyres (metric series) on 5 degrees tapered or flat base rims. Designation, dimensions and marking</t>
-  </si>
-[...1 lines deleted...]
-    <t>Confirmed</t>
   </si>
   <si>
     <t>BS AU 50-1.5.4a:1994</t>
   </si>
   <si>
     <t>Tyres and wheels. Tyres. Industrial vehicle tyres - Specification for solid tyres (metric series) for pneumatic tyre rims: designation, dimensions and marking</t>
   </si>
   <si>
     <t>BS ISO 4250-2:2023</t>
   </si>
   <si>
     <t>Earth-mover tyres and rims - Loads and inflation pressures</t>
   </si>
   <si>
     <t>BS ISO 3739-3:2021 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Industrial tyres and rims - Rims</t>
   </si>
   <si>
     <t>BS ISO 18808:2021</t>
   </si>
   <si>
     <t>19/30394558 DC</t>
   </si>
@@ -753,106 +750,106 @@
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H4">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
         <v>65.0</v>
       </c>
       <c r="H5">
         <v>65.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>20.0</v>
       </c>
       <c r="H7">
@@ -1247,435 +1244,435 @@
       </c>
       <c r="H22">
         <v>134.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H23">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D24">
         <v>2019</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H24">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25">
         <v>2020</v>
       </c>
       <c r="E25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26">
         <v>2022</v>
       </c>
       <c r="E26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>158.0</v>
       </c>
       <c r="H26">
         <v>158.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27">
         <v>2021</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
         <v>158.0</v>
       </c>
       <c r="H27">
         <v>158.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28">
         <v>2023</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H28">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29">
         <v>2023</v>
       </c>
       <c r="E29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H29">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30">
         <v>2022</v>
       </c>
       <c r="E30" t="s">
         <v>77</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
         <v>222.0</v>
       </c>
       <c r="H30">
         <v>222.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D31">
         <v>1994</v>
       </c>
       <c r="E31" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H31">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D32">
         <v>2023</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D33">
         <v>2021</v>
       </c>
       <c r="E33" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
         <v>222.0</v>
       </c>
       <c r="H33">
         <v>222.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D34">
         <v>2021</v>
       </c>
       <c r="E34" t="s">
         <v>43</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
         <v>20.0</v>
       </c>
       <c r="H35">
         <v>20.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D36">
         <v>1994</v>
       </c>
       <c r="E36" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D37">
         <v>1994</v>
       </c>
       <c r="E37" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H37">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>25</v>
       </c>
       <c r="B38" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D38">
         <v>2021</v>
       </c>
       <c r="E38" t="s">
+        <v>93</v>
+      </c>
+      <c r="F38" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G38">
         <v>64.0</v>
       </c>
       <c r="H38">
         <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>