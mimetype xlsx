--- v0 (2025-12-20)
+++ v1 (2026-03-20)
@@ -659,54 +659,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H2">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>322.0</v>
       </c>
       <c r="H3">
@@ -737,54 +737,54 @@
       </c>
       <c r="H4">
         <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6">
         <v>166.0</v>
       </c>
       <c r="H6">
@@ -1049,236 +1049,236 @@
       </c>
       <c r="H16">
         <v>64.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
         <v>2022</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
         <v>2014</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>92.86</v>
+        <v>95.66</v>
       </c>
       <c r="H18">
-        <v>92.86</v>
+        <v>95.66</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2019</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>164.98</v>
+        <v>169.92</v>
       </c>
       <c r="H19">
-        <v>164.98</v>
+        <v>169.92</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2021</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H20">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>2013</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H21">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2002</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H22">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>2004</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H23">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2003</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H24">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
         <v>2022</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>17</v>
       </c>
       <c r="G25">
         <v>166.0</v>
       </c>
       <c r="H25">