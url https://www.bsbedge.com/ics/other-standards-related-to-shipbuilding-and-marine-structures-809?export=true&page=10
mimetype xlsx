--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1244,50 +1244,53 @@
   <si>
     <t>BS ISO 17357-2:2014</t>
   </si>
   <si>
     <t>Ships and marine technology. Floating pneumatic rubber fenders - Low pressure</t>
   </si>
   <si>
     <t>BS ISO 17682:2013</t>
   </si>
   <si>
     <t>Ships and marine technology. Methodology for ship launching utilizing air bags</t>
   </si>
   <si>
     <t>BS ISO 21851:2020</t>
   </si>
   <si>
     <t>Marine technology. Ocean observation systems. Design criteria of ocean hydro-meteorological observation systems reuse and interaction</t>
   </si>
   <si>
     <t>BS ISO 18079-1:2018</t>
   </si>
   <si>
     <t>Ships and marine technology. Servicing of inflatable life-saving appliances - General</t>
   </si>
   <si>
+    <t>Proposed for Withdrawal</t>
+  </si>
+  <si>
     <t>BS ISO 20661:2020</t>
   </si>
   <si>
     <t>Ships and marine technology. Cutter suction dredger supervisory and control systems</t>
   </si>
   <si>
     <t>BS ISO 28003:2007</t>
   </si>
   <si>
     <t>Security management systems for the supply chain. Requirements for bodies providing audit and certification of supply chain security management systems</t>
   </si>
   <si>
     <t>BS ISO 20053:2017</t>
   </si>
   <si>
     <t>Ships and marine technology. Marine environment protection. Specifications on design and selection of sorbents</t>
   </si>
   <si>
     <t>BS ISO 28004-4:2014</t>
   </si>
   <si>
     <t>Security management systems for the supply chain. Guidelines for the implementation of ISO 28000 - Additional specific guidance on implementing ISO 28000 if compliance with ISO 28001 is a management objective</t>
   </si>
   <si>
     <t>BS EN ISO 20519:2022</t>
@@ -1326,53 +1329,50 @@
     <t>Ships and marine technology. Ballast water management systems (BWMS). Computational physical modelling and calculations on scaling of UV reactors</t>
   </si>
   <si>
     <t>BS ISO 15849:2001</t>
   </si>
   <si>
     <t>Ships and marine technology. Guidelines for implementation of a fleet management system network</t>
   </si>
   <si>
     <t>BS ISO 17325-1:2014</t>
   </si>
   <si>
     <t>Ships and marine technology. Marine environment protection. Oil booms - Design requirements</t>
   </si>
   <si>
     <t>BS ISO 13073-3:2016</t>
   </si>
   <si>
     <t>Ships and marine technology. Risk assessment on anti-fouling systems on ships - Human health risk assessment method of biocidally active substances used in anti-fouling paints on ships during the application and removal processes</t>
   </si>
   <si>
     <t>BS ISO 17357-1:2014</t>
   </si>
   <si>
     <t>Ships and marine technology. Floating pneumatic rubber fenders - High pressure</t>
-  </si>
-[...1 lines deleted...]
-    <t>Proposed for Withdrawal</t>
   </si>
   <si>
     <t>BS ISO 21072-1:2009</t>
   </si>
   <si>
     <t>Ships and marine technology. Marine environment protection. Performance testing of oil skimmers - Moving water conditions</t>
   </si>
   <si>
     <t>18/30303615 DC</t>
   </si>
   <si>
     <t>BS ISO 19738. Ships and marine technology. Aquatic nuisance species. In-line sampling method for obtaining representative samples of water systems</t>
   </si>
   <si>
     <t>BS 6349-3:2013</t>
   </si>
   <si>
     <t>Maritime works - Code of practice for the design of shipyards and sea locks</t>
   </si>
   <si>
     <t>18/30325115 DC</t>
   </si>
   <si>
     <t>BS ISO 20661. Ships and marine technology. Cutter suction dredger supervisory and control system</t>
   </si>
@@ -1997,132 +1997,132 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H2">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
         <v>118.79</v>
       </c>
       <c r="H4">
         <v>118.79</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H5">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>20.0</v>
       </c>
       <c r="H6">
@@ -2205,54 +2205,54 @@
       </c>
       <c r="H9">
         <v>72.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H10">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11">
         <v>65.0</v>
       </c>
       <c r="H11">
@@ -2309,54 +2309,54 @@
       </c>
       <c r="H13">
         <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H14">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>24</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15">
         <v>177.0</v>
       </c>
       <c r="H15">
@@ -2387,132 +2387,132 @@
       </c>
       <c r="H16">
         <v>216.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H17">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H18">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H19">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H20">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21">
         <v>216.0</v>
       </c>
       <c r="H21">
@@ -2699,80 +2699,80 @@
       </c>
       <c r="H28">
         <v>102.43</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>74</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H29">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>24</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>78</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31">
         <v>132.0</v>
       </c>
       <c r="H31">
@@ -2829,54 +2829,54 @@
       </c>
       <c r="H33">
         <v>20.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H34">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>24</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>28</v>
       </c>
       <c r="G35">
         <v>155.0</v>
       </c>
       <c r="H35">
@@ -2907,106 +2907,106 @@
       </c>
       <c r="H36">
         <v>20.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" t="s">
         <v>25</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38">
         <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>92</v>
       </c>
       <c r="F38" t="s">
         <v>28</v>
       </c>
       <c r="G38">
         <v>98.0</v>
       </c>
       <c r="H38">
         <v>98.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>94</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>24</v>
       </c>
       <c r="B40" t="s">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>28</v>
       </c>
       <c r="G40">
         <v>43.0</v>
       </c>
       <c r="H40">
@@ -3089,80 +3089,80 @@
       </c>
       <c r="H43">
         <v>20.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
       <c r="D44">
         <v>2023</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H44">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>106</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H45">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46">
         <v>18</v>
       </c>
       <c r="E46" t="s">
         <v>108</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>20.0</v>
       </c>
       <c r="H46">
@@ -5715,909 +5715,909 @@
       </c>
       <c r="H144">
         <v>40.56</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>306</v>
       </c>
       <c r="D145">
         <v>2022</v>
       </c>
       <c r="E145" t="s">
         <v>307</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H145">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>308</v>
       </c>
       <c r="D146">
         <v>2021</v>
       </c>
       <c r="E146" t="s">
         <v>309</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>310</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>311</v>
       </c>
       <c r="D147">
         <v>2019</v>
       </c>
       <c r="E147" t="s">
         <v>312</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H147">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>313</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148" t="s">
         <v>314</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
         <v>20.0</v>
       </c>
       <c r="H148">
         <v>20.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>315</v>
       </c>
       <c r="D149">
         <v>2022</v>
       </c>
       <c r="E149" t="s">
         <v>316</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H149">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>317</v>
       </c>
       <c r="D150">
         <v>2022</v>
       </c>
       <c r="E150" t="s">
         <v>318</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H150">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>319</v>
       </c>
       <c r="D151">
         <v>29</v>
       </c>
       <c r="E151" t="s">
         <v>320</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
         <v>20.0</v>
       </c>
       <c r="H151">
         <v>20.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>321</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>322</v>
       </c>
       <c r="D152">
         <v>2020</v>
       </c>
       <c r="E152" t="s">
         <v>323</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H152">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>310</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>324</v>
       </c>
       <c r="D153">
         <v>2019</v>
       </c>
       <c r="E153" t="s">
         <v>325</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H153">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>326</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>327</v>
       </c>
       <c r="D154">
         <v>2020</v>
       </c>
       <c r="E154" t="s">
         <v>328</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H154">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>329</v>
       </c>
       <c r="D155">
         <v>2023</v>
       </c>
       <c r="E155" t="s">
         <v>330</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H155">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>331</v>
       </c>
       <c r="D156">
         <v>2021</v>
       </c>
       <c r="E156" t="s">
         <v>332</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H156">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>321</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>333</v>
       </c>
       <c r="D157">
         <v>2021</v>
       </c>
       <c r="E157" t="s">
         <v>334</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H157">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>335</v>
       </c>
       <c r="D158">
         <v>2016</v>
       </c>
       <c r="E158" t="s">
         <v>336</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H158">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>310</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>337</v>
       </c>
       <c r="D159">
         <v>2019</v>
       </c>
       <c r="E159" t="s">
         <v>338</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H159">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>310</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>339</v>
       </c>
       <c r="D160">
         <v>2019</v>
       </c>
       <c r="E160" t="s">
         <v>340</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H160">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>341</v>
       </c>
       <c r="D161">
         <v>2022</v>
       </c>
       <c r="E161" t="s">
         <v>270</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H161">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>342</v>
       </c>
       <c r="D162">
         <v>2022</v>
       </c>
       <c r="E162" t="s">
         <v>343</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H162">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>310</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>344</v>
       </c>
       <c r="D163">
         <v>2020</v>
       </c>
       <c r="E163" t="s">
         <v>345</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>310</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>346</v>
       </c>
       <c r="D164">
         <v>2019</v>
       </c>
       <c r="E164" t="s">
         <v>347</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H164">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>321</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>348</v>
       </c>
       <c r="D165">
         <v>2021</v>
       </c>
       <c r="E165" t="s">
         <v>349</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H165">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>350</v>
       </c>
       <c r="D166">
         <v>2021</v>
       </c>
       <c r="E166" t="s">
         <v>351</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H166">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>321</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>352</v>
       </c>
       <c r="D167">
         <v>2020</v>
       </c>
       <c r="E167" t="s">
         <v>353</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H167">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>321</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>354</v>
       </c>
       <c r="D168">
         <v>2021</v>
       </c>
       <c r="E168" t="s">
         <v>355</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H168">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>356</v>
       </c>
       <c r="D169">
         <v>2021</v>
       </c>
       <c r="E169" t="s">
         <v>357</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H169">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>326</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>358</v>
       </c>
       <c r="D170">
         <v>2019</v>
       </c>
       <c r="E170" t="s">
         <v>359</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H170">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>326</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>360</v>
       </c>
       <c r="D171">
         <v>2019</v>
       </c>
       <c r="E171" t="s">
         <v>361</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H171">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>362</v>
       </c>
       <c r="E172" t="s">
         <v>363</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
         <v>20.0</v>
       </c>
       <c r="H172">
         <v>20.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>326</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>364</v>
       </c>
       <c r="D173">
         <v>2020</v>
       </c>
       <c r="E173" t="s">
         <v>365</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H173">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>366</v>
       </c>
       <c r="D174">
         <v>2021</v>
       </c>
       <c r="E174" t="s">
         <v>367</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H174">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>321</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>368</v>
       </c>
       <c r="D175">
         <v>2021</v>
       </c>
       <c r="E175" t="s">
         <v>369</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H175">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>370</v>
       </c>
       <c r="D176">
         <v>2023</v>
       </c>
       <c r="E176" t="s">
         <v>371</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H176">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>326</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>372</v>
       </c>
       <c r="D177">
         <v>2017</v>
       </c>
       <c r="E177" t="s">
         <v>373</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H177">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>374</v>
       </c>
       <c r="D178">
         <v>2021</v>
       </c>
       <c r="E178" t="s">
         <v>375</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H178">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>376</v>
       </c>
       <c r="D179">
         <v>22</v>
       </c>
       <c r="E179" t="s">
         <v>377</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
         <v>20.0</v>
       </c>
       <c r="H179">
@@ -6648,1894 +6648,1894 @@
       </c>
       <c r="H180">
         <v>20.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>326</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>380</v>
       </c>
       <c r="D181">
         <v>2020</v>
       </c>
       <c r="E181" t="s">
         <v>381</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H181">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>310</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>382</v>
       </c>
       <c r="D182">
         <v>2014</v>
       </c>
       <c r="E182" t="s">
         <v>383</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H182">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>310</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>384</v>
       </c>
       <c r="D183">
         <v>2016</v>
       </c>
       <c r="E183" t="s">
         <v>385</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H183">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>326</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>386</v>
       </c>
       <c r="D184">
         <v>2020</v>
       </c>
       <c r="E184" t="s">
         <v>387</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H184">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>326</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>388</v>
       </c>
       <c r="D185">
         <v>2013</v>
       </c>
       <c r="E185" t="s">
         <v>389</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H185">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>390</v>
       </c>
       <c r="D186">
         <v>2021</v>
       </c>
       <c r="E186" t="s">
         <v>391</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H186">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>310</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>392</v>
       </c>
       <c r="D187">
         <v>2014</v>
       </c>
       <c r="E187" t="s">
         <v>393</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H187">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>310</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>394</v>
       </c>
       <c r="D188">
         <v>2007</v>
       </c>
       <c r="E188" t="s">
         <v>395</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H188">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>326</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>396</v>
       </c>
       <c r="D189">
         <v>2011</v>
       </c>
       <c r="E189" t="s">
         <v>397</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H189">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>326</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>398</v>
       </c>
       <c r="D190">
         <v>2014</v>
       </c>
       <c r="E190" t="s">
         <v>399</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>326</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>400</v>
       </c>
       <c r="D191">
         <v>2011</v>
       </c>
       <c r="E191" t="s">
         <v>401</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>310</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>402</v>
       </c>
       <c r="D192">
         <v>2014</v>
       </c>
       <c r="E192" t="s">
         <v>403</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H192">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>326</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>404</v>
       </c>
       <c r="D193">
         <v>2013</v>
       </c>
       <c r="E193" t="s">
         <v>405</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H193">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>326</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>406</v>
       </c>
       <c r="D194">
         <v>2020</v>
       </c>
       <c r="E194" t="s">
         <v>407</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>310</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>408</v>
       </c>
       <c r="D195">
         <v>2018</v>
       </c>
       <c r="E195" t="s">
         <v>409</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H195">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>326</v>
+        <v>410</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D196">
         <v>2020</v>
       </c>
       <c r="E196" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H196">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>326</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D197">
         <v>2007</v>
       </c>
       <c r="E197" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H197">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>310</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D198">
         <v>2017</v>
       </c>
       <c r="E198" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H198">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>326</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D199">
         <v>2014</v>
       </c>
       <c r="E199" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H199">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D200">
         <v>2022</v>
       </c>
       <c r="E200" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H200">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>326</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D201">
         <v>2020</v>
       </c>
       <c r="E201" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H201">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D202">
         <v>6</v>
       </c>
       <c r="E202" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
         <v>20.0</v>
       </c>
       <c r="H202">
         <v>20.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D203">
         <v>2022</v>
       </c>
       <c r="E203" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H203">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D204">
         <v>2020</v>
       </c>
       <c r="E204" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D205">
         <v>2021</v>
       </c>
       <c r="E205" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H205">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>326</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D206">
         <v>2001</v>
       </c>
       <c r="E206" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H206">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>326</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D207">
         <v>2014</v>
       </c>
       <c r="E207" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H207">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>310</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D208">
         <v>2016</v>
       </c>
       <c r="E208" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H208">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>310</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D209">
         <v>2014</v>
       </c>
       <c r="E209" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H209">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>438</v>
+        <v>410</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>439</v>
       </c>
       <c r="D210">
         <v>2009</v>
       </c>
       <c r="E210" t="s">
         <v>440</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H210">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>441</v>
       </c>
       <c r="E211" t="s">
         <v>442</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
         <v>20.0</v>
       </c>
       <c r="H211">
         <v>20.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>310</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>443</v>
       </c>
       <c r="D212">
         <v>2013</v>
       </c>
       <c r="E212" t="s">
         <v>444</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H212">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>445</v>
       </c>
       <c r="D213">
         <v>24</v>
       </c>
       <c r="E213" t="s">
         <v>446</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
         <v>20.0</v>
       </c>
       <c r="H213">
         <v>20.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>321</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>447</v>
       </c>
       <c r="D214">
         <v>2007</v>
       </c>
       <c r="E214" t="s">
         <v>448</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H214">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>326</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>449</v>
       </c>
       <c r="D215">
         <v>2020</v>
       </c>
       <c r="E215" t="s">
         <v>450</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H215">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>310</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>451</v>
       </c>
       <c r="D216">
         <v>2005</v>
       </c>
       <c r="E216" t="s">
         <v>452</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H216">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>310</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>453</v>
       </c>
       <c r="D217">
         <v>2019</v>
       </c>
       <c r="E217" t="s">
         <v>454</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H217">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>310</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>455</v>
       </c>
       <c r="D218">
         <v>2016</v>
       </c>
       <c r="E218" t="s">
         <v>456</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H218">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>310</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>457</v>
       </c>
       <c r="D219">
         <v>2018</v>
       </c>
       <c r="E219" t="s">
         <v>458</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>326</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>459</v>
       </c>
       <c r="D220">
         <v>2005</v>
       </c>
       <c r="E220" t="s">
         <v>460</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>461</v>
       </c>
       <c r="D221">
         <v>2002</v>
       </c>
       <c r="E221" t="s">
         <v>462</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H221">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>326</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>463</v>
       </c>
       <c r="D222">
         <v>2005</v>
       </c>
       <c r="E222" t="s">
         <v>464</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H222">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>465</v>
       </c>
       <c r="E223" t="s">
         <v>466</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
         <v>20.0</v>
       </c>
       <c r="H223">
         <v>20.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>326</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>467</v>
       </c>
       <c r="D224">
         <v>2011</v>
       </c>
       <c r="E224" t="s">
         <v>468</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H224">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>310</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>469</v>
       </c>
       <c r="D225">
         <v>2007</v>
       </c>
       <c r="E225" t="s">
         <v>470</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H225">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>326</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>471</v>
       </c>
       <c r="D226">
         <v>2014</v>
       </c>
       <c r="E226" t="s">
         <v>472</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H226">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>326</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>473</v>
       </c>
       <c r="D227">
         <v>2008</v>
       </c>
       <c r="E227" t="s">
         <v>474</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H227">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>326</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>475</v>
       </c>
       <c r="D228">
         <v>2013</v>
       </c>
       <c r="E228" t="s">
         <v>476</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H228">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>321</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>477</v>
       </c>
       <c r="D229">
         <v>2007</v>
       </c>
       <c r="E229" t="s">
         <v>478</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H229">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>310</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>479</v>
       </c>
       <c r="D230">
         <v>2018</v>
       </c>
       <c r="E230" t="s">
         <v>480</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H230">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>310</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>481</v>
       </c>
       <c r="D231">
         <v>2016</v>
       </c>
       <c r="E231" t="s">
         <v>482</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H231">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>326</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>483</v>
       </c>
       <c r="D232">
         <v>2012</v>
       </c>
       <c r="E232" t="s">
         <v>154</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H232">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>326</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>484</v>
       </c>
       <c r="D233">
         <v>2011</v>
       </c>
       <c r="E233" t="s">
         <v>485</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H233">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>310</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>486</v>
       </c>
       <c r="D234">
         <v>2014</v>
       </c>
       <c r="E234" t="s">
         <v>487</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H234">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>326</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>488</v>
       </c>
       <c r="D235">
         <v>2014</v>
       </c>
       <c r="E235" t="s">
         <v>489</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H235">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>310</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>490</v>
       </c>
       <c r="D236">
         <v>2019</v>
       </c>
       <c r="E236" t="s">
         <v>491</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H236">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>492</v>
       </c>
       <c r="D237">
         <v>2018</v>
       </c>
       <c r="E237" t="s">
         <v>493</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H237">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>310</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>494</v>
       </c>
       <c r="D238">
         <v>2001</v>
       </c>
       <c r="E238" t="s">
         <v>495</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H238">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>326</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>496</v>
       </c>
       <c r="D239">
         <v>2014</v>
       </c>
       <c r="E239" t="s">
         <v>497</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H239">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>326</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>498</v>
       </c>
       <c r="D240">
         <v>2014</v>
       </c>
       <c r="E240" t="s">
         <v>499</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H240">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>310</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>500</v>
       </c>
       <c r="D241">
         <v>2018</v>
       </c>
       <c r="E241" t="s">
         <v>501</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H241">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>310</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>502</v>
       </c>
       <c r="D242">
         <v>2016</v>
       </c>
       <c r="E242" t="s">
         <v>503</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H242">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>310</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>504</v>
       </c>
       <c r="D243">
         <v>2018</v>
       </c>
       <c r="E243" t="s">
         <v>505</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H243">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>326</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>506</v>
       </c>
       <c r="D244">
         <v>2006</v>
       </c>
       <c r="E244" t="s">
         <v>507</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H244">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>326</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>508</v>
       </c>
       <c r="D245">
         <v>2005</v>
       </c>
       <c r="E245" t="s">
         <v>509</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H245">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>310</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>510</v>
       </c>
       <c r="D246">
         <v>2014</v>
       </c>
       <c r="E246" t="s">
         <v>511</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H246">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>310</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>512</v>
       </c>
       <c r="D247">
         <v>2013</v>
       </c>
       <c r="E247" t="s">
         <v>513</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H247">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>310</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>514</v>
       </c>
       <c r="D248">
         <v>2012</v>
       </c>
       <c r="E248" t="s">
         <v>515</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H248">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>310</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>516</v>
       </c>
       <c r="D249">
         <v>2014</v>
       </c>
       <c r="E249" t="s">
         <v>517</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H249">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>310</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>518</v>
       </c>
       <c r="D250">
         <v>2019</v>
       </c>
       <c r="E250" t="s">
         <v>519</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H250">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>326</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>520</v>
       </c>
       <c r="D251">
         <v>2011</v>
       </c>
       <c r="E251" t="s">
         <v>521</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H251">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>321</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>522</v>
       </c>
       <c r="D252">
         <v>2018</v>
       </c>
       <c r="E252" t="s">
         <v>523</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H252">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>15</v>
       </c>
       <c r="B253" t="s">
         <v>31</v>
       </c>
       <c r="C253" t="s">
         <v>524</v>
       </c>
       <c r="D253">
         <v>2015</v>
       </c>
       <c r="E253" t="s">
         <v>525</v>
       </c>
       <c r="F253" t="s">
         <v>34</v>
       </c>
       <c r="G253">
         <v>72.0</v>
       </c>
       <c r="H253">