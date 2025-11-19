--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -162,50 +162,53 @@
     <t>Fire protection in building services - Fire protection planning and briefing - Obligations, contents and documentation</t>
   </si>
   <si>
     <t>VDI 3819 Blatt 2 : 2013</t>
   </si>
   <si>
     <t>Fire protection building services - Functions and correlations</t>
   </si>
   <si>
     <t>BS 851188-1:2019+A1:2021</t>
   </si>
   <si>
     <t>Flood resistance products - Building products. Specification</t>
   </si>
   <si>
     <t>BS 5250:2021 ExComm</t>
   </si>
   <si>
     <t>Expert Commentary for BS 5250:2021. Management of moisture in buildings. Code of practice</t>
   </si>
   <si>
     <t>BS 5250:2021</t>
   </si>
   <si>
     <t>Management of moisture in buildings. Code of practice</t>
+  </si>
+  <si>
+    <t>Under Review</t>
   </si>
   <si>
     <t>PD CEN/TS 14383-6:2022</t>
   </si>
   <si>
     <t>Prevention of crime. Urban planning and building design - Schools and educational institutions</t>
   </si>
   <si>
     <t>BS 851188-2:2019+A1:2021</t>
   </si>
   <si>
     <t>Flood resistance products - Perimeter barrier systems. Specification</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS 8485:2015+A1:2019</t>
   </si>
   <si>
     <t>Code of practice for the design of protective measures for methane and carbon dioxide ground gases for new buildings</t>
   </si>
   <si>
     <t>PD 7974-4:2003</t>
   </si>
@@ -698,132 +701,132 @@
       </c>
       <c r="H4">
         <v>330.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H5">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H6">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H7">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2019</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H8">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>7</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>17</v>
       </c>
       <c r="G9">
         <v>20.0</v>
       </c>
       <c r="H9">
@@ -854,54 +857,54 @@
       </c>
       <c r="H10">
         <v>306.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>23</v>
       </c>
       <c r="G11">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H11">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2014</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>27.03</v>
       </c>
       <c r="H12">
@@ -1044,280 +1047,280 @@
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18">
         <v>2021</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>17</v>
       </c>
       <c r="G18">
         <v>330.0</v>
       </c>
       <c r="H18">
         <v>330.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19">
         <v>2022</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19">
         <v>290.0</v>
       </c>
       <c r="H19">
         <v>290.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20">
         <v>2019</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20">
         <v>220.0</v>
       </c>
       <c r="H20">
         <v>220.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
         <v>330.0</v>
       </c>
       <c r="H21">
         <v>330.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22">
         <v>2003</v>
       </c>
       <c r="E22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
         <v>258.0</v>
       </c>
       <c r="H22">
         <v>258.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23">
         <v>2007</v>
       </c>
       <c r="E23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
         <v>290.0</v>
       </c>
       <c r="H23">
         <v>290.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24">
         <v>2013</v>
       </c>
       <c r="E24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
         <v>142.0</v>
       </c>
       <c r="H24">
         <v>142.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25">
         <v>2017</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H25">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D26">
         <v>2022</v>
       </c>
       <c r="E26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H26">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27">
         <v>2021</v>
       </c>
       <c r="E27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>23</v>
       </c>
       <c r="G27">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H27">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">