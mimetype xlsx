--- v1 (2025-11-19)
+++ v2 (2026-01-11)
@@ -649,80 +649,80 @@
       </c>
       <c r="H2">
         <v>158.53</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H4">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
         <v>72.0</v>
       </c>
       <c r="H5">
@@ -831,54 +831,54 @@
       </c>
       <c r="H9">
         <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2022</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>17</v>
       </c>
       <c r="G10">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H10">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>23</v>
       </c>
       <c r="G11">
         <v>72.0</v>
       </c>
       <c r="H11">
@@ -987,262 +987,262 @@
       </c>
       <c r="H15">
         <v>144.34</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16">
         <v>2019</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>17</v>
       </c>
       <c r="G16">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H16">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17">
         <v>2021</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>17</v>
       </c>
       <c r="G17">
-        <v>84.0</v>
+        <v>90.0</v>
       </c>
       <c r="H17">
-        <v>84.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18">
         <v>2021</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>17</v>
       </c>
       <c r="G18">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H18">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H19">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2019</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>55</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H21">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>55</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2003</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
         <v>2007</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H23">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24">
         <v>2013</v>
       </c>
       <c r="E24" t="s">
         <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
-        <v>142.0</v>
+        <v>158.0</v>
       </c>
       <c r="H24">
-        <v>142.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25">
         <v>2017</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
         <v>64.0</v>
       </c>
       <c r="H25">