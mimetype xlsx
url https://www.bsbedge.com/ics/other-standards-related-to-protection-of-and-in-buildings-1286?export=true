--- v2 (2026-01-11)
+++ v3 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -77,83 +77,80 @@
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
     <t>BS 85500:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Flood resilient construction. Improving the flood performance of buildings. Guide</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>BS 85500:2025</t>
   </si>
   <si>
     <t>Flood resilient construction. Improving the flood performance of buildings. Guide</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
-    <t>ASTM F2922 : 25</t>
-[...2 lines deleted...]
-    <t>Standard Specification for Polyethylene (PE) Corrugated Wall Stormwater Collection Chambers</t>
+    <t>ASTM C653 : 24</t>
+  </si>
+  <si>
+    <t>Standard Guide for Determination of the Thermal Resistance of Low-Density Blanket-Type  Mineral Fiber Insulation</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
-    <t>ASTM C653 : 24</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM C1744 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Practice for  Installation and Use of Radiant Barrier Systems (RBS) in Commercial/Industrial  Building Construction</t>
   </si>
   <si>
     <t>ASTM C1743 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Practice for Installation and Use of Radiant Barrier Systems (RBS) in Residential  Building Construction</t>
   </si>
   <si>
     <t>24/30441030 DC</t>
   </si>
   <si>
     <t>BS 85500 Flood resilient construction. Improving the flood performance of buildings. Guide</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>PD CEN/TS 14383-2:2022</t>
   </si>
   <si>
     <t>Crime prevention through building design, urban planning and city maintenance - Principles and process</t>
   </si>
   <si>
     <t>ASTM E2099 : 23</t>
   </si>
   <si>
     <t>Standard Practice for Specification and Evaluation of Pre-Construction Laboratory  Mockups of Exterior Wall Systems</t>
   </si>
   <si>
     <t>VdS 2357 : 2014</t>
   </si>
   <si>
     <t>Publication on Restoration of Property Damage - Guidelines for Fire Loss Restoration</t>
   </si>
   <si>
     <t>VDI 6004 Blatt 1 : 2006</t>
   </si>
   <si>
     <t>Protection of Building Services - Flood - Buildings, installations, equipment</t>
   </si>
   <si>
     <t>VDI 3819 Blatt 3 : 2009</t>
@@ -162,53 +159,50 @@
     <t>Fire protection in building services - Fire protection planning and briefing - Obligations, contents and documentation</t>
   </si>
   <si>
     <t>VDI 3819 Blatt 2 : 2013</t>
   </si>
   <si>
     <t>Fire protection building services - Functions and correlations</t>
   </si>
   <si>
     <t>BS 851188-1:2019+A1:2021</t>
   </si>
   <si>
     <t>Flood resistance products - Building products. Specification</t>
   </si>
   <si>
     <t>BS 5250:2021 ExComm</t>
   </si>
   <si>
     <t>Expert Commentary for BS 5250:2021. Management of moisture in buildings. Code of practice</t>
   </si>
   <si>
     <t>BS 5250:2021</t>
   </si>
   <si>
     <t>Management of moisture in buildings. Code of practice</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>PD CEN/TS 14383-6:2022</t>
   </si>
   <si>
     <t>Prevention of crime. Urban planning and building design - Schools and educational institutions</t>
   </si>
   <si>
     <t>BS 851188-2:2019+A1:2021</t>
   </si>
   <si>
     <t>Flood resistance products - Perimeter barrier systems. Specification</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS 8485:2015+A1:2019</t>
   </si>
   <si>
     <t>Code of practice for the design of protective measures for methane and carbon dioxide ground gases for new buildings</t>
   </si>
   <si>
     <t>PD 7974-4:2003</t>
   </si>
@@ -569,51 +563,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -623,54 +617,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>158.53</v>
+        <v>163.25</v>
       </c>
       <c r="H2">
-        <v>158.53</v>
+        <v>163.25</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>488.0</v>
       </c>
       <c r="H3">
@@ -692,634 +686,608 @@
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
         <v>348.0</v>
       </c>
       <c r="H4">
         <v>348.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
         <v>72.0</v>
       </c>
       <c r="H5">
         <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
         <v>72.0</v>
       </c>
       <c r="H6">
         <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7">
         <v>72.0</v>
       </c>
       <c r="H7">
         <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
-        <v>2019</v>
+        <v>7</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G8">
-        <v>72.0</v>
+        <v>20.0</v>
       </c>
       <c r="H8">
-        <v>72.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D9">
-        <v>7</v>
+        <v>2022</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>17</v>
       </c>
       <c r="G9">
-        <v>20.0</v>
+        <v>322.0</v>
       </c>
       <c r="H9">
-        <v>20.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G10">
-        <v>322.0</v>
+        <v>72.0</v>
       </c>
       <c r="H10">
-        <v>322.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G11">
-        <v>72.0</v>
+        <v>27.03</v>
       </c>
       <c r="H11">
-        <v>72.0</v>
+        <v>27.03</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>27.03</v>
+        <v>163.25</v>
       </c>
       <c r="H12">
-        <v>27.03</v>
+        <v>163.25</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>158.53</v>
+        <v>148.64</v>
       </c>
       <c r="H13">
-        <v>158.53</v>
+        <v>148.64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>144.34</v>
+        <v>148.64</v>
       </c>
       <c r="H14">
-        <v>144.34</v>
+        <v>148.64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G15">
-        <v>144.34</v>
+        <v>232.0</v>
       </c>
       <c r="H15">
-        <v>144.34</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>17</v>
       </c>
       <c r="G16">
-        <v>232.0</v>
+        <v>90.0</v>
       </c>
       <c r="H16">
-        <v>232.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17">
         <v>2021</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>17</v>
       </c>
       <c r="G17">
-        <v>90.0</v>
+        <v>348.0</v>
       </c>
       <c r="H17">
-        <v>90.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D18">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>17</v>
       </c>
       <c r="G18">
-        <v>348.0</v>
+        <v>306.0</v>
       </c>
       <c r="H18">
-        <v>348.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19">
-        <v>306.0</v>
+        <v>232.0</v>
       </c>
       <c r="H19">
-        <v>306.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20">
-        <v>232.0</v>
+        <v>348.0</v>
       </c>
       <c r="H20">
-        <v>232.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
-        <v>348.0</v>
+        <v>272.0</v>
       </c>
       <c r="H21">
-        <v>348.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
-        <v>272.0</v>
+        <v>306.0</v>
       </c>
       <c r="H22">
-        <v>272.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
-        <v>306.0</v>
+        <v>158.0</v>
       </c>
       <c r="H23">
-        <v>306.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E24" t="s">
         <v>63</v>
       </c>
       <c r="F24" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G24">
-        <v>158.0</v>
+        <v>64.0</v>
       </c>
       <c r="H24">
-        <v>158.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H25">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E26" t="s">
         <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H26">
-        <v>72.0</v>
-[...24 lines deleted...]
-      <c r="H27">
         <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>