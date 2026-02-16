--- v0 (2025-11-02)
+++ v1 (2026-02-16)
@@ -542,54 +542,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H2">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>1979</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>113.0</v>
       </c>
       <c r="H3">
@@ -672,54 +672,54 @@
       </c>
       <c r="H6">
         <v>76.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>2017</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7">
-        <v>86.0</v>
+        <v>89.0</v>
       </c>
       <c r="H7">
-        <v>110.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8">
         <v>1987</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8">
         <v>205.0</v>
       </c>
       <c r="H8">
@@ -773,54 +773,54 @@
       </c>
       <c r="G10">
         <v>129.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11">
         <v>2004</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H11">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2019</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>15.0</v>
       </c>
       <c r="H12">