--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -704,54 +704,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
       <c r="H2">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>452.0</v>
       </c>
       <c r="H3">
@@ -912,54 +912,54 @@
       </c>
       <c r="H9">
         <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H10">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>38</v>
       </c>
       <c r="D11">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>17</v>
       </c>
       <c r="G11">
         <v>20.0</v>
       </c>
       <c r="H11">
@@ -990,80 +990,80 @@
       </c>
       <c r="H12">
         <v>80.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H13">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H14">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15">
         <v>2009</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15">
         <v>64.0</v>
       </c>
       <c r="H15">
@@ -1146,80 +1146,80 @@
       </c>
       <c r="H18">
         <v>67.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2008</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H19">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20">
         <v>2019</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H20">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21">
         <v>2020</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
         <v>232.0</v>
       </c>
       <c r="H21">