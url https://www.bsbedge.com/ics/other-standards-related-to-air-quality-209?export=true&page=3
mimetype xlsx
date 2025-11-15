--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -880,158 +880,158 @@
       </c>
       <c r="H2">
         <v>330.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2013</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
       <c r="H3">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>130.26</v>
       </c>
       <c r="H4">
         <v>130.26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H5">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2017</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H6">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>17</v>
       </c>
       <c r="G7">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H7">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8">
         <v>110.75</v>
       </c>
       <c r="H8">
@@ -1374,54 +1374,54 @@
       </c>
       <c r="H21">
         <v>158.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H22">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23">
         <v>93.83</v>
       </c>
       <c r="H23">
@@ -2232,314 +2232,314 @@
       </c>
       <c r="H54">
         <v>134.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
         <v>14</v>
       </c>
       <c r="C55" t="s">
         <v>125</v>
       </c>
       <c r="D55">
         <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>126</v>
       </c>
       <c r="F55" t="s">
         <v>17</v>
       </c>
       <c r="G55">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H55">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>13</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56" t="s">
         <v>127</v>
       </c>
       <c r="D56">
         <v>2022</v>
       </c>
       <c r="E56" t="s">
         <v>128</v>
       </c>
       <c r="F56" t="s">
         <v>17</v>
       </c>
       <c r="G56">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H56">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>13</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57" t="s">
         <v>129</v>
       </c>
       <c r="D57">
         <v>2021</v>
       </c>
       <c r="E57" t="s">
         <v>130</v>
       </c>
       <c r="F57" t="s">
         <v>17</v>
       </c>
       <c r="G57">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H57">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>13</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58">
         <v>2006</v>
       </c>
       <c r="E58" t="s">
         <v>132</v>
       </c>
       <c r="F58" t="s">
         <v>17</v>
       </c>
       <c r="G58">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H58">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>13</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59">
         <v>2012</v>
       </c>
       <c r="E59" t="s">
         <v>134</v>
       </c>
       <c r="F59" t="s">
         <v>17</v>
       </c>
       <c r="G59">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H59">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60" t="s">
         <v>135</v>
       </c>
       <c r="D60">
         <v>2020</v>
       </c>
       <c r="E60" t="s">
         <v>136</v>
       </c>
       <c r="F60" t="s">
         <v>17</v>
       </c>
       <c r="G60">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H60">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>13</v>
       </c>
       <c r="B61" t="s">
         <v>14</v>
       </c>
       <c r="C61" t="s">
         <v>137</v>
       </c>
       <c r="D61">
         <v>2019</v>
       </c>
       <c r="E61" t="s">
         <v>138</v>
       </c>
       <c r="F61" t="s">
         <v>17</v>
       </c>
       <c r="G61">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H61">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>13</v>
       </c>
       <c r="B62" t="s">
         <v>14</v>
       </c>
       <c r="C62" t="s">
         <v>139</v>
       </c>
       <c r="D62">
         <v>2001</v>
       </c>
       <c r="E62" t="s">
         <v>140</v>
       </c>
       <c r="F62" t="s">
         <v>17</v>
       </c>
       <c r="G62">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H62">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>13</v>
       </c>
       <c r="B63" t="s">
         <v>14</v>
       </c>
       <c r="C63" t="s">
         <v>141</v>
       </c>
       <c r="D63">
         <v>1997</v>
       </c>
       <c r="E63" t="s">
         <v>142</v>
       </c>
       <c r="F63" t="s">
         <v>17</v>
       </c>
       <c r="G63">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H63">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>13</v>
       </c>
       <c r="B64" t="s">
         <v>14</v>
       </c>
       <c r="C64" t="s">
         <v>143</v>
       </c>
       <c r="D64">
         <v>2018</v>
       </c>
       <c r="E64" t="s">
         <v>144</v>
       </c>
       <c r="F64" t="s">
         <v>17</v>
       </c>
       <c r="G64">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H64">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>13</v>
       </c>
       <c r="B65" t="s">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>145</v>
       </c>
       <c r="D65">
         <v>2016</v>
       </c>
       <c r="E65" t="s">
         <v>146</v>
       </c>
       <c r="F65" t="s">
         <v>17</v>
       </c>
       <c r="G65">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H65">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">