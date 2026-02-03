--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -444,56 +444,50 @@
     <t>Standard Test Method for  Electrical Resistivity of Manufactured Carbon and Graphite  Articles at Room Temperature</t>
   </si>
   <si>
     <t>ASTM D4955 : 89(2021)</t>
   </si>
   <si>
     <t>Standard Practice for  Field Evaluation of Automotive Polish</t>
   </si>
   <si>
     <t>ASTM D4078 : 02(2021)</t>
   </si>
   <si>
     <t>Standard Specification for  Water Emulsion Floor Polish</t>
   </si>
   <si>
     <t>ASTM D3430 : 95(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for  Clarity and Yellowness of Liquid Water-Based Clear Floor Polishes</t>
   </si>
   <si>
     <t>ASTM C1039 : 85(2020)e1</t>
   </si>
   <si>
     <t>Standard Test Methods for  Apparent Porosity, Apparent Specific Gravity, and Bulk Density  of Graphite Electrodes</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Test Method for  Sonic Velocity in Manufactured Carbon and Graphite Materials  for Use in Obtaining an Approximate Value of Young's Modulus</t>
   </si>
   <si>
     <t>ASTM D4095 : 97(2020)</t>
   </si>
   <si>
     <t>Standard Practice for  Use of the Refractometer for Determining Nonvolatile Matter  (Total Solids) in Floor Polishes</t>
   </si>
   <si>
     <t>ASTM D7972 : 14(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for Flexural Strength of Manufactured Carbon and Graphite Articles  Using Three-Point Loading at Room Temperature</t>
   </si>
   <si>
     <t>ASTM C1025 : 15(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for  Modulus of Rupture in Bending of Electrode Graphite</t>
   </si>
   <si>
     <t>ASTM C559 : 16(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for  Bulk Density by Physical Measurements of Manufactured Carbon  and Graphite Articles</t>
   </si>
@@ -833,51 +827,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -887,54 +881,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H2">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>72.0</v>
       </c>
       <c r="H3">
@@ -965,54 +959,54 @@
       </c>
       <c r="H4">
         <v>72.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2023</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6">
         <v>64.0</v>
       </c>
       <c r="H6">
@@ -1615,548 +1609,548 @@
       </c>
       <c r="H29">
         <v>64.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="B30" t="s">
         <v>20</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2023</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
         <v>23</v>
       </c>
       <c r="G30">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H30">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>2016</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31">
         <v>64.0</v>
       </c>
       <c r="H31">
         <v>64.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>77</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32">
         <v>2001</v>
       </c>
       <c r="E32" t="s">
         <v>79</v>
       </c>
       <c r="F32" t="s">
         <v>80</v>
       </c>
       <c r="G32">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H32">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33">
         <v>2009</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>80</v>
       </c>
       <c r="G33">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H33">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>77</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>2016</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>80</v>
       </c>
       <c r="G34">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H34">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2005</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>80</v>
       </c>
       <c r="G35">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H35">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36">
         <v>2005</v>
       </c>
       <c r="E36" t="s">
         <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>80</v>
       </c>
       <c r="G36">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H36">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H37">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38">
         <v>2022</v>
       </c>
       <c r="E38" t="s">
         <v>92</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H38">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>2020</v>
       </c>
       <c r="E39" t="s">
         <v>94</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H39">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2020</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H40">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>2019</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H41">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>99</v>
       </c>
       <c r="B42" t="s">
         <v>20</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42">
         <v>2018</v>
       </c>
       <c r="E42" t="s">
         <v>101</v>
       </c>
       <c r="F42" t="s">
         <v>23</v>
       </c>
       <c r="G42">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H42">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
         <v>20</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
       <c r="D43">
         <v>2019</v>
       </c>
       <c r="E43" t="s">
         <v>103</v>
       </c>
       <c r="F43" t="s">
         <v>23</v>
       </c>
       <c r="G43">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H43">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
         <v>20</v>
       </c>
       <c r="C44" t="s">
         <v>104</v>
       </c>
       <c r="D44">
         <v>28</v>
       </c>
       <c r="E44" t="s">
         <v>105</v>
       </c>
       <c r="F44" t="s">
         <v>23</v>
       </c>
       <c r="G44">
         <v>20.0</v>
       </c>
       <c r="H44">
         <v>20.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>106</v>
       </c>
       <c r="D45">
         <v>2021</v>
       </c>
       <c r="E45" t="s">
         <v>107</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>108</v>
       </c>
       <c r="D46">
         <v>2019</v>
       </c>
       <c r="E46" t="s">
         <v>109</v>
       </c>
       <c r="F46" t="s">
         <v>23</v>
       </c>
       <c r="G46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>19</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>110</v>
       </c>
       <c r="D47">
         <v>2021</v>
       </c>
       <c r="E47" t="s">
         <v>111</v>
       </c>
       <c r="F47" t="s">
         <v>23</v>
       </c>
       <c r="G47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>19</v>
       </c>
       <c r="B48" t="s">
         <v>20</v>
       </c>
       <c r="C48" t="s">
         <v>112</v>
       </c>
       <c r="D48">
         <v>2011</v>
       </c>
       <c r="E48" t="s">
         <v>113</v>
       </c>
       <c r="F48" t="s">
         <v>23</v>
       </c>
       <c r="G48">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H48">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>99</v>
       </c>
       <c r="B49" t="s">
         <v>20</v>
       </c>
       <c r="C49" t="s">
         <v>114</v>
       </c>
       <c r="D49">
         <v>2018</v>
       </c>
       <c r="E49" t="s">
         <v>115</v>
       </c>
       <c r="F49" t="s">
         <v>23</v>
       </c>
       <c r="G49">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H49">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>20</v>
       </c>
       <c r="C50" t="s">
         <v>116</v>
       </c>
       <c r="D50">
         <v>2007</v>
       </c>
       <c r="E50" t="s">
         <v>117</v>
       </c>
       <c r="F50" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>99</v>
@@ -2478,218 +2472,192 @@
       </c>
       <c r="E63" t="s">
         <v>143</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63">
         <v>64.0</v>
       </c>
       <c r="H63">
         <v>64.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
         <v>144</v>
       </c>
       <c r="D64">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="E64" t="s">
         <v>145</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H64">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
         <v>146</v>
       </c>
       <c r="D65">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="E65" t="s">
         <v>147</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H65">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
         <v>148</v>
       </c>
       <c r="D66">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E66" t="s">
         <v>149</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H66">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
         <v>150</v>
       </c>
       <c r="D67">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E67" t="s">
         <v>151</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67">
         <v>64.0</v>
       </c>
       <c r="H67">
         <v>64.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
         <v>152</v>
       </c>
       <c r="D68">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="E68" t="s">
         <v>153</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68">
         <v>64.0</v>
       </c>
       <c r="H68">
         <v>64.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
         <v>154</v>
       </c>
       <c r="D69">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E69" t="s">
         <v>155</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69">
         <v>64.0</v>
       </c>
       <c r="H69">
-        <v>64.0</v>
-[...24 lines deleted...]
-      <c r="H70">
         <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>