--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -120,62 +120,50 @@
     <t>Standard Test Method for  Hydroquinone in Vinyl Acetate</t>
   </si>
   <si>
     <t>ASTM D2191 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Acetaldehyde Content of Vinyl Acetate</t>
   </si>
   <si>
     <t>ASTM D5137 : 07(2021)</t>
   </si>
   <si>
     <t>Standard Specification for  Hexyl Acetate</t>
   </si>
   <si>
     <t>ASTM D2190 : 07(2021)</t>
   </si>
   <si>
     <t>Standard Specification for  Vinyl Acetate</t>
   </si>
   <si>
     <t>ASTM D2572 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for Isocyanate Groups in Urethane Materials or Prepolymers</t>
-  </si>
-[...10 lines deleted...]
-    <t>Standard Specification for  &lt;emph type="bdit"&gt;n&lt;/emph&gt;-Propyl Acetate (96&amp;#x2009;% Grade)</t>
   </si>
   <si>
     <t>ASTM D5353 : 95(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Total Desulfated Fatty Matter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -485,51 +473,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -816,114 +804,62 @@
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12">
         <v>64.0</v>
       </c>
       <c r="H12">
         <v>64.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13">
         <v>64.0</v>
       </c>
       <c r="H13">
-        <v>64.0</v>
-[...50 lines deleted...]
-      <c r="H15">
         <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>