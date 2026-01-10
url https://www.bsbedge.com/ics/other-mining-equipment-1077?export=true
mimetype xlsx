--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -80,66 +80,63 @@
   <si>
     <t>DIN</t>
   </si>
   <si>
     <t>DIN EN ISO 19296 : 2019</t>
   </si>
   <si>
     <t>Mining - Mobile machines working underground - Machine safety (ISO 19296:2018)</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>DIN EN 14591-4 : 2007</t>
   </si>
   <si>
     <t>Explosion prevention and protection in underground mines - Protective systems - Part 4: Automatic extinguishing systems for road headers</t>
   </si>
   <si>
     <t>DIN EN 14591-2 : 2007</t>
   </si>
   <si>
     <t>Explosion prevention and protection in underground mines - Protective systems - Part 2: Passive water trough barriers</t>
   </si>
   <si>
-    <t>Under Review</t>
+    <t>Confirmed</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
     <t>BS EN ISO 19296:2018</t>
   </si>
   <si>
     <t>Mining. Mobile machines working underground. Machine safety</t>
   </si>
   <si>
     <t>GBP</t>
-  </si>
-[...1 lines deleted...]
-    <t>Confirmed</t>
   </si>
   <si>
     <t>BS 248:1969</t>
   </si>
   <si>
     <t>Specification for light rails and fishplates for use at mines</t>
   </si>
   <si>
     <t>BS EN 14591-2:2007</t>
   </si>
   <si>
     <t>Explosion prevention and protection in underground mines. Protective systems - Passive water trough barriers</t>
   </si>
   <si>
     <t>BS 6353:1983</t>
   </si>
   <si>
     <t>Specification for underground loudspeaker communication systems in coal mines</t>
   </si>
   <si>
     <t>BS 4854:1972</t>
   </si>
   <si>
     <t>Specification for cars for manriding in mines</t>
   </si>
@@ -527,54 +524,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2018</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H2">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2019</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>176.07</v>
       </c>
       <c r="H3">
@@ -631,184 +628,184 @@
       </c>
       <c r="H5">
         <v>141.96</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2018</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D7">
         <v>1969</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D8">
         <v>2007</v>
       </c>
       <c r="E8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H8">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D9">
         <v>1983</v>
       </c>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H9">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D10">
         <v>1972</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>26</v>
       </c>
       <c r="G10">
         <v>258.0</v>
       </c>
       <c r="H10">
         <v>258.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D11">
         <v>2007</v>
       </c>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">