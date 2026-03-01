--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -550,132 +550,132 @@
       </c>
       <c r="H2">
         <v>181.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2019</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
       <c r="H3">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2007</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H4">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2007</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H5">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2018</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
-        <v>322.0</v>
+        <v>306.0</v>
       </c>
       <c r="H6">
-        <v>322.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7">
         <v>1969</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7">
         <v>166.0</v>
       </c>
       <c r="H7">
@@ -732,54 +732,54 @@
       </c>
       <c r="H9">
         <v>142.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>1972</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>26</v>
       </c>
       <c r="G10">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H10">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>2007</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11">
         <v>166.0</v>
       </c>
       <c r="H11">