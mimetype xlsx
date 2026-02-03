--- v0 (2025-12-20)
+++ v1 (2026-02-03)
@@ -506,54 +506,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2015</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H2">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2010</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>80.0</v>
       </c>
       <c r="H3">
@@ -644,51 +644,51 @@
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7">
         <v>2015</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
         <v>232.0</v>
       </c>
       <c r="H7">
         <v>232.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>2007</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8">
         <v>142.0</v>
       </c>
       <c r="H8">
         <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>