--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -613,470 +613,470 @@
       </c>
       <c r="H2">
         <v>64.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2011</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H3">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2008</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H4">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>1993</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5">
         <v>40.0</v>
       </c>
       <c r="H5">
         <v>40.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
         <v>20.0</v>
       </c>
       <c r="H7">
         <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8">
         <v>2020</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9">
         <v>2020</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10">
         <v>2002</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H10">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>2020</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H11">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12">
         <v>2001</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13">
         <v>2001</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
       <c r="F13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14">
         <v>1998</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H14">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15">
         <v>2006</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H15">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>2002</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H16">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2018</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H17">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>1999</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H18">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>1970</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20">
         <v>1998</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
         <v>64.0</v>
       </c>
       <c r="H20">