--- v0 (2026-01-01)
+++ v1 (2026-02-16)
@@ -1617,54 +1617,54 @@
       </c>
       <c r="H9">
         <v>452.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>17</v>
       </c>
       <c r="G11">
         <v>348.0</v>
       </c>
       <c r="H11">
@@ -1695,54 +1695,54 @@
       </c>
       <c r="H12">
         <v>322.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H13">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14">
         <v>20.0</v>
       </c>
       <c r="H14">
@@ -1851,54 +1851,54 @@
       </c>
       <c r="H18">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19">
         <v>2018</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>854.0</v>
+        <v>888.0</v>
       </c>
       <c r="H19">
-        <v>1066.0</v>
+        <v>1109.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>30</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>33</v>
       </c>
       <c r="G20">
         <v>0.0</v>
       </c>
       <c r="H20">
@@ -2345,444 +2345,444 @@
       </c>
       <c r="H37">
         <v>0.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>30</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38">
         <v>2003</v>
       </c>
       <c r="E38" t="s">
         <v>91</v>
       </c>
       <c r="F38" t="s">
         <v>33</v>
       </c>
       <c r="G38">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H38">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39">
         <v>2003</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>33</v>
       </c>
       <c r="G39">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H39">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>30</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40">
         <v>2009</v>
       </c>
       <c r="E40" t="s">
         <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>33</v>
       </c>
       <c r="G40">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H40">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>30</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41">
         <v>2014</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>33</v>
       </c>
       <c r="G41">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H41">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>30</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
       <c r="D42">
         <v>2002</v>
       </c>
       <c r="E42" t="s">
         <v>99</v>
       </c>
       <c r="F42" t="s">
         <v>33</v>
       </c>
       <c r="G42">
-        <v>465.0</v>
+        <v>495.0</v>
       </c>
       <c r="H42">
-        <v>465.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>30</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43">
         <v>1999</v>
       </c>
       <c r="E43" t="s">
         <v>99</v>
       </c>
       <c r="F43" t="s">
         <v>33</v>
       </c>
       <c r="G43">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
       <c r="H43">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>30</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
         <v>2010</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
         <v>33</v>
       </c>
       <c r="G44">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H44">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>30</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>1995</v>
       </c>
       <c r="E45" t="s">
         <v>99</v>
       </c>
       <c r="F45" t="s">
         <v>33</v>
       </c>
       <c r="G45">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H45">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>30</v>
       </c>
       <c r="C46" t="s">
         <v>104</v>
       </c>
       <c r="D46">
         <v>1993</v>
       </c>
       <c r="E46" t="s">
         <v>105</v>
       </c>
       <c r="F46" t="s">
         <v>33</v>
       </c>
       <c r="G46">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H46">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>30</v>
       </c>
       <c r="C47" t="s">
         <v>106</v>
       </c>
       <c r="D47">
         <v>2002</v>
       </c>
       <c r="E47" t="s">
         <v>107</v>
       </c>
       <c r="F47" t="s">
         <v>33</v>
       </c>
       <c r="G47">
         <v>10.0</v>
       </c>
       <c r="H47">
         <v>10.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>30</v>
       </c>
       <c r="C48" t="s">
         <v>108</v>
       </c>
       <c r="D48">
         <v>2008</v>
       </c>
       <c r="E48" t="s">
         <v>109</v>
       </c>
       <c r="F48" t="s">
         <v>33</v>
       </c>
       <c r="G48">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H48">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>30</v>
       </c>
       <c r="C49" t="s">
         <v>110</v>
       </c>
       <c r="D49">
         <v>2002</v>
       </c>
       <c r="E49" t="s">
         <v>111</v>
       </c>
       <c r="F49" t="s">
         <v>33</v>
       </c>
       <c r="G49">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
       <c r="H49">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>30</v>
       </c>
       <c r="C50" t="s">
         <v>112</v>
       </c>
       <c r="D50">
         <v>1999</v>
       </c>
       <c r="E50" t="s">
         <v>113</v>
       </c>
       <c r="F50" t="s">
         <v>33</v>
       </c>
       <c r="G50">
         <v>20.0</v>
       </c>
       <c r="H50">
         <v>20.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>30</v>
       </c>
       <c r="C51" t="s">
         <v>114</v>
       </c>
       <c r="D51">
         <v>1993</v>
       </c>
       <c r="E51" t="s">
         <v>115</v>
       </c>
       <c r="F51" t="s">
         <v>33</v>
       </c>
       <c r="G51">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H51">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>30</v>
       </c>
       <c r="C52" t="s">
         <v>116</v>
       </c>
       <c r="D52">
         <v>2014</v>
       </c>
       <c r="E52" t="s">
         <v>117</v>
       </c>
       <c r="F52" t="s">
         <v>33</v>
       </c>
       <c r="G52">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H52">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>30</v>
       </c>
       <c r="C53" t="s">
         <v>118</v>
       </c>
       <c r="D53">
         <v>2014</v>
       </c>
       <c r="E53" t="s">
         <v>119</v>
       </c>
       <c r="F53" t="s">
         <v>33</v>
       </c>
       <c r="G53">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H53">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>30</v>
       </c>
       <c r="C54" t="s">
         <v>120</v>
       </c>
       <c r="D54">
         <v>2009</v>
       </c>
       <c r="E54" t="s">
         <v>121</v>
       </c>
       <c r="F54" t="s">
         <v>33</v>
       </c>
       <c r="G54">
         <v>80.0</v>
       </c>
       <c r="H54">
@@ -2813,652 +2813,652 @@
       </c>
       <c r="H55">
         <v>80.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>30</v>
       </c>
       <c r="C56" t="s">
         <v>124</v>
       </c>
       <c r="D56">
         <v>2002</v>
       </c>
       <c r="E56" t="s">
         <v>125</v>
       </c>
       <c r="F56" t="s">
         <v>33</v>
       </c>
       <c r="G56">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H56">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>30</v>
       </c>
       <c r="C57" t="s">
         <v>126</v>
       </c>
       <c r="D57">
         <v>2022</v>
       </c>
       <c r="E57" t="s">
         <v>127</v>
       </c>
       <c r="F57" t="s">
         <v>33</v>
       </c>
       <c r="G57">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H57">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>30</v>
       </c>
       <c r="C58" t="s">
         <v>128</v>
       </c>
       <c r="D58">
         <v>2002</v>
       </c>
       <c r="E58" t="s">
         <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>33</v>
       </c>
       <c r="G58">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H58">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>30</v>
       </c>
       <c r="C59" t="s">
         <v>129</v>
       </c>
       <c r="D59">
         <v>2022</v>
       </c>
       <c r="E59" t="s">
         <v>130</v>
       </c>
       <c r="F59" t="s">
         <v>33</v>
       </c>
       <c r="G59">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H59">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>30</v>
       </c>
       <c r="C60" t="s">
         <v>131</v>
       </c>
       <c r="D60">
         <v>2022</v>
       </c>
       <c r="E60" t="s">
         <v>130</v>
       </c>
       <c r="F60" t="s">
         <v>33</v>
       </c>
       <c r="G60">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H60">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>30</v>
       </c>
       <c r="C61" t="s">
         <v>132</v>
       </c>
       <c r="D61">
         <v>2022</v>
       </c>
       <c r="E61" t="s">
         <v>127</v>
       </c>
       <c r="F61" t="s">
         <v>33</v>
       </c>
       <c r="G61">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H61">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>30</v>
       </c>
       <c r="C62" t="s">
         <v>133</v>
       </c>
       <c r="D62">
         <v>2020</v>
       </c>
       <c r="E62" t="s">
         <v>134</v>
       </c>
       <c r="F62" t="s">
         <v>33</v>
       </c>
       <c r="G62">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H62">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>30</v>
       </c>
       <c r="C63" t="s">
         <v>135</v>
       </c>
       <c r="D63">
         <v>2020</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>33</v>
       </c>
       <c r="G63">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H63">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>30</v>
       </c>
       <c r="C64" t="s">
         <v>136</v>
       </c>
       <c r="D64">
         <v>2020</v>
       </c>
       <c r="E64" t="s">
         <v>137</v>
       </c>
       <c r="F64" t="s">
         <v>33</v>
       </c>
       <c r="G64">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H64">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>30</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65">
         <v>2023</v>
       </c>
       <c r="E65" t="s">
         <v>139</v>
       </c>
       <c r="F65" t="s">
         <v>33</v>
       </c>
       <c r="G65">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H65">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>30</v>
       </c>
       <c r="C66" t="s">
         <v>140</v>
       </c>
       <c r="D66">
         <v>2013</v>
       </c>
       <c r="E66" t="s">
         <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="G66">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H66">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>30</v>
       </c>
       <c r="C67" t="s">
         <v>142</v>
       </c>
       <c r="D67">
         <v>2001</v>
       </c>
       <c r="E67" t="s">
         <v>125</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="G67">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H67">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>30</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
         <v>2018</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>33</v>
       </c>
       <c r="G68">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H68">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>30</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2018</v>
       </c>
       <c r="E69" t="s">
         <v>144</v>
       </c>
       <c r="F69" t="s">
         <v>33</v>
       </c>
       <c r="G69">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H69">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>30</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70">
         <v>2019</v>
       </c>
       <c r="E70" t="s">
         <v>147</v>
       </c>
       <c r="F70" t="s">
         <v>33</v>
       </c>
       <c r="G70">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H70">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>30</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71">
         <v>2002</v>
       </c>
       <c r="E71" t="s">
         <v>149</v>
       </c>
       <c r="F71" t="s">
         <v>33</v>
       </c>
       <c r="G71">
         <v>10.0</v>
       </c>
       <c r="H71">
         <v>10.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>30</v>
       </c>
       <c r="C72" t="s">
         <v>150</v>
       </c>
       <c r="D72">
         <v>2003</v>
       </c>
       <c r="E72" t="s">
         <v>151</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H72">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>30</v>
       </c>
       <c r="C73" t="s">
         <v>152</v>
       </c>
       <c r="D73">
         <v>2014</v>
       </c>
       <c r="E73" t="s">
         <v>153</v>
       </c>
       <c r="F73" t="s">
         <v>33</v>
       </c>
       <c r="G73">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H73">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>30</v>
       </c>
       <c r="C74" t="s">
         <v>154</v>
       </c>
       <c r="D74">
         <v>2001</v>
       </c>
       <c r="E74" t="s">
         <v>151</v>
       </c>
       <c r="F74" t="s">
         <v>33</v>
       </c>
       <c r="G74">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H74">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>30</v>
       </c>
       <c r="C75" t="s">
         <v>155</v>
       </c>
       <c r="D75">
         <v>2003</v>
       </c>
       <c r="E75" t="s">
         <v>156</v>
       </c>
       <c r="F75" t="s">
         <v>33</v>
       </c>
       <c r="G75">
         <v>10.0</v>
       </c>
       <c r="H75">
         <v>10.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>30</v>
       </c>
       <c r="C76" t="s">
         <v>157</v>
       </c>
       <c r="D76">
         <v>2017</v>
       </c>
       <c r="E76" t="s">
         <v>158</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>30</v>
       </c>
       <c r="C77" t="s">
         <v>159</v>
       </c>
       <c r="D77">
         <v>1997</v>
       </c>
       <c r="E77" t="s">
         <v>160</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77">
         <v>20.0</v>
       </c>
       <c r="H77">
         <v>20.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>30</v>
       </c>
       <c r="C78" t="s">
         <v>161</v>
       </c>
       <c r="D78">
         <v>2021</v>
       </c>
       <c r="E78" t="s">
         <v>162</v>
       </c>
       <c r="F78" t="s">
         <v>33</v>
       </c>
       <c r="G78">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H78">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>30</v>
       </c>
       <c r="C79" t="s">
         <v>163</v>
       </c>
       <c r="D79">
         <v>1993</v>
       </c>
       <c r="E79" t="s">
         <v>111</v>
       </c>
       <c r="F79" t="s">
         <v>33</v>
       </c>
       <c r="G79">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H79">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>30</v>
       </c>
       <c r="C80" t="s">
         <v>164</v>
       </c>
       <c r="D80">
         <v>2002</v>
       </c>
       <c r="E80" t="s">
         <v>165</v>
       </c>
       <c r="F80" t="s">
         <v>33</v>
       </c>
       <c r="G80">
         <v>10.0</v>
       </c>
       <c r="H80">
@@ -3489,340 +3489,340 @@
       </c>
       <c r="H81">
         <v>10.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>30</v>
       </c>
       <c r="C82" t="s">
         <v>168</v>
       </c>
       <c r="D82">
         <v>2009</v>
       </c>
       <c r="E82" t="s">
         <v>169</v>
       </c>
       <c r="F82" t="s">
         <v>33</v>
       </c>
       <c r="G82">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H82">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>30</v>
       </c>
       <c r="C83" t="s">
         <v>170</v>
       </c>
       <c r="D83">
         <v>2009</v>
       </c>
       <c r="E83" t="s">
         <v>171</v>
       </c>
       <c r="F83" t="s">
         <v>33</v>
       </c>
       <c r="G83">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H83">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>30</v>
       </c>
       <c r="C84" t="s">
         <v>172</v>
       </c>
       <c r="D84">
         <v>2014</v>
       </c>
       <c r="E84" t="s">
         <v>173</v>
       </c>
       <c r="F84" t="s">
         <v>33</v>
       </c>
       <c r="G84">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H84">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>30</v>
       </c>
       <c r="C85" t="s">
         <v>174</v>
       </c>
       <c r="D85">
         <v>2022</v>
       </c>
       <c r="E85" t="s">
         <v>175</v>
       </c>
       <c r="F85" t="s">
         <v>33</v>
       </c>
       <c r="G85">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H85">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>30</v>
       </c>
       <c r="C86" t="s">
         <v>176</v>
       </c>
       <c r="D86">
         <v>2021</v>
       </c>
       <c r="E86" t="s">
         <v>177</v>
       </c>
       <c r="F86" t="s">
         <v>33</v>
       </c>
       <c r="G86">
         <v>115.0</v>
       </c>
       <c r="H86">
         <v>115.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>30</v>
       </c>
       <c r="C87" t="s">
         <v>178</v>
       </c>
       <c r="D87">
         <v>2019</v>
       </c>
       <c r="E87" t="s">
         <v>179</v>
       </c>
       <c r="F87" t="s">
         <v>33</v>
       </c>
       <c r="G87">
-        <v>1772.0</v>
+        <v>1855.0</v>
       </c>
       <c r="H87">
-        <v>1772.0</v>
+        <v>1855.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>30</v>
       </c>
       <c r="C88" t="s">
         <v>180</v>
       </c>
       <c r="D88">
         <v>2019</v>
       </c>
       <c r="E88" t="s">
         <v>181</v>
       </c>
       <c r="F88" t="s">
         <v>33</v>
       </c>
       <c r="G88">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H88">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>30</v>
       </c>
       <c r="C89" t="s">
         <v>182</v>
       </c>
       <c r="D89">
         <v>2014</v>
       </c>
       <c r="E89" t="s">
         <v>183</v>
       </c>
       <c r="F89" t="s">
         <v>33</v>
       </c>
       <c r="G89">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H89">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>30</v>
       </c>
       <c r="C90" t="s">
         <v>184</v>
       </c>
       <c r="D90">
         <v>2018</v>
       </c>
       <c r="E90" t="s">
         <v>185</v>
       </c>
       <c r="F90" t="s">
         <v>33</v>
       </c>
       <c r="G90">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
       <c r="H90">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>30</v>
       </c>
       <c r="C91" t="s">
         <v>186</v>
       </c>
       <c r="D91">
         <v>2018</v>
       </c>
       <c r="E91" t="s">
         <v>185</v>
       </c>
       <c r="F91" t="s">
         <v>33</v>
       </c>
       <c r="G91">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H91">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>30</v>
       </c>
       <c r="C92" t="s">
         <v>187</v>
       </c>
       <c r="D92">
         <v>2010</v>
       </c>
       <c r="E92" t="s">
         <v>188</v>
       </c>
       <c r="F92" t="s">
         <v>33</v>
       </c>
       <c r="G92">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H92">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>30</v>
       </c>
       <c r="C93" t="s">
         <v>189</v>
       </c>
       <c r="D93">
         <v>2010</v>
       </c>
       <c r="E93" t="s">
         <v>190</v>
       </c>
       <c r="F93" t="s">
         <v>33</v>
       </c>
       <c r="G93">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H93">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94" t="s">
         <v>192</v>
       </c>
       <c r="D94">
         <v>2021</v>
       </c>
       <c r="E94" t="s">
         <v>193</v>
       </c>
       <c r="F94" t="s">
         <v>194</v>
       </c>
       <c r="G94">
         <v>18.74</v>
       </c>
       <c r="H94">