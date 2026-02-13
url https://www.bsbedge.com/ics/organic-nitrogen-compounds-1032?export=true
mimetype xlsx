--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -661,158 +661,158 @@
       </c>
       <c r="H5">
         <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H6">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2002</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H8">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H10">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>23</v>
       </c>
       <c r="G11">
         <v>20.0</v>
       </c>
       <c r="H11">
@@ -843,54 +843,54 @@
       </c>
       <c r="H12">
         <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13">
         <v>2002</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
       <c r="F13" t="s">
         <v>23</v>
       </c>
       <c r="G13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14">
         <v>2004</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>64.0</v>
       </c>
       <c r="H14">