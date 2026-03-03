--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -626,50 +626,53 @@
   <si>
     <t>Audio Archive System - Part 1-1: DVD disk and data migration for long term audio data storage (IEC 62702-1-1:2016/COR1:2018); English version EN 62702-1-1:2016/AC:2018-04</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>DIN EN 62702-1-1 : 2017</t>
   </si>
   <si>
     <t>Audio Archive System - Part 1-1: DVD disk and data migration for long term audio data storage (IEC 62702-1-1:2016); English version EN 62702-1-1:2016</t>
   </si>
   <si>
     <t>DIN EN 62403 : 2006</t>
   </si>
   <si>
     <t>High density recording format on CD-R/RW disc system - HD-BURN format (IEC 62403:2005); German version EN 62403:2006, text in English</t>
   </si>
   <si>
     <t>DIN EN 62345 : 2005</t>
   </si>
   <si>
     <t>ID format for 50 mm magneto-optical disc system (IEC 62345:2005); German version EN 62345:2005, text in English</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>BS ISO/IEC 30191:2021</t>
   </si>
   <si>
     <t>Information technology. Digitally recorded media for information interchange and storage. 120 mm Triple Layer (100,0 Gbytes single sided disk and 200,0 Gbytes double sided disk) and Quadruple Layer (128,0 Gbytes single sided disk) BD Recordable disk</t>
   </si>
   <si>
     <t>BS ISO/IEC 9660:2023</t>
   </si>
   <si>
     <t>Information processing. Volume and file structure of CD-ROM for information interchange</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS ISO/IEC 16963:2017</t>
   </si>
   <si>
     <t>Information technology. Digitally recorded media for information interchange and storage. Test method for the estimation of lifetime of optical disks for long-term data storage</t>
   </si>
   <si>
     <t>BS ISO/IEC 30192:2021</t>
   </si>
   <si>
     <t>Information technology. Digitally recorded media for information interchange and storage. 120 mm Single Layer (25,0 Gbytes per disk) and Dual Layer (50,0 Gbytes per disk) BD Rewritable disk</t>
@@ -726,53 +729,50 @@
     <t>BS ISO/IEC 30190:2021</t>
   </si>
   <si>
     <t>Information technology. Digitally recorded media for information interchange and storage. 120 mm Single Layer (25,0 Gbytes per disk) and Dual Layer (50,0 Gbytes per disk) BD Recordable disk</t>
   </si>
   <si>
     <t>18/30380891 DC</t>
   </si>
   <si>
     <t>BS ISO/IEC 30192:2016 AMD 1. Information technology. Digitally recorded media for information interchange and storage. 120 mm Single Layer (25,0 Gbytes per disk) and Dual Layer (50,0 Gbytes per disk) BD Rewritable disk</t>
   </si>
   <si>
     <t>21/30430666 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62702-1-2. Audio archive system - Part 1-2. BD disk and data migration for long-term audio data storage</t>
   </si>
   <si>
     <t>Proposed for Withdrawal</t>
   </si>
   <si>
     <t>BS EN 62702-1-1:2016</t>
   </si>
   <si>
     <t>Audio Archive System - DVD disk and data migration for long term audio data storage</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS ISO/IEC 30193:2021</t>
   </si>
   <si>
     <t>Information technology . Digitally recorded media for information interchange and storage. 120 mm triple layer (100,0 Gbytes per disk) BD rewritable disk</t>
   </si>
   <si>
     <t>19/30394908 DC</t>
   </si>
   <si>
     <t>BS ISO 9660 AMD2. Information processing. Volume and file structure of CD-ROM for information interchange</t>
   </si>
   <si>
     <t>BS ISO/IEC 13963:1995</t>
   </si>
   <si>
     <t>Information technology. Data interchange on 90 mm optical disk cartridges. Capacity: 230 megabytes per cartridge</t>
   </si>
   <si>
     <t>BS ISO 11928-2:2000</t>
   </si>
   <si>
     <t>Micrographics. Quality control of graphic COM recorders - Quality criteria and control</t>
   </si>
@@ -4332,518 +4332,518 @@
       </c>
       <c r="H117">
         <v>0.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>194</v>
       </c>
       <c r="C118" t="s">
         <v>198</v>
       </c>
       <c r="D118">
         <v>2017</v>
       </c>
       <c r="E118" t="s">
         <v>199</v>
       </c>
       <c r="F118" t="s">
         <v>197</v>
       </c>
       <c r="G118">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
       <c r="H118">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>194</v>
       </c>
       <c r="C119" t="s">
         <v>200</v>
       </c>
       <c r="D119">
         <v>2006</v>
       </c>
       <c r="E119" t="s">
         <v>201</v>
       </c>
       <c r="F119" t="s">
         <v>197</v>
       </c>
       <c r="G119">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H119">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>194</v>
       </c>
       <c r="C120" t="s">
         <v>202</v>
       </c>
       <c r="D120">
         <v>2005</v>
       </c>
       <c r="E120" t="s">
         <v>203</v>
       </c>
       <c r="F120" t="s">
         <v>197</v>
       </c>
       <c r="G120">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
       <c r="H120">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="B121" t="s">
         <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D121">
         <v>2021</v>
       </c>
       <c r="E121" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F121" t="s">
         <v>19</v>
       </c>
       <c r="G121">
         <v>348.0</v>
       </c>
       <c r="H121">
         <v>348.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122" t="s">
         <v>16</v>
       </c>
       <c r="C122" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D122">
         <v>2023</v>
       </c>
       <c r="E122" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F122" t="s">
         <v>19</v>
       </c>
       <c r="G122">
         <v>348.0</v>
       </c>
       <c r="H122">
         <v>348.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B123" t="s">
         <v>16</v>
       </c>
       <c r="C123" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D123">
         <v>2017</v>
       </c>
       <c r="E123" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F123" t="s">
         <v>19</v>
       </c>
       <c r="G123">
         <v>322.0</v>
       </c>
       <c r="H123">
         <v>322.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="B124" t="s">
         <v>16</v>
       </c>
       <c r="C124" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D124">
         <v>2021</v>
       </c>
       <c r="E124" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F124" t="s">
         <v>19</v>
       </c>
       <c r="G124">
         <v>348.0</v>
       </c>
       <c r="H124">
         <v>348.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>15</v>
       </c>
       <c r="B125" t="s">
         <v>16</v>
       </c>
       <c r="C125" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E125" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F125" t="s">
         <v>19</v>
       </c>
       <c r="G125">
         <v>20.0</v>
       </c>
       <c r="H125">
         <v>20.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>15</v>
       </c>
       <c r="B126" t="s">
         <v>16</v>
       </c>
       <c r="C126" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D126">
         <v>2022</v>
       </c>
       <c r="E126" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F126" t="s">
         <v>19</v>
       </c>
       <c r="G126">
         <v>326.0</v>
       </c>
       <c r="H126">
         <v>326.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>15</v>
       </c>
       <c r="B127" t="s">
         <v>16</v>
       </c>
       <c r="C127" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D127">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F127" t="s">
         <v>19</v>
       </c>
       <c r="G127">
         <v>20.0</v>
       </c>
       <c r="H127">
         <v>20.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>15</v>
       </c>
       <c r="B128" t="s">
         <v>16</v>
       </c>
       <c r="C128" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E128" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F128" t="s">
         <v>19</v>
       </c>
       <c r="G128">
         <v>20.0</v>
       </c>
       <c r="H128">
         <v>20.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>15</v>
       </c>
       <c r="B129" t="s">
         <v>16</v>
       </c>
       <c r="C129" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D129">
         <v>2022</v>
       </c>
       <c r="E129" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F129" t="s">
         <v>19</v>
       </c>
       <c r="G129">
         <v>232.0</v>
       </c>
       <c r="H129">
         <v>232.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>15</v>
       </c>
       <c r="B130" t="s">
         <v>16</v>
       </c>
       <c r="C130" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D130">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F130" t="s">
         <v>19</v>
       </c>
       <c r="G130">
         <v>20.0</v>
       </c>
       <c r="H130">
         <v>20.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="B131" t="s">
         <v>16</v>
       </c>
       <c r="C131" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D131">
         <v>2021</v>
       </c>
       <c r="E131" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F131" t="s">
         <v>19</v>
       </c>
       <c r="G131">
         <v>272.0</v>
       </c>
       <c r="H131">
         <v>272.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>15</v>
       </c>
       <c r="B132" t="s">
         <v>16</v>
       </c>
       <c r="C132" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D132">
         <v>22</v>
       </c>
       <c r="E132" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F132" t="s">
         <v>19</v>
       </c>
       <c r="G132">
         <v>20.0</v>
       </c>
       <c r="H132">
         <v>20.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="B133" t="s">
         <v>16</v>
       </c>
       <c r="C133" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D133">
         <v>2021</v>
       </c>
       <c r="E133" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F133" t="s">
         <v>19</v>
       </c>
       <c r="G133">
         <v>348.0</v>
       </c>
       <c r="H133">
         <v>348.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>15</v>
       </c>
       <c r="B134" t="s">
         <v>16</v>
       </c>
       <c r="C134" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E134" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F134" t="s">
         <v>19</v>
       </c>
       <c r="G134">
         <v>20.0</v>
       </c>
       <c r="H134">
         <v>20.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>15</v>
       </c>
       <c r="B135" t="s">
         <v>16</v>
       </c>
       <c r="C135" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D135">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F135" t="s">
         <v>19</v>
       </c>
       <c r="G135">
         <v>20.0</v>
       </c>
       <c r="H135">
         <v>20.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B136" t="s">
         <v>16</v>
       </c>
       <c r="C136" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D136">
         <v>2016</v>
       </c>
       <c r="E136" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F136" t="s">
         <v>19</v>
       </c>
       <c r="G136">
         <v>232.0</v>
       </c>
       <c r="H136">
         <v>232.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>238</v>
+        <v>204</v>
       </c>
       <c r="B137" t="s">
         <v>16</v>
       </c>
       <c r="C137" t="s">
         <v>239</v>
       </c>
       <c r="D137">
         <v>2021</v>
       </c>
       <c r="E137" t="s">
         <v>240</v>
       </c>
       <c r="F137" t="s">
         <v>19</v>
       </c>
       <c r="G137">
         <v>348.0</v>
       </c>
       <c r="H137">
         <v>348.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
@@ -4874,51 +4874,51 @@
       </c>
       <c r="B139" t="s">
         <v>16</v>
       </c>
       <c r="C139" t="s">
         <v>243</v>
       </c>
       <c r="D139">
         <v>1995</v>
       </c>
       <c r="E139" t="s">
         <v>244</v>
       </c>
       <c r="F139" t="s">
         <v>19</v>
       </c>
       <c r="G139">
         <v>348.0</v>
       </c>
       <c r="H139">
         <v>348.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B140" t="s">
         <v>16</v>
       </c>
       <c r="C140" t="s">
         <v>245</v>
       </c>
       <c r="D140">
         <v>2000</v>
       </c>
       <c r="E140" t="s">
         <v>246</v>
       </c>
       <c r="F140" t="s">
         <v>19</v>
       </c>
       <c r="G140">
         <v>166.0</v>
       </c>
       <c r="H140">
         <v>166.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
@@ -4926,51 +4926,51 @@
       </c>
       <c r="B141" t="s">
         <v>16</v>
       </c>
       <c r="C141" t="s">
         <v>247</v>
       </c>
       <c r="D141">
         <v>23</v>
       </c>
       <c r="E141" t="s">
         <v>248</v>
       </c>
       <c r="F141" t="s">
         <v>19</v>
       </c>
       <c r="G141">
         <v>66.0</v>
       </c>
       <c r="H141">
         <v>66.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B142" t="s">
         <v>16</v>
       </c>
       <c r="C142" t="s">
         <v>249</v>
       </c>
       <c r="D142">
         <v>2008</v>
       </c>
       <c r="E142" t="s">
         <v>250</v>
       </c>
       <c r="F142" t="s">
         <v>19</v>
       </c>
       <c r="G142">
         <v>232.0</v>
       </c>
       <c r="H142">
         <v>232.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
@@ -5079,77 +5079,77 @@
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>15</v>
       </c>
       <c r="B147" t="s">
         <v>16</v>
       </c>
       <c r="C147" t="s">
         <v>259</v>
       </c>
       <c r="E147" t="s">
         <v>260</v>
       </c>
       <c r="F147" t="s">
         <v>19</v>
       </c>
       <c r="G147">
         <v>20.0</v>
       </c>
       <c r="H147">
         <v>20.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>238</v>
+        <v>204</v>
       </c>
       <c r="B148" t="s">
         <v>16</v>
       </c>
       <c r="C148" t="s">
         <v>261</v>
       </c>
       <c r="D148">
         <v>2014</v>
       </c>
       <c r="E148" t="s">
         <v>262</v>
       </c>
       <c r="F148" t="s">
         <v>19</v>
       </c>
       <c r="G148">
         <v>272.0</v>
       </c>
       <c r="H148">
         <v>272.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B149" t="s">
         <v>16</v>
       </c>
       <c r="C149" t="s">
         <v>263</v>
       </c>
       <c r="D149">
         <v>2012</v>
       </c>
       <c r="E149" t="s">
         <v>264</v>
       </c>
       <c r="F149" t="s">
         <v>19</v>
       </c>
       <c r="G149">
         <v>232.0</v>
       </c>
       <c r="H149">
         <v>232.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
@@ -5209,51 +5209,51 @@
       </c>
       <c r="B152" t="s">
         <v>16</v>
       </c>
       <c r="C152" t="s">
         <v>269</v>
       </c>
       <c r="D152">
         <v>21</v>
       </c>
       <c r="E152" t="s">
         <v>270</v>
       </c>
       <c r="F152" t="s">
         <v>19</v>
       </c>
       <c r="G152">
         <v>66.0</v>
       </c>
       <c r="H152">
         <v>66.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>238</v>
+        <v>204</v>
       </c>
       <c r="B153" t="s">
         <v>16</v>
       </c>
       <c r="C153" t="s">
         <v>271</v>
       </c>
       <c r="D153">
         <v>1989</v>
       </c>
       <c r="E153" t="s">
         <v>272</v>
       </c>
       <c r="F153" t="s">
         <v>19</v>
       </c>
       <c r="G153">
         <v>272.0</v>
       </c>
       <c r="H153">
         <v>272.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
@@ -5261,51 +5261,51 @@
       </c>
       <c r="B154" t="s">
         <v>16</v>
       </c>
       <c r="C154" t="s">
         <v>273</v>
       </c>
       <c r="D154">
         <v>1996</v>
       </c>
       <c r="E154" t="s">
         <v>274</v>
       </c>
       <c r="F154" t="s">
         <v>19</v>
       </c>
       <c r="G154">
         <v>348.0</v>
       </c>
       <c r="H154">
         <v>348.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B155" t="s">
         <v>16</v>
       </c>
       <c r="C155" t="s">
         <v>275</v>
       </c>
       <c r="D155">
         <v>2013</v>
       </c>
       <c r="E155" t="s">
         <v>276</v>
       </c>
       <c r="F155" t="s">
         <v>19</v>
       </c>
       <c r="G155">
         <v>272.0</v>
       </c>
       <c r="H155">
         <v>272.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
@@ -5495,51 +5495,51 @@
       </c>
       <c r="B163" t="s">
         <v>16</v>
       </c>
       <c r="C163" t="s">
         <v>291</v>
       </c>
       <c r="D163">
         <v>1991</v>
       </c>
       <c r="E163" t="s">
         <v>292</v>
       </c>
       <c r="F163" t="s">
         <v>19</v>
       </c>
       <c r="G163">
         <v>348.0</v>
       </c>
       <c r="H163">
         <v>348.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B164" t="s">
         <v>16</v>
       </c>
       <c r="C164" t="s">
         <v>293</v>
       </c>
       <c r="D164">
         <v>2013</v>
       </c>
       <c r="E164" t="s">
         <v>294</v>
       </c>
       <c r="F164" t="s">
         <v>19</v>
       </c>
       <c r="G164">
         <v>166.0</v>
       </c>
       <c r="H164">
         <v>166.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">