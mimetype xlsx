--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -2728,51 +2728,51 @@
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>147</v>
       </c>
       <c r="D65">
         <v>2013</v>
       </c>
       <c r="E65" t="s">
         <v>148</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>258.0</v>
       </c>
       <c r="H65">
         <v>258.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>149</v>
       </c>
       <c r="D66">
         <v>2020</v>
       </c>
       <c r="E66" t="s">
         <v>150</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>290.0</v>
       </c>
       <c r="H66">
         <v>290.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
@@ -2806,51 +2806,51 @@
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>153</v>
       </c>
       <c r="D68">
         <v>2022</v>
       </c>
       <c r="E68" t="s">
         <v>154</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
         <v>362.0</v>
       </c>
       <c r="H68">
         <v>362.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>155</v>
       </c>
       <c r="D69">
         <v>2020</v>
       </c>
       <c r="E69" t="s">
         <v>156</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
         <v>306.0</v>
       </c>
       <c r="H69">
         <v>306.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
@@ -2884,51 +2884,51 @@
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>159</v>
       </c>
       <c r="D71">
         <v>2005</v>
       </c>
       <c r="E71" t="s">
         <v>160</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>220.0</v>
       </c>
       <c r="H71">
         <v>220.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>161</v>
       </c>
       <c r="D72">
         <v>2020</v>
       </c>
       <c r="E72" t="s">
         <v>162</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
         <v>306.0</v>
       </c>
       <c r="H72">
         <v>306.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
@@ -3040,77 +3040,77 @@
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>171</v>
       </c>
       <c r="D77">
         <v>2000</v>
       </c>
       <c r="E77" t="s">
         <v>172</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
         <v>306.0</v>
       </c>
       <c r="H77">
         <v>306.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>173</v>
       </c>
       <c r="D78">
         <v>2020</v>
       </c>
       <c r="E78" t="s">
         <v>174</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
         <v>406.0</v>
       </c>
       <c r="H78">
         <v>406.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>175</v>
       </c>
       <c r="D79">
         <v>2020</v>
       </c>
       <c r="E79" t="s">
         <v>176</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
         <v>430.0</v>
       </c>
       <c r="H79">
         <v>430.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
@@ -3245,51 +3245,51 @@
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>187</v>
       </c>
       <c r="D85">
         <v>1979</v>
       </c>
       <c r="E85" t="s">
         <v>188</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
         <v>220.0</v>
       </c>
       <c r="H85">
         <v>220.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>8</v>
+        <v>146</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>189</v>
       </c>
       <c r="D86">
         <v>2020</v>
       </c>
       <c r="E86" t="s">
         <v>190</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
         <v>258.0</v>
       </c>
       <c r="H86">
         <v>258.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
@@ -3502,51 +3502,51 @@
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>207</v>
       </c>
       <c r="D95">
         <v>2001</v>
       </c>
       <c r="E95" t="s">
         <v>208</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
         <v>158.0</v>
       </c>
       <c r="H95">
         <v>158.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>209</v>
       </c>
       <c r="D96">
         <v>2020</v>
       </c>
       <c r="E96" t="s">
         <v>210</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
         <v>306.0</v>
       </c>
       <c r="H96">
         <v>306.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">