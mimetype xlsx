--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -758,54 +758,54 @@
       </c>
       <c r="H7">
         <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H8">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9">
         <v>2015</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>80.0</v>
       </c>
       <c r="H9">
@@ -862,210 +862,210 @@
       </c>
       <c r="H11">
         <v>72.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12">
         <v>1973</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>26</v>
       </c>
       <c r="G12">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
       <c r="H12">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13">
         <v>1997</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>26</v>
       </c>
       <c r="G13">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H13">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14">
         <v>1981</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H14">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2008</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
       </c>
       <c r="G15">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H15">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16">
         <v>1983</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H16">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17">
         <v>2004</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>52</v>
       </c>
       <c r="G17">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H17">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18">
         <v>2008</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>52</v>
       </c>
       <c r="G18">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H18">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19">
         <v>2009</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>72.0</v>
       </c>
       <c r="H19">