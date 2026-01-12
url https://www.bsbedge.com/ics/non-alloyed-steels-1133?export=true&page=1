--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -650,756 +650,756 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
       <c r="H2">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H3">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H5">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H7">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
       <c r="G8">
         <v>20.0</v>
       </c>
       <c r="H8">
         <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
         <v>2024</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H9">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H10">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>2016</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H11">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12">
         <v>9700.0</v>
       </c>
       <c r="H12">
         <v>9700.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>2014</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>28</v>
       </c>
       <c r="G13">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H13">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H14">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>24</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
         <v>2016</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H15">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>2018</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H16">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2018</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H17">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>2021</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>278.6</v>
+        <v>287.01</v>
       </c>
       <c r="H18">
-        <v>278.6</v>
+        <v>287.01</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
         <v>1999</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H19">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
         <v>2022</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H20">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>1996</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H21">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
         <v>2019</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H22">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23">
         <v>2019</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>19</v>
       </c>
       <c r="G23">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H23">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
         <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>19</v>
       </c>
       <c r="G24">
         <v>20.0</v>
       </c>
       <c r="H24">
         <v>20.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
         <v>2019</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>19</v>
       </c>
       <c r="G25">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H25">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>61</v>
       </c>
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26">
         <v>2018</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>19</v>
       </c>
       <c r="G26">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H26">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27">
         <v>15</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>19</v>
       </c>
       <c r="G27">
         <v>20.0</v>
       </c>
       <c r="H27">
         <v>20.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>72</v>
       </c>
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>2011</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>19</v>
       </c>
       <c r="G28">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H28">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29">
         <v>2021</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
         <v>19</v>
       </c>
       <c r="G29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30">
         <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>78</v>
       </c>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30">
         <v>36.0</v>
       </c>
       <c r="H30">