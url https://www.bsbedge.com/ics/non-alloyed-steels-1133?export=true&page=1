--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -12,112 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
+    <t>Definitive</t>
+  </si>
+  <si>
+    <t>BSI</t>
+  </si>
+  <si>
+    <t>BS EN 10253-2:2021+A1:2025</t>
+  </si>
+  <si>
+    <t>Butt-welding pipe fittings - Non alloy and ferritic alloy steels with specific inspection requirements</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>DIN</t>
   </si>
   <si>
     <t>DIN EN ISO 683-7 : 2025</t>
   </si>
   <si>
     <t>Heat-treatable steels, alloy steels and free-cutting steels - Part 7: Bright products of non-alloy and alloy steels (ISO 683-7:2023)</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>DIN EN 10253-1 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Butt-welding pipe fittings - Part 1: Wrought carbon steel for general use and without specific inspection requirements; German and English version prEN 10253-1:2025</t>
   </si>
   <si>
-    <t>Definitive</t>
-[...4 lines deleted...]
-  <si>
     <t>BS EN ISO 683-7:2024</t>
   </si>
   <si>
     <t>Heat-treatable steels, alloy steels and free-cutting steels - Bright products of non-alloy and alloy steels</t>
   </si>
   <si>
-    <t>GBP</t>
-[...1 lines deleted...]
-  <si>
     <t>BS ISO 4954-1:2024 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Steels for cold heading and cold extruding. Technical delivery conditions - Non-alloy and alloy steels</t>
   </si>
   <si>
     <t>BS ISO 4954-1:2024</t>
   </si>
   <si>
     <t>Steels for cold heading and cold extruding. Technical delivery conditions - Non-alloy and alloy steels</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
     <t>ISO 4954-1 : 2024</t>
   </si>
   <si>
     <t>Steels for cold heading and cold extruding — Technical delivery conditions — Part 1: Non-alloy and alloy steels</t>
   </si>
   <si>
     <t>CHF</t>
@@ -240,53 +246,50 @@
     <t>Hot rolled products of structural steels - Technical delivery conditions for non-alloy structural steels</t>
   </si>
   <si>
     <t>BS EN ISO 683-1:2018</t>
   </si>
   <si>
     <t>Heat-treatable steels, alloy steels and free-cutting steels - Non-alloy steels for quenching and tempering</t>
   </si>
   <si>
     <t>22/30456826 DC</t>
   </si>
   <si>
     <t>BS ISO 683-7. Heat-treatable steels, alloy steels and free-cutting steels - Part 7. Bright products of non-alloy and alloy steels</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS EN 10351:2011</t>
   </si>
   <si>
     <t>Chemical analysis of ferrous materials. Inductively coupled plasma optical emission spectrometric analysis of unalloyed and low alloyed steels. Determination of Mn, P, Cu, Ni, Cr, Mo, V, Co, Al (total) and Sn [Routine method]</t>
   </si>
   <si>
     <t>BS EN 10253-2:2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>Butt-welding pipe fittings - Non alloy and ferritic alloy steels with specific inspection requirements</t>
   </si>
   <si>
     <t>17/30347088 DC</t>
   </si>
   <si>
     <t>BS EN 10253-2. Butt-welding pipe fittings - Part 2. Non alloy and ferritic alloy steels with specific inspection requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -596,835 +599,861 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>181.4</v>
+        <v>348.0</v>
       </c>
       <c r="H2">
-        <v>181.4</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3">
-        <v>111.4</v>
+        <v>181.4</v>
       </c>
       <c r="H3">
-        <v>111.4</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4">
+        <v>2025</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
         <v>17</v>
       </c>
-      <c r="D4">
-[...7 lines deleted...]
-      </c>
       <c r="G4">
-        <v>322.0</v>
+        <v>111.4</v>
       </c>
       <c r="H4">
-        <v>322.0</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G5">
-        <v>452.0</v>
+        <v>322.0</v>
       </c>
       <c r="H5">
-        <v>452.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G6">
-        <v>322.0</v>
+        <v>452.0</v>
       </c>
       <c r="H6">
-        <v>322.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="G7">
-        <v>204.0</v>
+        <v>322.0</v>
       </c>
       <c r="H7">
-        <v>204.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8">
+        <v>2024</v>
+      </c>
+      <c r="E8" t="s">
         <v>29</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>30</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8">
-        <v>20.0</v>
+        <v>204.0</v>
       </c>
       <c r="H8">
-        <v>20.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
-        <v>2024</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>69.91</v>
+        <v>20.0</v>
       </c>
       <c r="H9">
-        <v>69.91</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G10">
-        <v>204.0</v>
+        <v>69.91</v>
       </c>
       <c r="H10">
-        <v>204.0</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
         <v>35</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>2023</v>
+      </c>
+      <c r="E11" t="s">
         <v>36</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="G11">
-        <v>7900.0</v>
+        <v>204.0</v>
       </c>
       <c r="H11">
-        <v>7900.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12">
+        <v>2016</v>
+      </c>
+      <c r="E12" t="s">
         <v>39</v>
       </c>
-      <c r="D12">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>40</v>
       </c>
-      <c r="F12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12">
-        <v>9700.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H12">
-        <v>9700.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="G13">
-        <v>204.0</v>
+        <v>9700.0</v>
       </c>
       <c r="H13">
-        <v>204.0</v>
+        <v>9700.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G14">
-        <v>181.0</v>
+        <v>204.0</v>
       </c>
       <c r="H14">
-        <v>181.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
         <v>2016</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G15">
         <v>181.0</v>
       </c>
       <c r="H15">
         <v>181.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G16">
-        <v>152.8</v>
+        <v>181.0</v>
       </c>
       <c r="H16">
-        <v>152.8</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2018</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G17">
-        <v>160.09</v>
+        <v>152.8</v>
       </c>
       <c r="H17">
-        <v>160.09</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G18">
-        <v>287.01</v>
+        <v>160.09</v>
       </c>
       <c r="H18">
-        <v>287.01</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G19">
-        <v>114.11</v>
+        <v>287.01</v>
       </c>
       <c r="H19">
-        <v>114.11</v>
+        <v>287.01</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
-        <v>2022</v>
+        <v>1999</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G20">
-        <v>70.09</v>
+        <v>114.11</v>
       </c>
       <c r="H20">
-        <v>70.09</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
-        <v>1996</v>
+        <v>2022</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G21">
-        <v>96.64</v>
+        <v>70.09</v>
       </c>
       <c r="H21">
-        <v>96.64</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G22">
-        <v>146.26</v>
+        <v>96.64</v>
       </c>
       <c r="H22">
-        <v>146.26</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>13</v>
+      </c>
+      <c r="B23" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D23">
         <v>2019</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G23">
-        <v>382.0</v>
+        <v>146.26</v>
       </c>
       <c r="H23">
-        <v>382.0</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
-        <v>22</v>
+        <v>2019</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G24">
-        <v>20.0</v>
+        <v>382.0</v>
       </c>
       <c r="H24">
-        <v>20.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
-        <v>2019</v>
+        <v>22</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G25">
-        <v>272.0</v>
+        <v>20.0</v>
       </c>
       <c r="H25">
-        <v>272.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B26" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G26">
-        <v>306.0</v>
+        <v>272.0</v>
       </c>
       <c r="H26">
-        <v>306.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27">
-        <v>15</v>
+        <v>2018</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G27">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H27">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>72</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
         <v>73</v>
       </c>
-      <c r="D28">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G28">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
       <c r="H28">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G29">
-        <v>348.0</v>
+        <v>306.0</v>
       </c>
       <c r="H29">
-        <v>348.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30">
+        <v>2021</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30">
+        <v>348.0</v>
+      </c>
+      <c r="H30">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31">
         <v>14</v>
       </c>
-      <c r="E30" t="s">
-[...5 lines deleted...]
-      <c r="G30">
+      <c r="E31" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31">
         <v>36.0</v>
       </c>
-      <c r="H30">
+      <c r="H31">
         <v>36.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>