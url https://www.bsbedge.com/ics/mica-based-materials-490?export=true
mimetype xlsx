--- v0 (2025-10-26)
+++ v1 (2026-02-03)
@@ -771,106 +771,106 @@
       </c>
       <c r="H3">
         <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4">
         <v>2011</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2008</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H5">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2010</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H6">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>1995</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7">
         <v>0.0</v>
       </c>
       <c r="H7">
@@ -1421,54 +1421,54 @@
       </c>
       <c r="H28">
         <v>40.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>23</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29">
         <v>2004</v>
       </c>
       <c r="E29" t="s">
         <v>64</v>
       </c>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H29">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>23</v>
       </c>
       <c r="C30" t="s">
         <v>65</v>
       </c>
       <c r="D30">
         <v>2003</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>26</v>
       </c>
       <c r="G30">
         <v>20.0</v>
       </c>
       <c r="H30">
@@ -1551,340 +1551,340 @@
       </c>
       <c r="H33">
         <v>10.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34">
         <v>1996</v>
       </c>
       <c r="E34" t="s">
         <v>74</v>
       </c>
       <c r="F34" t="s">
         <v>75</v>
       </c>
       <c r="G34">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H34">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>76</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2004</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>75</v>
       </c>
       <c r="G35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2003</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>75</v>
       </c>
       <c r="G36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>71</v>
       </c>
       <c r="B37" t="s">
         <v>72</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>1995</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>75</v>
       </c>
       <c r="G37">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H37">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>72</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>1996</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>75</v>
       </c>
       <c r="G38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>71</v>
       </c>
       <c r="B39" t="s">
         <v>72</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>1996</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>75</v>
       </c>
       <c r="G39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>72</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>1996</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>75</v>
       </c>
       <c r="G40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>71</v>
       </c>
       <c r="B41" t="s">
         <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2006</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>75</v>
       </c>
       <c r="G41">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H41">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>72</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>1996</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>75</v>
       </c>
       <c r="G42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>71</v>
       </c>
       <c r="B43" t="s">
         <v>72</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2006</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>75</v>
       </c>
       <c r="G43">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H43">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>72</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>2006</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>75</v>
       </c>
       <c r="G44">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H44">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" t="s">
         <v>72</v>
       </c>
       <c r="C45" t="s">
         <v>98</v>
       </c>
       <c r="D45">
         <v>1967</v>
       </c>
       <c r="E45" t="s">
         <v>99</v>
       </c>
       <c r="F45" t="s">
         <v>75</v>
       </c>
       <c r="G45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>100</v>
       </c>
       <c r="D46">
         <v>2016</v>
       </c>
       <c r="E46" t="s">
         <v>101</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>72.0</v>
       </c>
       <c r="H46">