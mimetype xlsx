--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -275,90 +275,90 @@
   <si>
     <t>DIN 58942-4 Beiblatt 1 : 2004</t>
   </si>
   <si>
     <t>Medical microbiology - Culture media - Part 4: Transport systems for specimens containing bacteria - Systems, media and conditions for the transport of selected pathogens in clinical specimens</t>
   </si>
   <si>
     <t>DIN 58942-4 : 2003</t>
   </si>
   <si>
     <t>Medical microbiology - Culture media - Part 4: Transport systems for specimens containing bacteria</t>
   </si>
   <si>
     <t>DIN 58942-2 : 2004</t>
   </si>
   <si>
     <t>Medical microbiology - Culture media - Part 2: Ready-to-use blood culture systems</t>
   </si>
   <si>
     <t>DIN 58940-1 : 2002</t>
   </si>
   <si>
     <t>Medical microbiology - Susceptibility testing of pathogens to antimicrobial agents - Part 1: Terminology</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>BS EN ISO 11737-1:2018+A1:2021</t>
   </si>
   <si>
-    <t>Sterilization of health care products. Microbiological methods. - Part 1: Determination of a population of microorganisms on products. Amendment 1 (ISO 11737-1:2018/Amd 1:2021)</t>
+    <t>Sterilization of health care products. Microbiological methods - Determination of a population of microorganisms on products</t>
   </si>
   <si>
     <t>22/30386830 DC</t>
   </si>
   <si>
     <t>BS ISO 11737-3. Sterilization of health care products. Microbiological methods - Part 3. Bacterial endotoxin testing</t>
   </si>
   <si>
     <t>BS EN ISO 11737-2:2020</t>
   </si>
   <si>
     <t>Sterilization of health care products. Microbiological methods - Tests of sterility performed in the definition, validation and maintenance of a sterilization process</t>
   </si>
   <si>
     <t>PD 6596:1996</t>
   </si>
   <si>
     <t>Biotechnology. Microorganisms. Further examination of organisms in support of the classification work carried out under directive 90/679/EEC</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>PD ISO/TS 22456:2021</t>
   </si>
   <si>
     <t>Sterilization of healthcare products. Microbiological methods. Guidance on conducting bioburden determinations and tests of sterility for biologics and tissue-based products</t>
   </si>
   <si>
     <t>BS EN 1659:1997</t>
   </si>
   <si>
     <t>In vitro diagnostic systems. Culture media for microbiology. Terms and definitions</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS EN 12322:1999</t>
   </si>
   <si>
     <t>In vitro diagnostic medical devices. Culture media for microbiology. Performance criteria for culture media</t>
   </si>
   <si>
     <t>ASTM E3251 : 23</t>
   </si>
   <si>
     <t>Standard Test Method for Microbial Ingress Testing on Single-Use Systems</t>
   </si>
   <si>
     <t>ASTM E2526 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Evaluation of Cytotoxicity of Nanoparticulate Materials in  Porcine Kidney Cells and Human Hepatocarcinoma Cells</t>
   </si>
   <si>
     <t>ASTM E2525 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Evaluation of the Effect of Nanoparticulate Materials on the  Formation of Mouse Granulocyte-Macrophage Colonies</t>
   </si>
@@ -874,964 +874,964 @@
       </c>
       <c r="H5">
         <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7">
         <v>2021</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H7">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2012</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
       <c r="H8">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2010</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>9000.0</v>
+        <v>10400.0</v>
       </c>
       <c r="H9">
-        <v>9000.0</v>
+        <v>10400.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10">
         <v>2018</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>36</v>
       </c>
       <c r="G10">
-        <v>177.0</v>
+        <v>196.0</v>
       </c>
       <c r="H10">
-        <v>177.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H11">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2019</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H12">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>2021</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H13">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2021</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14">
         <v>18.0</v>
       </c>
       <c r="H14">
         <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15">
         <v>2020</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H15">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16">
         <v>2021</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16">
-        <v>196.64</v>
+        <v>202.52</v>
       </c>
       <c r="H16">
-        <v>196.64</v>
+        <v>202.52</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17">
         <v>1999</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H17">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
       <c r="D18">
         <v>1997</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H18">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19">
         <v>2011</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H19">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20">
         <v>2022</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H20">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21">
         <v>2019</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H21">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22">
         <v>1997</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H22">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>45</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
         <v>2014</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H23">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24">
         <v>2015</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H24">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>45</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25">
         <v>2011</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H25">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>45</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26">
         <v>2011</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H26">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>45</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27">
         <v>2009</v>
       </c>
       <c r="E27" t="s">
         <v>72</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
       <c r="G27">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H27">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>45</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>2011</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H28">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>45</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
         <v>48</v>
       </c>
       <c r="G29">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H29">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>45</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30">
         <v>2005</v>
       </c>
       <c r="E30" t="s">
         <v>78</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H30">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>45</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31">
         <v>2004</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>48</v>
       </c>
       <c r="G31">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H31">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>45</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32">
         <v>2003</v>
       </c>
       <c r="E32" t="s">
         <v>82</v>
       </c>
       <c r="F32" t="s">
         <v>48</v>
       </c>
       <c r="G32">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H32">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>45</v>
       </c>
       <c r="C33" t="s">
         <v>83</v>
       </c>
       <c r="D33">
         <v>2004</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
         <v>48</v>
       </c>
       <c r="G33">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H33">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>45</v>
       </c>
       <c r="C34" t="s">
         <v>85</v>
       </c>
       <c r="D34">
         <v>2002</v>
       </c>
       <c r="E34" t="s">
         <v>86</v>
       </c>
       <c r="F34" t="s">
         <v>48</v>
       </c>
       <c r="G34">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H34">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="B35" t="s">
         <v>20</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35">
         <v>2018</v>
       </c>
       <c r="E35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F35" t="s">
         <v>23</v>
       </c>
       <c r="G35">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H35">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>19</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D36">
         <v>6</v>
       </c>
       <c r="E36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F36" t="s">
         <v>23</v>
       </c>
       <c r="G36">
         <v>20.0</v>
       </c>
       <c r="H36">
         <v>20.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>19</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D37">
         <v>2020</v>
       </c>
       <c r="E37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37">
         <v>232.0</v>
       </c>
       <c r="H37">
         <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>19</v>
       </c>
       <c r="B38" t="s">
         <v>20</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38">
         <v>1996</v>
       </c>
       <c r="E38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F38" t="s">
         <v>23</v>
       </c>
       <c r="G38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B39" t="s">
         <v>20</v>
       </c>
       <c r="C39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D39">
         <v>2021</v>
       </c>
       <c r="E39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F39" t="s">
         <v>23</v>
       </c>
       <c r="G39">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H39">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B40" t="s">
         <v>20</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40">
         <v>1997</v>
       </c>
       <c r="E40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F40" t="s">
         <v>23</v>
       </c>
       <c r="G40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>20</v>
       </c>
       <c r="C41" t="s">
         <v>101</v>
       </c>
       <c r="D41">
         <v>1999</v>
       </c>
       <c r="E41" t="s">
         <v>102</v>
       </c>
       <c r="F41" t="s">
         <v>23</v>
       </c>
       <c r="G41">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H41">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>104</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>72.0</v>
       </c>
       <c r="H42">