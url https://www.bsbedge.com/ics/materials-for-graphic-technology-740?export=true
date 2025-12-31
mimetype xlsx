--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -104,72 +104,75 @@
   <si>
     <t>ISO 11084-1:1993</t>
   </si>
   <si>
     <t>Graphic technology — Register systems for photographic materials, foils and paper — Part 1: Three-pin systems</t>
   </si>
   <si>
     <t>ISO 11084-2:2006</t>
   </si>
   <si>
     <t>Graphic technology — Register systems for photographic materials, foils and paper — Part 2: Register pin systems for plate making</t>
   </si>
   <si>
     <t>ISO 15397:2014</t>
   </si>
   <si>
     <t>Graphic technology — Communication of graphic paper properties</t>
   </si>
   <si>
     <t>ISO/TS 19857:2021</t>
   </si>
   <si>
     <t>Paper, board and printing inks – Printability – Laboratory test method for offset ink setting</t>
   </si>
   <si>
+    <t>Revision Underway</t>
+  </si>
+  <si>
+    <t>BSI</t>
+  </si>
+  <si>
+    <t>PD ISO/TS 19857:2021</t>
+  </si>
+  <si>
+    <t>Paper, board and printing inks. Printability. Laboratory test method for offset ink setting</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>Definitive</t>
+  </si>
+  <si>
+    <t>BS ISO 12218:1997</t>
+  </si>
+  <si>
+    <t>Graphic technology. Process control. Offset platemaking</t>
+  </si>
+  <si>
     <t>Confirmed</t>
-  </si>
-[...19 lines deleted...]
-    <t>Graphic technology. Process control. Offset platemaking</t>
   </si>
   <si>
     <t>BS ISO 1009:2000</t>
   </si>
   <si>
     <t>Photography. Paper dimensions. Rolls for printers</t>
   </si>
   <si>
     <t>BS ISO 11084-2:2006</t>
   </si>
   <si>
     <t>Graphic technology. Register systems for photographic materials, foils and paper - Register pin systems for plate making</t>
   </si>
   <si>
     <t>BS ISO 15397:2014</t>
   </si>
   <si>
     <t>Graphic technology. Communication of graphic paper properties</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -753,158 +756,158 @@
       </c>
       <c r="H9">
         <v>132.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2021</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H10">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>1997</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H11">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D12">
         <v>2000</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H12">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13">
         <v>2006</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H13">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14">
         <v>2014</v>
       </c>
       <c r="E14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">