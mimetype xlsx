--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -128,57 +128,60 @@
   <si>
     <t>Revision Underway</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
     <t>PD ISO/TS 19857:2021</t>
   </si>
   <si>
     <t>Paper, board and printing inks. Printability. Laboratory test method for offset ink setting</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BS ISO 12218:1997</t>
   </si>
   <si>
     <t>Graphic technology. Process control. Offset platemaking</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
+    <t>BS ISO 1009:2000</t>
+  </si>
+  <si>
+    <t>Photography. Paper dimensions. Rolls for printers</t>
+  </si>
+  <si>
     <t>Confirmed</t>
-  </si>
-[...4 lines deleted...]
-    <t>Photography. Paper dimensions. Rolls for printers</t>
   </si>
   <si>
     <t>BS ISO 11084-2:2006</t>
   </si>
   <si>
     <t>Graphic technology. Register systems for photographic materials, foils and paper - Register pin systems for plate making</t>
   </si>
   <si>
     <t>BS ISO 15397:2014</t>
   </si>
   <si>
     <t>Graphic technology. Communication of graphic paper properties</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -548,262 +551,262 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>1962</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
       <c r="H2">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2009</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H3">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2009</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2000</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>1993</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H6">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2006</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H7">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2014</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H8">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>2021</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H9">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2021</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10">
-        <v>232.0</v>
+        <v>220.0</v>
       </c>
       <c r="H10">
-        <v>232.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>1997</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11">
         <v>232.0</v>
       </c>
       <c r="H11">
@@ -816,89 +819,89 @@
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2000</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12">
         <v>166.0</v>
       </c>
       <c r="H12">
         <v>166.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D13">
         <v>2006</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13">
         <v>142.0</v>
       </c>
       <c r="H13">
         <v>142.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14">
         <v>2014</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14">
         <v>232.0</v>
       </c>
       <c r="H14">
         <v>232.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>