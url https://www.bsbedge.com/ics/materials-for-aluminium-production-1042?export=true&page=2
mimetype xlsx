--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -1230,56 +1230,50 @@
     <t>Methods of test for cryolite</t>
   </si>
   <si>
     <t>BS 6043-2.12:1994</t>
   </si>
   <si>
     <t>Methods of sampling and test for carbonaceous materials used in aluminium manufacture. Electrode coke. - Determination of particle size distribution of fine coke</t>
   </si>
   <si>
     <t>BS ISO 12987:2004</t>
   </si>
   <si>
     <t>Carbonaceous materials for the production of aluminium. Anodes, cathodes blocks, sidewall blocks and baked ramming pastes. Determination of the thermal conductivity using a comparative method</t>
   </si>
   <si>
     <t>BS ISO 12984:2018</t>
   </si>
   <si>
     <t>Carbonaceous materials used in the production of aluminium. Calcined coke. Determination of particle size distribution</t>
   </si>
   <si>
     <t>BS 6043-1.2:1981</t>
   </si>
   <si>
     <t>Methods of sampling and test for carbonaceous materials used in aluminium manufacture. Electrode pitch - Determination of water content (Dean and Stark method)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Test Method for  Apparent Density by Physical Measurements of Manufactured Anode   and Cathode Carbon Used by the Aluminum Industry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1583,51 +1577,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H194"/>
+  <dimension ref="A1:H193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1819,54 +1813,54 @@
       </c>
       <c r="H8">
         <v>43.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2013</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H9">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
         <v>188.0</v>
       </c>
       <c r="H10">
@@ -4401,51 +4395,51 @@
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>233</v>
       </c>
       <c r="D108">
         <v>2018</v>
       </c>
       <c r="E108" t="s">
         <v>234</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
         <v>134.0</v>
       </c>
       <c r="H108">
         <v>134.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>235</v>
       </c>
       <c r="D109">
         <v>2004</v>
       </c>
       <c r="E109" t="s">
         <v>236</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
         <v>134.0</v>
       </c>
       <c r="H109">
         <v>134.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
@@ -4505,51 +4499,51 @@
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>241</v>
       </c>
       <c r="D112">
         <v>1996</v>
       </c>
       <c r="E112" t="s">
         <v>242</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
         <v>134.0</v>
       </c>
       <c r="H112">
         <v>134.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>243</v>
       </c>
       <c r="D113">
         <v>2005</v>
       </c>
       <c r="E113" t="s">
         <v>244</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
         <v>134.0</v>
       </c>
       <c r="H113">
         <v>134.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
@@ -4713,51 +4707,51 @@
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>257</v>
       </c>
       <c r="D120">
         <v>1986</v>
       </c>
       <c r="E120" t="s">
         <v>258</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
         <v>134.0</v>
       </c>
       <c r="H120">
         <v>134.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>259</v>
       </c>
       <c r="D121">
         <v>2009</v>
       </c>
       <c r="E121" t="s">
         <v>260</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
         <v>158.0</v>
       </c>
       <c r="H121">
         <v>158.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
@@ -5129,51 +5123,51 @@
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>289</v>
       </c>
       <c r="D136">
         <v>1986</v>
       </c>
       <c r="E136" t="s">
         <v>290</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>134.0</v>
       </c>
       <c r="H136">
         <v>134.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>291</v>
       </c>
       <c r="D137">
         <v>2003</v>
       </c>
       <c r="E137" t="s">
         <v>292</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
         <v>158.0</v>
       </c>
       <c r="H137">
         <v>158.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
@@ -5545,51 +5539,51 @@
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>321</v>
       </c>
       <c r="D152">
         <v>2001</v>
       </c>
       <c r="E152" t="s">
         <v>322</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
         <v>158.0</v>
       </c>
       <c r="H152">
         <v>158.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>323</v>
       </c>
       <c r="D153">
         <v>2006</v>
       </c>
       <c r="E153" t="s">
         <v>324</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
         <v>158.0</v>
       </c>
       <c r="H153">
         <v>158.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
@@ -6039,51 +6033,51 @@
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>360</v>
       </c>
       <c r="D171">
         <v>2000</v>
       </c>
       <c r="E171" t="s">
         <v>361</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
         <v>134.0</v>
       </c>
       <c r="H171">
         <v>134.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>362</v>
       </c>
       <c r="D172">
         <v>2014</v>
       </c>
       <c r="E172" t="s">
         <v>363</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
         <v>158.0</v>
       </c>
       <c r="H172">
         <v>158.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
@@ -6117,51 +6111,51 @@
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>366</v>
       </c>
       <c r="D174">
         <v>1986</v>
       </c>
       <c r="E174" t="s">
         <v>367</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
         <v>134.0</v>
       </c>
       <c r="H174">
         <v>134.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>368</v>
       </c>
       <c r="D175">
         <v>2005</v>
       </c>
       <c r="E175" t="s">
         <v>369</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
         <v>158.0</v>
       </c>
       <c r="H175">
         <v>158.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
@@ -6195,51 +6189,51 @@
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>372</v>
       </c>
       <c r="D177">
         <v>2002</v>
       </c>
       <c r="E177" t="s">
         <v>373</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
         <v>158.0</v>
       </c>
       <c r="H177">
         <v>158.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>374</v>
       </c>
       <c r="D178">
         <v>2014</v>
       </c>
       <c r="E178" t="s">
         <v>375</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
         <v>134.0</v>
       </c>
       <c r="H178">
         <v>134.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
@@ -6273,51 +6267,51 @@
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>378</v>
       </c>
       <c r="D180">
         <v>2004</v>
       </c>
       <c r="E180" t="s">
         <v>379</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
         <v>158.0</v>
       </c>
       <c r="H180">
         <v>158.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>380</v>
       </c>
       <c r="D181">
         <v>2005</v>
       </c>
       <c r="E181" t="s">
         <v>381</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
         <v>158.0</v>
       </c>
       <c r="H181">
         <v>158.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
@@ -6403,51 +6397,51 @@
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>388</v>
       </c>
       <c r="D185">
         <v>2000</v>
       </c>
       <c r="E185" t="s">
         <v>389</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
         <v>158.0</v>
       </c>
       <c r="H185">
         <v>158.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>390</v>
       </c>
       <c r="D186">
         <v>2014</v>
       </c>
       <c r="E186" t="s">
         <v>391</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
         <v>158.0</v>
       </c>
       <c r="H186">
         <v>158.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
@@ -6607,76 +6601,50 @@
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>219</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>404</v>
       </c>
       <c r="D193">
         <v>1981</v>
       </c>
       <c r="E193" t="s">
         <v>405</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
         <v>134.0</v>
       </c>
       <c r="H193">
         <v>134.0</v>
-      </c>
-[...24 lines deleted...]
-        <v>61.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">