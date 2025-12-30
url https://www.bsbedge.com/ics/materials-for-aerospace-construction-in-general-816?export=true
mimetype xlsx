--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -2003,236 +2003,236 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2022</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H2">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H3">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
         <v>110.75</v>
       </c>
       <c r="H6">
         <v>110.75</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2022</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H8">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H9">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10">
         <v>98.0</v>
       </c>
       <c r="H10">
@@ -2289,106 +2289,106 @@
       </c>
       <c r="H12">
         <v>132.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H13">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H15">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>20.0</v>
       </c>
       <c r="H16">
@@ -3225,54 +3225,54 @@
       </c>
       <c r="H48">
         <v>20.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>111</v>
       </c>
       <c r="D49">
         <v>2023</v>
       </c>
       <c r="E49" t="s">
         <v>112</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H49">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>113</v>
       </c>
       <c r="D50">
         <v>18</v>
       </c>
       <c r="E50" t="s">
         <v>114</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>20.0</v>
       </c>
       <c r="H50">
@@ -3303,132 +3303,132 @@
       </c>
       <c r="H51">
         <v>20.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
         <v>2018</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>119</v>
       </c>
       <c r="D53">
         <v>2018</v>
       </c>
       <c r="E53" t="s">
         <v>120</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H53">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>121</v>
       </c>
       <c r="D54">
         <v>9</v>
       </c>
       <c r="E54" t="s">
         <v>122</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>20.0</v>
       </c>
       <c r="H54">
         <v>20.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55">
         <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H55">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>123</v>
       </c>
       <c r="E56" t="s">
         <v>124</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
         <v>20.0</v>
       </c>
       <c r="H56">
         <v>20.0</v>
       </c>
     </row>
@@ -3508,54 +3508,54 @@
       </c>
       <c r="H59">
         <v>20.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>131</v>
       </c>
       <c r="D60">
         <v>2019</v>
       </c>
       <c r="E60" t="s">
         <v>132</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>133</v>
       </c>
       <c r="D61">
         <v>6</v>
       </c>
       <c r="E61" t="s">
         <v>134</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>20.0</v>
       </c>
       <c r="H61">
@@ -3586,54 +3586,54 @@
       </c>
       <c r="H62">
         <v>20.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>137</v>
       </c>
       <c r="D63">
         <v>2021</v>
       </c>
       <c r="E63" t="s">
         <v>138</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H63">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>139</v>
       </c>
       <c r="D64">
         <v>31</v>
       </c>
       <c r="E64" t="s">
         <v>140</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>20.0</v>
       </c>
       <c r="H64">
@@ -3768,80 +3768,80 @@
       </c>
       <c r="H69">
         <v>20.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>151</v>
       </c>
       <c r="D70">
         <v>2020</v>
       </c>
       <c r="E70" t="s">
         <v>152</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>153</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>154</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>155</v>
       </c>
       <c r="D72">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>156</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
         <v>20.0</v>
       </c>
       <c r="H72">
@@ -4080,54 +4080,54 @@
       </c>
       <c r="H81">
         <v>20.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>175</v>
       </c>
       <c r="D82">
         <v>2017</v>
       </c>
       <c r="E82" t="s">
         <v>176</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>177</v>
       </c>
       <c r="D83">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>178</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>20.0</v>
       </c>
       <c r="H83">
@@ -4210,54 +4210,54 @@
       </c>
       <c r="H86">
         <v>20.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>185</v>
       </c>
       <c r="D87">
         <v>2018</v>
       </c>
       <c r="E87" t="s">
         <v>186</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H87">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>187</v>
       </c>
       <c r="D88">
         <v>29</v>
       </c>
       <c r="E88" t="s">
         <v>188</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
         <v>20.0</v>
       </c>
       <c r="H88">
@@ -4288,54 +4288,54 @@
       </c>
       <c r="H89">
         <v>20.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>191</v>
       </c>
       <c r="D90">
         <v>2022</v>
       </c>
       <c r="E90" t="s">
         <v>192</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>193</v>
       </c>
       <c r="D91">
         <v>1</v>
       </c>
       <c r="E91" t="s">
         <v>194</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
         <v>20.0</v>
       </c>
       <c r="H91">
@@ -4444,54 +4444,54 @@
       </c>
       <c r="H95">
         <v>20.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>203</v>
       </c>
       <c r="D96">
         <v>2019</v>
       </c>
       <c r="E96" t="s">
         <v>204</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H96">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>205</v>
       </c>
       <c r="D97">
         <v>9</v>
       </c>
       <c r="E97" t="s">
         <v>206</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
         <v>20.0</v>
       </c>
       <c r="H97">
@@ -4574,54 +4574,54 @@
       </c>
       <c r="H100">
         <v>20.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>213</v>
       </c>
       <c r="D101">
         <v>2020</v>
       </c>
       <c r="E101" t="s">
         <v>214</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H101">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>215</v>
       </c>
       <c r="D102">
         <v>8</v>
       </c>
       <c r="E102" t="s">
         <v>216</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
         <v>20.0</v>
       </c>
       <c r="H102">
@@ -4704,54 +4704,54 @@
       </c>
       <c r="H105">
         <v>20.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>222</v>
       </c>
       <c r="D106">
         <v>2020</v>
       </c>
       <c r="E106" t="s">
         <v>223</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H106">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>224</v>
       </c>
       <c r="D107">
         <v>29</v>
       </c>
       <c r="E107" t="s">
         <v>225</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
         <v>20.0</v>
       </c>
       <c r="H107">
@@ -4808,54 +4808,54 @@
       </c>
       <c r="H109">
         <v>20.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>230</v>
       </c>
       <c r="D110">
         <v>2022</v>
       </c>
       <c r="E110" t="s">
         <v>231</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>232</v>
       </c>
       <c r="D111">
         <v>29</v>
       </c>
       <c r="E111" t="s">
         <v>233</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
         <v>20.0</v>
       </c>
       <c r="H111">
@@ -4938,106 +4938,106 @@
       </c>
       <c r="H114">
         <v>20.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>240</v>
       </c>
       <c r="D115">
         <v>2019</v>
       </c>
       <c r="E115" t="s">
         <v>241</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H115">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>242</v>
       </c>
       <c r="D116">
         <v>28</v>
       </c>
       <c r="E116" t="s">
         <v>243</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
         <v>20.0</v>
       </c>
       <c r="H116">
         <v>20.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>244</v>
       </c>
       <c r="D117">
         <v>2020</v>
       </c>
       <c r="E117" t="s">
         <v>245</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H117">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>246</v>
       </c>
       <c r="D118">
         <v>13</v>
       </c>
       <c r="E118" t="s">
         <v>247</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
         <v>20.0</v>
       </c>
       <c r="H118">
@@ -5224,54 +5224,54 @@
       </c>
       <c r="H125">
         <v>20.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>262</v>
       </c>
       <c r="D126">
         <v>2019</v>
       </c>
       <c r="E126" t="s">
         <v>263</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H126">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>264</v>
       </c>
       <c r="D127">
         <v>1</v>
       </c>
       <c r="E127" t="s">
         <v>265</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
         <v>20.0</v>
       </c>
       <c r="H127">
@@ -5354,54 +5354,54 @@
       </c>
       <c r="H130">
         <v>20.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>272</v>
       </c>
       <c r="D131">
         <v>2020</v>
       </c>
       <c r="E131" t="s">
         <v>273</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H131">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>274</v>
       </c>
       <c r="D132">
         <v>6</v>
       </c>
       <c r="E132" t="s">
         <v>275</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
         <v>20.0</v>
       </c>
       <c r="H132">
@@ -5614,80 +5614,80 @@
       </c>
       <c r="H140">
         <v>20.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>292</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>293</v>
       </c>
       <c r="D141">
         <v>2012</v>
       </c>
       <c r="E141" t="s">
         <v>294</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H141">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>292</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>295</v>
       </c>
       <c r="D142">
         <v>2008</v>
       </c>
       <c r="E142" t="s">
         <v>296</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H142">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>297</v>
       </c>
       <c r="D143">
         <v>3</v>
       </c>
       <c r="E143" t="s">
         <v>298</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
         <v>20.0</v>
       </c>
       <c r="H143">
@@ -5744,54 +5744,54 @@
       </c>
       <c r="H145">
         <v>20.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>303</v>
       </c>
       <c r="D146">
         <v>2006</v>
       </c>
       <c r="E146" t="s">
         <v>304</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>305</v>
       </c>
       <c r="D147">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>306</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
         <v>20.0</v>
       </c>
       <c r="H147">
@@ -5848,54 +5848,54 @@
       </c>
       <c r="H149">
         <v>20.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>292</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>311</v>
       </c>
       <c r="D150">
         <v>2012</v>
       </c>
       <c r="E150" t="s">
         <v>312</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>313</v>
       </c>
       <c r="D151">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>314</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
         <v>20.0</v>
       </c>
       <c r="H151">
@@ -5926,54 +5926,54 @@
       </c>
       <c r="H152">
         <v>20.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>292</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>317</v>
       </c>
       <c r="D153">
         <v>2010</v>
       </c>
       <c r="E153" t="s">
         <v>318</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H153">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>319</v>
       </c>
       <c r="D154">
         <v>7</v>
       </c>
       <c r="E154" t="s">
         <v>320</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
         <v>20.0</v>
       </c>
       <c r="H154">
@@ -6290,54 +6290,54 @@
       </c>
       <c r="H166">
         <v>20.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>345</v>
       </c>
       <c r="D167">
         <v>2017</v>
       </c>
       <c r="E167" t="s">
         <v>346</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>347</v>
       </c>
       <c r="D168">
         <v>28</v>
       </c>
       <c r="E168" t="s">
         <v>348</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
         <v>20.0</v>
       </c>
       <c r="H168">
@@ -6524,54 +6524,54 @@
       </c>
       <c r="H175">
         <v>20.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>292</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>363</v>
       </c>
       <c r="D176">
         <v>1972</v>
       </c>
       <c r="E176" t="s">
         <v>364</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>365</v>
       </c>
       <c r="D177">
         <v>28</v>
       </c>
       <c r="E177" t="s">
         <v>366</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
         <v>20.0</v>
       </c>
       <c r="H177">
@@ -6706,80 +6706,80 @@
       </c>
       <c r="H182">
         <v>20.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>376</v>
       </c>
       <c r="D183">
         <v>2009</v>
       </c>
       <c r="E183" t="s">
         <v>377</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H183">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>292</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>378</v>
       </c>
       <c r="D184">
         <v>2001</v>
       </c>
       <c r="E184" t="s">
         <v>379</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>380</v>
       </c>
       <c r="D185">
         <v>9</v>
       </c>
       <c r="E185" t="s">
         <v>381</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
         <v>20.0</v>
       </c>
       <c r="H185">
@@ -6888,184 +6888,184 @@
       </c>
       <c r="H189">
         <v>20.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>390</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>391</v>
       </c>
       <c r="D190">
         <v>2014</v>
       </c>
       <c r="E190" t="s">
         <v>392</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H190">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>393</v>
       </c>
       <c r="D191">
         <v>20</v>
       </c>
       <c r="E191" t="s">
         <v>394</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
         <v>20.0</v>
       </c>
       <c r="H191">
         <v>20.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>395</v>
       </c>
       <c r="D192">
         <v>2013</v>
       </c>
       <c r="E192" t="s">
         <v>396</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H192">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>397</v>
       </c>
       <c r="D193">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>398</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
         <v>20.0</v>
       </c>
       <c r="H193">
         <v>20.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>390</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>399</v>
       </c>
       <c r="D194">
         <v>2014</v>
       </c>
       <c r="E194" t="s">
         <v>400</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>292</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>401</v>
       </c>
       <c r="D195">
         <v>2006</v>
       </c>
       <c r="E195" t="s">
         <v>402</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H195">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>403</v>
       </c>
       <c r="D196">
         <v>13</v>
       </c>
       <c r="E196" t="s">
         <v>298</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
         <v>20.0</v>
       </c>
       <c r="H196">
@@ -7122,210 +7122,210 @@
       </c>
       <c r="H198">
         <v>20.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>292</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>407</v>
       </c>
       <c r="D199">
         <v>2010</v>
       </c>
       <c r="E199" t="s">
         <v>408</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H199">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>292</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>409</v>
       </c>
       <c r="D200">
         <v>2008</v>
       </c>
       <c r="E200" t="s">
         <v>410</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H200">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>411</v>
       </c>
       <c r="D201">
         <v>27</v>
       </c>
       <c r="E201" t="s">
         <v>412</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
         <v>20.0</v>
       </c>
       <c r="H201">
         <v>20.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>390</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>413</v>
       </c>
       <c r="D202">
         <v>2014</v>
       </c>
       <c r="E202" t="s">
         <v>414</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H202">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>415</v>
       </c>
       <c r="D203">
         <v>27</v>
       </c>
       <c r="E203" t="s">
         <v>416</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
         <v>20.0</v>
       </c>
       <c r="H203">
         <v>20.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>292</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>417</v>
       </c>
       <c r="D204">
         <v>2001</v>
       </c>
       <c r="E204" t="s">
         <v>418</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H204">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>292</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>419</v>
       </c>
       <c r="D205">
         <v>1972</v>
       </c>
       <c r="E205" t="s">
         <v>420</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H205">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>421</v>
       </c>
       <c r="D206">
         <v>13</v>
       </c>
       <c r="E206" t="s">
         <v>422</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
         <v>20.0</v>
       </c>
       <c r="H206">
@@ -7408,106 +7408,106 @@
       </c>
       <c r="H209">
         <v>20.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>428</v>
       </c>
       <c r="D210">
         <v>2019</v>
       </c>
       <c r="E210" t="s">
         <v>429</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>430</v>
       </c>
       <c r="D211">
         <v>2013</v>
       </c>
       <c r="E211" t="s">
         <v>431</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H211">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>292</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>432</v>
       </c>
       <c r="D212">
         <v>1970</v>
       </c>
       <c r="E212" t="s">
         <v>433</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H212">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>434</v>
       </c>
       <c r="D213">
         <v>25</v>
       </c>
       <c r="E213" t="s">
         <v>375</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
         <v>20.0</v>
       </c>
       <c r="H213">
@@ -7642,106 +7642,106 @@
       </c>
       <c r="H218">
         <v>20.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>292</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>445</v>
       </c>
       <c r="D219">
         <v>2003</v>
       </c>
       <c r="E219" t="s">
         <v>446</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H219">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>447</v>
       </c>
       <c r="D220">
         <v>28</v>
       </c>
       <c r="E220" t="s">
         <v>448</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
         <v>20.0</v>
       </c>
       <c r="H220">
         <v>20.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>449</v>
       </c>
       <c r="D221">
         <v>2016</v>
       </c>
       <c r="E221" t="s">
         <v>450</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H221">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>451</v>
       </c>
       <c r="D222">
         <v>5</v>
       </c>
       <c r="E222" t="s">
         <v>452</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
         <v>20.0</v>
       </c>
       <c r="H222">
@@ -7772,54 +7772,54 @@
       </c>
       <c r="H223">
         <v>20.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>455</v>
       </c>
       <c r="D224">
         <v>2015</v>
       </c>
       <c r="E224" t="s">
         <v>456</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H224">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>457</v>
       </c>
       <c r="D225">
         <v>24</v>
       </c>
       <c r="E225" t="s">
         <v>458</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
         <v>20.0</v>
       </c>
       <c r="H225">
@@ -7980,80 +7980,80 @@
       </c>
       <c r="H231">
         <v>20.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>292</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>469</v>
       </c>
       <c r="D232">
         <v>2014</v>
       </c>
       <c r="E232" t="s">
         <v>470</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H232">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>292</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>471</v>
       </c>
       <c r="D233">
         <v>1970</v>
       </c>
       <c r="E233" t="s">
         <v>472</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H233">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>473</v>
       </c>
       <c r="D234">
         <v>5</v>
       </c>
       <c r="E234" t="s">
         <v>474</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
         <v>20.0</v>
       </c>
       <c r="H234">
@@ -8396,54 +8396,54 @@
       </c>
       <c r="H247">
         <v>20.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>390</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>500</v>
       </c>
       <c r="D248">
         <v>2014</v>
       </c>
       <c r="E248" t="s">
         <v>501</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H248">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>502</v>
       </c>
       <c r="D249">
         <v>22</v>
       </c>
       <c r="E249" t="s">
         <v>503</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
         <v>20.0</v>
       </c>
       <c r="H249">
@@ -8474,54 +8474,54 @@
       </c>
       <c r="H250">
         <v>20.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>506</v>
       </c>
       <c r="D251">
         <v>2013</v>
       </c>
       <c r="E251" t="s">
         <v>507</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H251">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>508</v>
       </c>
       <c r="D252">
         <v>13</v>
       </c>
       <c r="E252" t="s">
         <v>509</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
         <v>20.0</v>
       </c>
       <c r="H252">
@@ -8578,106 +8578,106 @@
       </c>
       <c r="H254">
         <v>20.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>292</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>514</v>
       </c>
       <c r="D255">
         <v>2009</v>
       </c>
       <c r="E255" t="s">
         <v>515</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H255">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>516</v>
       </c>
       <c r="D256">
         <v>8</v>
       </c>
       <c r="E256" t="s">
         <v>517</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
         <v>20.0</v>
       </c>
       <c r="H256">
         <v>20.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>292</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>518</v>
       </c>
       <c r="D257">
         <v>2008</v>
       </c>
       <c r="E257" t="s">
         <v>519</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H257">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>520</v>
       </c>
       <c r="D258">
         <v>3</v>
       </c>
       <c r="E258" t="s">
         <v>521</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
         <v>20.0</v>
       </c>
       <c r="H258">