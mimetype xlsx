--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -2107,54 +2107,54 @@
       </c>
       <c r="H5">
         <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H6">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2022</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>142.0</v>
       </c>
       <c r="H7">
@@ -2211,106 +2211,106 @@
       </c>
       <c r="H9">
         <v>326.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H10">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H11">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H12">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>272.0</v>
       </c>
       <c r="H13">
@@ -2393,834 +2393,834 @@
       </c>
       <c r="H16">
         <v>20.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
         <v>2003</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
         <v>2006</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H18">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>30</v>
       </c>
       <c r="B19" t="s">
         <v>31</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2006</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H19">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>30</v>
       </c>
       <c r="B20" t="s">
         <v>31</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>30</v>
       </c>
       <c r="B21" t="s">
         <v>31</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>2012</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H21">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>30</v>
       </c>
       <c r="B22" t="s">
         <v>31</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2014</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H22">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
         <v>20</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>2015</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>23</v>
       </c>
       <c r="G23">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H23">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
         <v>20</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2015</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>23</v>
       </c>
       <c r="G24">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H24">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
         <v>2015</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
       <c r="H25">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
         <v>2015</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H26">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2015</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>23</v>
       </c>
       <c r="G27">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H27">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
         <v>20</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
         <v>2018</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
         <v>23</v>
       </c>
       <c r="G28">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H28">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
         <v>20</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29">
         <v>2018</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>23</v>
       </c>
       <c r="G29">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H29">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
         <v>20</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2018</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
         <v>23</v>
       </c>
       <c r="G30">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H30">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>19</v>
       </c>
       <c r="B31" t="s">
         <v>20</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>2019</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H31">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>19</v>
       </c>
       <c r="B32" t="s">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32">
         <v>2021</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
         <v>23</v>
       </c>
       <c r="G32">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H32">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>19</v>
       </c>
       <c r="B33" t="s">
         <v>20</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33">
         <v>2021</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>23</v>
       </c>
       <c r="G33">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H33">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>19</v>
       </c>
       <c r="B34" t="s">
         <v>20</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34">
         <v>2020</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
         <v>23</v>
       </c>
       <c r="G34">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H34">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>19</v>
       </c>
       <c r="B35" t="s">
         <v>20</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>2010</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>23</v>
       </c>
       <c r="G35">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H35">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>19</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36">
         <v>2010</v>
       </c>
       <c r="E36" t="s">
         <v>86</v>
       </c>
       <c r="F36" t="s">
         <v>23</v>
       </c>
       <c r="G36">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H36">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>19</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
         <v>2009</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
       <c r="H37">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>19</v>
       </c>
       <c r="B38" t="s">
         <v>20</v>
       </c>
       <c r="C38" t="s">
         <v>89</v>
       </c>
       <c r="D38">
         <v>2009</v>
       </c>
       <c r="E38" t="s">
         <v>90</v>
       </c>
       <c r="F38" t="s">
         <v>23</v>
       </c>
       <c r="G38">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H38">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>19</v>
       </c>
       <c r="B39" t="s">
         <v>20</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39">
         <v>2016</v>
       </c>
       <c r="E39" t="s">
         <v>92</v>
       </c>
       <c r="F39" t="s">
         <v>23</v>
       </c>
       <c r="G39">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H39">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>19</v>
       </c>
       <c r="B40" t="s">
         <v>20</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40">
         <v>2016</v>
       </c>
       <c r="E40" t="s">
         <v>94</v>
       </c>
       <c r="F40" t="s">
         <v>23</v>
       </c>
       <c r="G40">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H40">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>19</v>
       </c>
       <c r="B41" t="s">
         <v>20</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41">
         <v>2020</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
         <v>23</v>
       </c>
       <c r="G41">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H41">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
         <v>20</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
         <v>2014</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
         <v>23</v>
       </c>
       <c r="G42">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H42">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
         <v>20</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43">
         <v>2014</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
         <v>23</v>
       </c>
       <c r="G43">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H43">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
         <v>20</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
         <v>2010</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
         <v>23</v>
       </c>
       <c r="G44">
-        <v>130.09</v>
+        <v>134.02</v>
       </c>
       <c r="H44">
-        <v>130.09</v>
+        <v>134.02</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>2009</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
       <c r="H45">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>19</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>105</v>
       </c>
       <c r="D46">
         <v>2019</v>
       </c>
       <c r="E46" t="s">
         <v>106</v>
       </c>
       <c r="F46" t="s">
         <v>23</v>
       </c>
       <c r="G46">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
       <c r="H46">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>19</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>107</v>
       </c>
       <c r="D47">
         <v>2019</v>
       </c>
       <c r="E47" t="s">
         <v>108</v>
       </c>
       <c r="F47" t="s">
         <v>23</v>
       </c>
       <c r="G47">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H47">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>109</v>
       </c>
       <c r="D48">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>110</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
         <v>20.0</v>
       </c>
       <c r="H48">