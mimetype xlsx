--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -714,56 +714,50 @@
     <t>BS EN 1052-5:2005</t>
   </si>
   <si>
     <t>Methods of test for masonry - Determination of bond strength by the bond wrench method</t>
   </si>
   <si>
     <t>BS EN 1996-3:2006</t>
   </si>
   <si>
     <t>ASTM C1532/C1532M : 22</t>
   </si>
   <si>
     <t>Standard Practice for  Selection, Removal, and Shipment of Manufactured Masonry Units  and Masonry Specimens from Existing Construction</t>
   </si>
   <si>
     <t>ASTM C1892/C1892M : 22</t>
   </si>
   <si>
     <t>Standard Test Methods for Strength of Anchors in Masonry</t>
   </si>
   <si>
     <t>ASTM C1531 : 22</t>
   </si>
   <si>
     <t>Standard Test Methods for  In Situ Measurement of Masonry Mortar Joint Shear Strength  Index</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Specification for  Steel Wire for Masonry Joint Reinforcement</t>
   </si>
   <si>
     <t>ASTM C1601 : 22a</t>
   </si>
   <si>
     <t>Standard Test Method for Field Determination of Water Penetration of Masonry Wall Surfaces</t>
   </si>
   <si>
     <t>ASTM C1715/C1715M : 22</t>
   </si>
   <si>
     <t>Standard Test Method for Evaluation of Water Leakage Performance of Masonry Wall Drainage  Systems</t>
   </si>
   <si>
     <t>ASTM C1354/C1354M : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Strength of Individual Stone Anchorages in Dimension Stone</t>
   </si>
   <si>
     <t>ASTM D6904 : 03(2022)</t>
   </si>
   <si>
     <t>Standard Practice for Resistance to Wind-Driven Rain for Exterior Coatings Applied  on Masonry</t>
   </si>
@@ -1103,51 +1097,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H117"/>
+  <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1157,54 +1151,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H2">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>20.0</v>
       </c>
       <c r="H3">
@@ -1521,80 +1515,80 @@
       </c>
       <c r="H15">
         <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H16">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H17">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18">
         <v>72.0</v>
       </c>
       <c r="H18">
@@ -1755,964 +1749,964 @@
       </c>
       <c r="H24">
         <v>348.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>62</v>
       </c>
       <c r="D25">
         <v>2019</v>
       </c>
       <c r="E25" t="s">
         <v>63</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H25">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>64</v>
       </c>
       <c r="D26">
         <v>2021</v>
       </c>
       <c r="E26" t="s">
         <v>65</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H26">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>66</v>
       </c>
       <c r="D27">
         <v>2010</v>
       </c>
       <c r="E27" t="s">
         <v>67</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H27">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>68</v>
       </c>
       <c r="D28">
         <v>2021</v>
       </c>
       <c r="E28" t="s">
         <v>69</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H28">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29">
         <v>2012</v>
       </c>
       <c r="E29" t="s">
         <v>71</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H29">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>72</v>
       </c>
       <c r="D30">
         <v>2022</v>
       </c>
       <c r="E30" t="s">
         <v>73</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H30">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>74</v>
       </c>
       <c r="D31">
         <v>2010</v>
       </c>
       <c r="E31" t="s">
         <v>75</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H31">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>76</v>
       </c>
       <c r="D32">
         <v>2022</v>
       </c>
       <c r="E32" t="s">
         <v>77</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H32">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>174.3</v>
+        <v>179.53</v>
       </c>
       <c r="H33">
-        <v>174.3</v>
+        <v>179.53</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>80</v>
       </c>
       <c r="D34">
         <v>2011</v>
       </c>
       <c r="E34" t="s">
         <v>81</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
       <c r="H34">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
       <c r="D35">
         <v>2019</v>
       </c>
       <c r="E35" t="s">
         <v>83</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H35">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>84</v>
       </c>
       <c r="D36">
         <v>2019</v>
       </c>
       <c r="E36" t="s">
         <v>85</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>241.03</v>
+        <v>248.22</v>
       </c>
       <c r="H36">
-        <v>241.03</v>
+        <v>248.22</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>86</v>
       </c>
       <c r="D37">
         <v>2013</v>
       </c>
       <c r="E37" t="s">
         <v>87</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>260.28</v>
+        <v>268.13</v>
       </c>
       <c r="H37">
-        <v>260.28</v>
+        <v>268.13</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>88</v>
       </c>
       <c r="D38">
         <v>2020</v>
       </c>
       <c r="E38" t="s">
         <v>89</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
       <c r="H38">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>90</v>
       </c>
       <c r="D39">
         <v>2003</v>
       </c>
       <c r="E39" t="s">
         <v>91</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H39">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>92</v>
       </c>
       <c r="D40">
         <v>2005</v>
       </c>
       <c r="E40" t="s">
         <v>93</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H40">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>94</v>
       </c>
       <c r="D41">
         <v>2000</v>
       </c>
       <c r="E41" t="s">
         <v>95</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H41">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>96</v>
       </c>
       <c r="D42">
         <v>2007</v>
       </c>
       <c r="E42" t="s">
         <v>97</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H42">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>98</v>
       </c>
       <c r="D43">
         <v>2018</v>
       </c>
       <c r="E43" t="s">
         <v>99</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H43">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>100</v>
       </c>
       <c r="D44">
         <v>1998</v>
       </c>
       <c r="E44" t="s">
         <v>101</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H44">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>102</v>
       </c>
       <c r="D45">
         <v>2012</v>
       </c>
       <c r="E45" t="s">
         <v>103</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H45">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>104</v>
       </c>
       <c r="D46">
         <v>2001</v>
       </c>
       <c r="E46" t="s">
         <v>105</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H46">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>106</v>
       </c>
       <c r="D47">
         <v>2000</v>
       </c>
       <c r="E47" t="s">
         <v>107</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H47">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>108</v>
       </c>
       <c r="D48">
         <v>2000</v>
       </c>
       <c r="E48" t="s">
         <v>109</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H48">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>110</v>
       </c>
       <c r="D49">
         <v>2016</v>
       </c>
       <c r="E49" t="s">
         <v>111</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H49">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>112</v>
       </c>
       <c r="D50">
         <v>2006</v>
       </c>
       <c r="E50" t="s">
         <v>113</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H50">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>114</v>
       </c>
       <c r="D51">
         <v>2012</v>
       </c>
       <c r="E51" t="s">
         <v>115</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H51">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>116</v>
       </c>
       <c r="D52">
         <v>2012</v>
       </c>
       <c r="E52" t="s">
         <v>117</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H52">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>118</v>
       </c>
       <c r="D53">
         <v>2012</v>
       </c>
       <c r="E53" t="s">
         <v>119</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H53">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>120</v>
       </c>
       <c r="D54">
         <v>2005</v>
       </c>
       <c r="E54" t="s">
         <v>121</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H54">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>122</v>
       </c>
       <c r="D55">
         <v>2000</v>
       </c>
       <c r="E55" t="s">
         <v>123</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H55">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>124</v>
       </c>
       <c r="D56">
         <v>2000</v>
       </c>
       <c r="E56" t="s">
         <v>125</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H56">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>126</v>
       </c>
       <c r="D57">
         <v>2016</v>
       </c>
       <c r="E57" t="s">
         <v>127</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H57">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>128</v>
       </c>
       <c r="D58">
         <v>2016</v>
       </c>
       <c r="E58" t="s">
         <v>129</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H58">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>130</v>
       </c>
       <c r="D59">
         <v>2016</v>
       </c>
       <c r="E59" t="s">
         <v>131</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
       <c r="H59">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>132</v>
       </c>
       <c r="D60">
         <v>2019</v>
       </c>
       <c r="E60" t="s">
         <v>133</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H60">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>134</v>
       </c>
       <c r="B61" t="s">
         <v>14</v>
       </c>
       <c r="C61" t="s">
         <v>135</v>
       </c>
       <c r="D61">
         <v>2020</v>
       </c>
       <c r="E61" t="s">
         <v>136</v>
       </c>
       <c r="F61" t="s">
         <v>17</v>
       </c>
       <c r="G61">
         <v>348.0</v>
       </c>
       <c r="H61">
@@ -4060,140 +4054,114 @@
       </c>
       <c r="E113" t="s">
         <v>239</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113">
         <v>72.0</v>
       </c>
       <c r="H113">
         <v>72.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>18</v>
       </c>
       <c r="C114" t="s">
         <v>240</v>
       </c>
       <c r="D114">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="E114" t="s">
         <v>241</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H114">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>18</v>
       </c>
       <c r="C115" t="s">
         <v>242</v>
       </c>
       <c r="D115">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="E115" t="s">
         <v>243</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115">
         <v>64.0</v>
       </c>
       <c r="H115">
         <v>64.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>18</v>
       </c>
       <c r="C116" t="s">
         <v>244</v>
       </c>
       <c r="D116">
-        <v>1991</v>
+        <v>2020</v>
       </c>
       <c r="E116" t="s">
         <v>245</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H116">
-        <v>64.0</v>
-[...24 lines deleted...]
-      <c r="H117">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>