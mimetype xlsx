--- v0 (2025-10-13)
+++ v1 (2026-02-23)
@@ -137,51 +137,51 @@
   <si>
     <t>Rubber — Comprehensive review of the composition and nature of process fumes in the rubber industry</t>
   </si>
   <si>
     <t>VDI 4075 Blatt 7 : 2015</t>
   </si>
   <si>
     <t>Cleaner production (PIUS) - Plastics processing (extrusion)</t>
   </si>
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
     <t>PD ISO/TR 21275:2017</t>
   </si>
   <si>
     <t>Rubber. Comprehensive review of the composition and nature of process fumes in the rubber industry</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
-    <t>Confirmed</t>
+    <t>Under Review</t>
   </si>
   <si>
     <t>PD ISO/TS 21522:2017</t>
   </si>
   <si>
     <t>Rubber process fumes components. Quantitative test methods</t>
   </si>
   <si>
     <t>ASTM D6265 : 23</t>
   </si>
   <si>
     <t>Standard Practice for Separation of Contaminants in Polymers Using an Extruder Filter  Test</t>
   </si>
   <si>
     <t>ASTM D6358 : 19e1</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for  Poly (Phenylene Sulfide) (PPS) Injection Molding, Extrusion  and Blow Molding Materials Using ISO Methods</t>
   </si>
   <si>
     <t>ASTM D5989 : 18</t>
   </si>
   <si>
     <t>Standard Specification for  Extruded and Monomer Cast Shapes Made from Nylon (PA)</t>
   </si>
@@ -563,106 +563,106 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>213.01</v>
+        <v>219.36</v>
       </c>
       <c r="H2">
-        <v>213.01</v>
+        <v>219.36</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>114.57</v>
+        <v>118.01</v>
       </c>
       <c r="H3">
-        <v>114.57</v>
+        <v>118.01</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>190.98</v>
+        <v>196.68</v>
       </c>
       <c r="H4">
-        <v>190.98</v>
+        <v>196.68</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5">
         <v>72.0</v>
       </c>
       <c r="H5">
@@ -745,158 +745,158 @@
       </c>
       <c r="H8">
         <v>64.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2017</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2017</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H10">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2015</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
       <c r="H11">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12">
         <v>2017</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12" t="s">
         <v>40</v>
       </c>
       <c r="G12">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H12">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13">
         <v>2017</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H13">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14">
         <v>64.0</v>
       </c>
       <c r="H14">