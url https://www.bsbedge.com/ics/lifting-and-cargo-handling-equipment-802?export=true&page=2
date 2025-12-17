--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -881,106 +881,106 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H2">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
         <v>98.0</v>
       </c>
       <c r="H5">
@@ -1869,753 +1869,753 @@
       </c>
       <c r="H39">
         <v>237.66</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>97</v>
       </c>
       <c r="D40">
         <v>2021</v>
       </c>
       <c r="E40" t="s">
         <v>98</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H40">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>99</v>
       </c>
       <c r="D41">
         <v>2021</v>
       </c>
       <c r="E41" t="s">
         <v>100</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>101</v>
       </c>
       <c r="D42">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>102</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>36.0</v>
       </c>
       <c r="H42">
         <v>36.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>103</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>104</v>
       </c>
       <c r="D43">
         <v>2013</v>
       </c>
       <c r="E43" t="s">
         <v>105</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H43">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>103</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>106</v>
       </c>
       <c r="D44">
         <v>1980</v>
       </c>
       <c r="E44" t="s">
         <v>107</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H44">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>103</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>108</v>
       </c>
       <c r="D45">
         <v>1997</v>
       </c>
       <c r="E45" t="s">
         <v>109</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>110</v>
       </c>
       <c r="D46">
         <v>1996</v>
       </c>
       <c r="E46" t="s">
         <v>111</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H46">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>112</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>113</v>
       </c>
       <c r="D47">
         <v>2016</v>
       </c>
       <c r="E47" t="s">
         <v>114</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>115</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>116</v>
       </c>
       <c r="D48">
         <v>1991</v>
       </c>
       <c r="E48" t="s">
         <v>117</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H48">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>112</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>118</v>
       </c>
       <c r="D49">
         <v>1977</v>
       </c>
       <c r="E49" t="s">
         <v>119</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>120</v>
       </c>
       <c r="D50">
         <v>2022</v>
       </c>
       <c r="E50" t="s">
         <v>121</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H50">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>122</v>
       </c>
       <c r="D51">
         <v>19</v>
       </c>
       <c r="E51" t="s">
         <v>123</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
         <v>20.0</v>
       </c>
       <c r="H51">
         <v>20.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>112</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>124</v>
       </c>
       <c r="D52">
         <v>2016</v>
       </c>
       <c r="E52" t="s">
         <v>125</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H52">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>126</v>
       </c>
       <c r="D53">
         <v>2013</v>
       </c>
       <c r="E53" t="s">
         <v>127</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H53">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>103</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>128</v>
       </c>
       <c r="D54">
         <v>2002</v>
       </c>
       <c r="E54" t="s">
         <v>129</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>130</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>131</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
         <v>20.0</v>
       </c>
       <c r="H55">
         <v>20.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>103</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>132</v>
       </c>
       <c r="D56">
         <v>2013</v>
       </c>
       <c r="E56" t="s">
         <v>133</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>112</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>134</v>
       </c>
       <c r="D57">
         <v>2016</v>
       </c>
       <c r="E57" t="s">
         <v>135</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H57">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>112</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>136</v>
       </c>
       <c r="D58">
         <v>1975</v>
       </c>
       <c r="E58" t="s">
         <v>137</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H58">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>138</v>
       </c>
       <c r="D59">
         <v>2019</v>
       </c>
       <c r="E59" t="s">
         <v>139</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H59">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>112</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>140</v>
       </c>
       <c r="D60">
         <v>2016</v>
       </c>
       <c r="E60" t="s">
         <v>141</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>112</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>142</v>
       </c>
       <c r="D61">
         <v>2016</v>
       </c>
       <c r="E61" t="s">
         <v>143</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>112</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>144</v>
       </c>
       <c r="D62">
         <v>2016</v>
       </c>
       <c r="E62" t="s">
         <v>145</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>103</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>146</v>
       </c>
       <c r="D63">
         <v>2013</v>
       </c>
       <c r="E63" t="s">
         <v>147</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H63">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>103</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>148</v>
       </c>
       <c r="D64">
         <v>2019</v>
       </c>
       <c r="E64" t="s">
         <v>149</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H64">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>150</v>
       </c>
       <c r="E65" t="s">
         <v>151</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>20.0</v>
       </c>
       <c r="H65">
         <v>20.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>112</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>152</v>
       </c>
       <c r="D66">
         <v>1976</v>
       </c>
       <c r="E66" t="s">
         <v>153</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H66">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>112</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>154</v>
       </c>
       <c r="D67">
         <v>1980</v>
       </c>
       <c r="E67" t="s">
         <v>155</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">