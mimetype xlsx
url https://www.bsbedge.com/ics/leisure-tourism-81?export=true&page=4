--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1420,158 +1420,158 @@
       </c>
       <c r="H2">
         <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2022</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H3">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2022</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
         <v>177.0</v>
       </c>
       <c r="H5">
         <v>177.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H6">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>20.0</v>
       </c>
       <c r="H8">
@@ -1602,80 +1602,80 @@
       </c>
       <c r="H9">
         <v>98.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H10">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H11">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12">
         <v>65.0</v>
       </c>
       <c r="H12">
@@ -1706,80 +1706,80 @@
       </c>
       <c r="H13">
         <v>98.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H15">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16">
         <v>41.78</v>
       </c>
       <c r="H16">
@@ -1836,54 +1836,54 @@
       </c>
       <c r="H18">
         <v>135.33</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20">
         <v>93.83</v>
       </c>
       <c r="H20">
@@ -1940,132 +1940,132 @@
       </c>
       <c r="H22">
         <v>41.78</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23">
         <v>2022</v>
       </c>
       <c r="E23" t="s">
         <v>58</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H23">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24">
         <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>14</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H24">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25">
         <v>98.0</v>
       </c>
       <c r="H25">
         <v>98.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>43</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>64</v>
       </c>
       <c r="F27" t="s">
         <v>46</v>
       </c>
       <c r="G27">
         <v>127.94</v>
       </c>
       <c r="H27">
@@ -2122,132 +2122,132 @@
       </c>
       <c r="H29">
         <v>65.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>70</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>72</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>20.0</v>
       </c>
       <c r="H31">
         <v>20.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
       <c r="D32">
         <v>2014</v>
       </c>
       <c r="E32" t="s">
         <v>74</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>75</v>
       </c>
       <c r="D33">
         <v>2018</v>
       </c>
       <c r="E33" t="s">
         <v>76</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H33">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>77</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>78</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>0.0</v>
       </c>
       <c r="H34">
@@ -2382,106 +2382,106 @@
       </c>
       <c r="H39">
         <v>20.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>89</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>90</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H40">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>17</v>
       </c>
       <c r="B41" t="s">
         <v>18</v>
       </c>
       <c r="C41" t="s">
         <v>91</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>92</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41">
         <v>132.0</v>
       </c>
       <c r="H41">
         <v>132.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>93</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>94</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>95</v>
       </c>
       <c r="D43">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>96</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>20.0</v>
       </c>
       <c r="H43">
@@ -4176,184 +4176,184 @@
       </c>
       <c r="H108">
         <v>88.41</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
         <v>2021</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H109">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
         <v>2021</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
         <v>2022</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H111">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
         <v>14</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
         <v>20.0</v>
       </c>
       <c r="H112">
         <v>20.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
         <v>2022</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
         <v>2021</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H114">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
         <v>2023</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
@@ -4378,103 +4378,103 @@
       </c>
       <c r="H116">
         <v>20.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
         <v>2021</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H117">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
         <v>20.0</v>
       </c>
       <c r="H118">
         <v>20.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>246</v>
       </c>
       <c r="D119">
         <v>2020</v>
       </c>
       <c r="E119" t="s">
         <v>247</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H119">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120">
         <v>14</v>
       </c>
       <c r="E120" t="s">
         <v>249</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
         <v>20.0</v>
       </c>
       <c r="H120">
@@ -4505,938 +4505,938 @@
       </c>
       <c r="H121">
         <v>20.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>252</v>
       </c>
       <c r="D122">
         <v>2021</v>
       </c>
       <c r="E122" t="s">
         <v>253</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>254</v>
       </c>
       <c r="D123">
         <v>2023</v>
       </c>
       <c r="E123" t="s">
         <v>255</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H123">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>256</v>
       </c>
       <c r="D124">
         <v>2022</v>
       </c>
       <c r="E124" t="s">
         <v>257</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H124">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>258</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>259</v>
       </c>
       <c r="D125">
         <v>2020</v>
       </c>
       <c r="E125" t="s">
         <v>260</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>258</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>261</v>
       </c>
       <c r="D126">
         <v>2011</v>
       </c>
       <c r="E126" t="s">
         <v>262</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H126">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>245</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>263</v>
       </c>
       <c r="D127">
         <v>2015</v>
       </c>
       <c r="E127" t="s">
         <v>264</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H127">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>258</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>265</v>
       </c>
       <c r="D128">
         <v>2014</v>
       </c>
       <c r="E128" t="s">
         <v>266</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H128">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>258</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>267</v>
       </c>
       <c r="D129">
         <v>2017</v>
       </c>
       <c r="E129" t="s">
         <v>268</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H129">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>245</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>269</v>
       </c>
       <c r="D130">
         <v>2020</v>
       </c>
       <c r="E130" t="s">
         <v>270</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>258</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>271</v>
       </c>
       <c r="D131">
         <v>2019</v>
       </c>
       <c r="E131" t="s">
         <v>272</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H131">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>258</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>273</v>
       </c>
       <c r="D132">
         <v>2019</v>
       </c>
       <c r="E132" t="s">
         <v>274</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H132">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>275</v>
       </c>
       <c r="D133">
         <v>2022</v>
       </c>
       <c r="E133" t="s">
         <v>276</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H133">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>258</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>277</v>
       </c>
       <c r="D134">
         <v>2018</v>
       </c>
       <c r="E134" t="s">
         <v>278</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H134">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>258</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>279</v>
       </c>
       <c r="D135">
         <v>2017</v>
       </c>
       <c r="E135" t="s">
         <v>280</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H135">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>258</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>281</v>
       </c>
       <c r="D136">
         <v>2017</v>
       </c>
       <c r="E136" t="s">
         <v>282</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H136">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>283</v>
       </c>
       <c r="D137">
         <v>2021</v>
       </c>
       <c r="E137" t="s">
         <v>284</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H137">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>258</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>285</v>
       </c>
       <c r="D138">
         <v>2014</v>
       </c>
       <c r="E138" t="s">
         <v>286</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H138">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>258</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>287</v>
       </c>
       <c r="D139">
         <v>2011</v>
       </c>
       <c r="E139" t="s">
         <v>288</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H139">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>258</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>289</v>
       </c>
       <c r="D140">
         <v>2012</v>
       </c>
       <c r="E140" t="s">
         <v>290</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H140">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>245</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>291</v>
       </c>
       <c r="D141">
         <v>2015</v>
       </c>
       <c r="E141" t="s">
         <v>292</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H141">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>245</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>293</v>
       </c>
       <c r="D142">
         <v>2009</v>
       </c>
       <c r="E142" t="s">
         <v>294</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H142">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>258</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>295</v>
       </c>
       <c r="D143">
         <v>2014</v>
       </c>
       <c r="E143" t="s">
         <v>296</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H143">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>245</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>297</v>
       </c>
       <c r="D144">
         <v>2014</v>
       </c>
       <c r="E144" t="s">
         <v>298</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H144">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>258</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>299</v>
       </c>
       <c r="D145">
         <v>2016</v>
       </c>
       <c r="E145" t="s">
         <v>300</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H145">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>258</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>301</v>
       </c>
       <c r="D146">
         <v>2017</v>
       </c>
       <c r="E146" t="s">
         <v>302</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>245</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>303</v>
       </c>
       <c r="D147">
         <v>2014</v>
       </c>
       <c r="E147" t="s">
         <v>304</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H147">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>258</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>305</v>
       </c>
       <c r="D148">
         <v>2017</v>
       </c>
       <c r="E148" t="s">
         <v>306</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H148">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>258</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>307</v>
       </c>
       <c r="D149">
         <v>2015</v>
       </c>
       <c r="E149" t="s">
         <v>308</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H149">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>258</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>309</v>
       </c>
       <c r="D150">
         <v>2005</v>
       </c>
       <c r="E150" t="s">
         <v>310</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>258</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>311</v>
       </c>
       <c r="D151">
         <v>2014</v>
       </c>
       <c r="E151" t="s">
         <v>312</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>245</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>313</v>
       </c>
       <c r="D152">
         <v>2003</v>
       </c>
       <c r="E152" t="s">
         <v>314</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H152">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>258</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>315</v>
       </c>
       <c r="D153">
         <v>2015</v>
       </c>
       <c r="E153" t="s">
         <v>316</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H153">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>258</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>317</v>
       </c>
       <c r="D154">
         <v>2018</v>
       </c>
       <c r="E154" t="s">
         <v>318</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H154">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>258</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>319</v>
       </c>
       <c r="D155">
         <v>2014</v>
       </c>
       <c r="E155" t="s">
         <v>320</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>234.0</v>
+        <v>246.0</v>
       </c>
       <c r="H155">
-        <v>234.0</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>258</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>321</v>
       </c>
       <c r="D156">
         <v>2017</v>
       </c>
       <c r="E156" t="s">
         <v>322</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H156">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>42</v>
       </c>
       <c r="B157" t="s">
         <v>323</v>
       </c>
       <c r="C157" t="s">
         <v>324</v>
       </c>
       <c r="D157">
         <v>2023</v>
       </c>
       <c r="E157" t="s">
         <v>325</v>
       </c>
       <c r="F157" t="s">
         <v>326</v>
       </c>
       <c r="G157">
         <v>104.0</v>
       </c>
       <c r="H157">