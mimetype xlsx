--- v0 (2025-12-16)
+++ v1 (2026-02-16)
@@ -1643,132 +1643,132 @@
       </c>
       <c r="H22">
         <v>166.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23">
         <v>2013</v>
       </c>
       <c r="E23" t="s">
         <v>59</v>
       </c>
       <c r="F23" t="s">
         <v>60</v>
       </c>
       <c r="G23">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H23">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>57</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2013</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H24">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
         <v>2011</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H25">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
         <v>1985</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H26">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2018</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
         <v>0.0</v>
       </c>
       <c r="H27">
@@ -1877,236 +1877,236 @@
       </c>
       <c r="H31">
         <v>80.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32">
         <v>2023</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H32">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H33">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34">
         <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H34">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>2015</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H35">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36">
         <v>2015</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H36">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>86</v>
       </c>
       <c r="D37">
         <v>2006</v>
       </c>
       <c r="E37" t="s">
         <v>87</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>88</v>
       </c>
       <c r="D38">
         <v>2015</v>
       </c>
       <c r="E38" t="s">
         <v>89</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>90</v>
       </c>
       <c r="D39">
         <v>2018</v>
       </c>
       <c r="E39" t="s">
         <v>91</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H39">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>92</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>93</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>20.0</v>
       </c>
       <c r="H40">
@@ -2267,106 +2267,106 @@
       </c>
       <c r="H46">
         <v>40.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>106</v>
       </c>
       <c r="D47">
         <v>2020</v>
       </c>
       <c r="E47" t="s">
         <v>107</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H47">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>108</v>
       </c>
       <c r="D48">
         <v>2020</v>
       </c>
       <c r="E48" t="s">
         <v>107</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H48">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>109</v>
       </c>
       <c r="D49">
         <v>2010</v>
       </c>
       <c r="E49" t="s">
         <v>110</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H49">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>111</v>
       </c>
       <c r="D50">
         <v>2013</v>
       </c>
       <c r="E50" t="s">
         <v>112</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>80.0</v>
       </c>
       <c r="H50">
@@ -2423,80 +2423,80 @@
       </c>
       <c r="H52">
         <v>115.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>116</v>
       </c>
       <c r="D53">
         <v>2020</v>
       </c>
       <c r="E53" t="s">
         <v>117</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H53">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>118</v>
       </c>
       <c r="D54">
         <v>2020</v>
       </c>
       <c r="E54" t="s">
         <v>117</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H54">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>119</v>
       </c>
       <c r="D55">
         <v>2020</v>
       </c>
       <c r="E55" t="s">
         <v>120</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
         <v>196.0</v>
       </c>
       <c r="H55">
@@ -2527,80 +2527,80 @@
       </c>
       <c r="H56">
         <v>115.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>122</v>
       </c>
       <c r="D57">
         <v>2013</v>
       </c>
       <c r="E57" t="s">
         <v>110</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>405.0</v>
+        <v>410.0</v>
       </c>
       <c r="H57">
-        <v>405.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
         <v>2018</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>515.0</v>
+        <v>555.0</v>
       </c>
       <c r="H58">
-        <v>515.0</v>
+        <v>555.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
         <v>2018</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>20.0</v>
       </c>
       <c r="H59">
@@ -2657,80 +2657,80 @@
       </c>
       <c r="H61">
         <v>10.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>130</v>
       </c>
       <c r="D62">
         <v>2015</v>
       </c>
       <c r="E62" t="s">
         <v>131</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
       <c r="H62">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>132</v>
       </c>
       <c r="D63">
         <v>2013</v>
       </c>
       <c r="E63" t="s">
         <v>124</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H63">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>133</v>
       </c>
       <c r="D64">
         <v>2015</v>
       </c>
       <c r="E64" t="s">
         <v>134</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>10.0</v>
       </c>
       <c r="H64">
@@ -2787,80 +2787,80 @@
       </c>
       <c r="H66">
         <v>0.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>29</v>
       </c>
       <c r="C67" t="s">
         <v>139</v>
       </c>
       <c r="D67">
         <v>2018</v>
       </c>
       <c r="E67" t="s">
         <v>140</v>
       </c>
       <c r="F67" t="s">
         <v>32</v>
       </c>
       <c r="G67">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H67">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>29</v>
       </c>
       <c r="C68" t="s">
         <v>141</v>
       </c>
       <c r="D68">
         <v>2012</v>
       </c>
       <c r="E68" t="s">
         <v>142</v>
       </c>
       <c r="F68" t="s">
         <v>32</v>
       </c>
       <c r="G68">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H68">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>16</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
         <v>143</v>
       </c>
       <c r="D69">
         <v>2015</v>
       </c>
       <c r="E69" t="s">
         <v>144</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69">
         <v>348.0</v>
       </c>
       <c r="H69">