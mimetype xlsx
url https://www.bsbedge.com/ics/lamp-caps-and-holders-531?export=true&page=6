--- v1 (2025-11-24)
+++ v2 (2026-03-03)
@@ -2300,80 +2300,80 @@
       </c>
       <c r="H4">
         <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>1993</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H5">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>1993</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>115.0</v>
       </c>
       <c r="H7">
@@ -2404,132 +2404,132 @@
       </c>
       <c r="H8">
         <v>115.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>1993</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H9">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>19</v>
       </c>
       <c r="G10">
         <v>20.0</v>
       </c>
       <c r="H10">
         <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11">
         <v>2017</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>19</v>
       </c>
       <c r="G11">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H11">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12">
         <v>2017</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H12">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13">
         <v>20.0</v>
       </c>
       <c r="H13">
@@ -2560,210 +2560,210 @@
       </c>
       <c r="H14">
         <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15">
         <v>1993</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>19</v>
       </c>
       <c r="G15">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H15">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>32</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
       <c r="H16">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
         <v>10.0</v>
       </c>
       <c r="H17">
         <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>1993</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>19</v>
       </c>
       <c r="G18">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H18">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H19">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2017</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>19</v>
       </c>
       <c r="G20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21">
         <v>2009</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H21">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22">
         <v>2013</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>0.0</v>
       </c>
       <c r="H22">
@@ -2976,210 +2976,210 @@
       </c>
       <c r="H30">
         <v>80.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31">
         <v>1996</v>
       </c>
       <c r="E31" t="s">
         <v>72</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H31">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
       <c r="D32">
         <v>1970</v>
       </c>
       <c r="E32" t="s">
         <v>74</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>40.0</v>
       </c>
       <c r="H32">
         <v>40.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>75</v>
       </c>
       <c r="D33">
         <v>2019</v>
       </c>
       <c r="E33" t="s">
         <v>76</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H33">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>77</v>
       </c>
       <c r="D34">
         <v>2016</v>
       </c>
       <c r="E34" t="s">
         <v>78</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>80.0</v>
       </c>
       <c r="H34">
         <v>80.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>79</v>
       </c>
       <c r="D35">
         <v>1992</v>
       </c>
       <c r="E35" t="s">
         <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H35">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>81</v>
       </c>
       <c r="D36">
         <v>1996</v>
       </c>
       <c r="E36" t="s">
         <v>82</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H36">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37">
         <v>2005</v>
       </c>
       <c r="E37" t="s">
         <v>84</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
       <c r="H37">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38">
         <v>2019</v>
       </c>
       <c r="E38" t="s">
         <v>86</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>40.0</v>
       </c>
       <c r="H38">
@@ -3262,158 +3262,158 @@
       </c>
       <c r="H41">
         <v>115.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>93</v>
       </c>
       <c r="D42">
         <v>1995</v>
       </c>
       <c r="E42" t="s">
         <v>94</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H42">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>95</v>
       </c>
       <c r="D43">
         <v>2018</v>
       </c>
       <c r="E43" t="s">
         <v>96</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>80.0</v>
       </c>
       <c r="H43">
         <v>80.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>97</v>
       </c>
       <c r="D44">
         <v>2016</v>
       </c>
       <c r="E44" t="s">
         <v>98</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H44">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>99</v>
       </c>
       <c r="D45">
         <v>1994</v>
       </c>
       <c r="E45" t="s">
         <v>100</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H45">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>101</v>
       </c>
       <c r="D46">
         <v>1969</v>
       </c>
       <c r="E46" t="s">
         <v>84</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H46">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>102</v>
       </c>
       <c r="D47">
         <v>2015</v>
       </c>
       <c r="E47" t="s">
         <v>103</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>20.0</v>
       </c>
       <c r="H47">
@@ -3444,106 +3444,106 @@
       </c>
       <c r="H48">
         <v>10.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>106</v>
       </c>
       <c r="D49">
         <v>1994</v>
       </c>
       <c r="E49" t="s">
         <v>107</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H49">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>108</v>
       </c>
       <c r="D50">
         <v>2023</v>
       </c>
       <c r="E50" t="s">
         <v>109</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H50">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>110</v>
       </c>
       <c r="D51">
         <v>2018</v>
       </c>
       <c r="E51" t="s">
         <v>111</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>112</v>
       </c>
       <c r="D52">
         <v>2015</v>
       </c>
       <c r="E52" t="s">
         <v>113</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
         <v>80.0</v>
       </c>
       <c r="H52">
@@ -3574,210 +3574,210 @@
       </c>
       <c r="H53">
         <v>40.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>116</v>
       </c>
       <c r="D54">
         <v>1992</v>
       </c>
       <c r="E54" t="s">
         <v>117</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H54">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55">
         <v>2014</v>
       </c>
       <c r="E55" t="s">
         <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H55">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>120</v>
       </c>
       <c r="D56">
         <v>2023</v>
       </c>
       <c r="E56" t="s">
         <v>121</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
         <v>20.0</v>
       </c>
       <c r="H56">
         <v>20.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>122</v>
       </c>
       <c r="D57">
         <v>2020</v>
       </c>
       <c r="E57" t="s">
         <v>123</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H57">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>124</v>
       </c>
       <c r="D58">
         <v>2015</v>
       </c>
       <c r="E58" t="s">
         <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H58">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>126</v>
       </c>
       <c r="D59">
         <v>2001</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>10.0</v>
       </c>
       <c r="H59">
         <v>10.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>128</v>
       </c>
       <c r="D60">
         <v>1989</v>
       </c>
       <c r="E60" t="s">
         <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H60">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>130</v>
       </c>
       <c r="D61">
         <v>2014</v>
       </c>
       <c r="E61" t="s">
         <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>115.0</v>
       </c>
       <c r="H61">
@@ -3860,340 +3860,340 @@
       </c>
       <c r="H64">
         <v>20.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65">
         <v>1987</v>
       </c>
       <c r="E65" t="s">
         <v>139</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H65">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>140</v>
       </c>
       <c r="D66">
         <v>2013</v>
       </c>
       <c r="E66" t="s">
         <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>115.0</v>
       </c>
       <c r="H66">
         <v>115.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>142</v>
       </c>
       <c r="D67">
         <v>2017</v>
       </c>
       <c r="E67" t="s">
         <v>143</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H67">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>144</v>
       </c>
       <c r="D68">
         <v>2020</v>
       </c>
       <c r="E68" t="s">
         <v>145</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>675.0</v>
+        <v>710.0</v>
       </c>
       <c r="H68">
-        <v>675.0</v>
+        <v>710.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>146</v>
       </c>
       <c r="D69">
         <v>2020</v>
       </c>
       <c r="E69" t="s">
         <v>147</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
         <v>10.0</v>
       </c>
       <c r="H69">
         <v>10.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>148</v>
       </c>
       <c r="D70">
         <v>2017</v>
       </c>
       <c r="E70" t="s">
         <v>145</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
       <c r="H70">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2016</v>
       </c>
       <c r="E71" t="s">
         <v>145</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H71">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>150</v>
       </c>
       <c r="D72">
         <v>2017</v>
       </c>
       <c r="E72" t="s">
         <v>151</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
         <v>20.0</v>
       </c>
       <c r="H72">
         <v>20.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>152</v>
       </c>
       <c r="D73">
         <v>2016</v>
       </c>
       <c r="E73" t="s">
         <v>145</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H73">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>153</v>
       </c>
       <c r="D74">
         <v>2019</v>
       </c>
       <c r="E74" t="s">
         <v>32</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>640.0</v>
+        <v>665.0</v>
       </c>
       <c r="H74">
-        <v>640.0</v>
+        <v>665.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>154</v>
       </c>
       <c r="D75">
         <v>2019</v>
       </c>
       <c r="E75" t="s">
         <v>155</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
         <v>10.0</v>
       </c>
       <c r="H75">
         <v>10.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>156</v>
       </c>
       <c r="D76">
         <v>2017</v>
       </c>
       <c r="E76" t="s">
         <v>32</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>157</v>
       </c>
       <c r="D77">
         <v>2014</v>
       </c>
       <c r="E77" t="s">
         <v>158</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
         <v>40.0</v>
       </c>
       <c r="H77">
@@ -4380,54 +4380,54 @@
       </c>
       <c r="H84">
         <v>20.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>173</v>
       </c>
       <c r="D85">
         <v>1989</v>
       </c>
       <c r="E85" t="s">
         <v>174</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H85">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>175</v>
       </c>
       <c r="D86">
         <v>2014</v>
       </c>
       <c r="E86" t="s">
         <v>176</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
         <v>20.0</v>
       </c>
       <c r="H86">
@@ -4510,54 +4510,54 @@
       </c>
       <c r="H89">
         <v>115.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>183</v>
       </c>
       <c r="D90">
         <v>1998</v>
       </c>
       <c r="E90" t="s">
         <v>184</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H90">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>185</v>
       </c>
       <c r="D91">
         <v>1972</v>
       </c>
       <c r="E91" t="s">
         <v>186</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
         <v>20.0</v>
       </c>
       <c r="H91">
@@ -4952,54 +4952,54 @@
       </c>
       <c r="H106">
         <v>20.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>217</v>
       </c>
       <c r="D107">
         <v>2005</v>
       </c>
       <c r="E107" t="s">
         <v>218</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
       <c r="H107">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>219</v>
       </c>
       <c r="D108">
         <v>1970</v>
       </c>
       <c r="E108" t="s">
         <v>220</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
         <v>10.0</v>
       </c>
       <c r="H108">
@@ -5290,106 +5290,106 @@
       </c>
       <c r="H119">
         <v>20.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>243</v>
       </c>
       <c r="D120">
         <v>2011</v>
       </c>
       <c r="E120" t="s">
         <v>244</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H120">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>245</v>
       </c>
       <c r="D121">
         <v>1996</v>
       </c>
       <c r="E121" t="s">
         <v>246</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
         <v>20.0</v>
       </c>
       <c r="H121">
         <v>20.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>247</v>
       </c>
       <c r="D122">
         <v>1969</v>
       </c>
       <c r="E122" t="s">
         <v>218</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H122">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123">
         <v>2006</v>
       </c>
       <c r="E123" t="s">
         <v>249</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
         <v>20.0</v>
       </c>
       <c r="H123">
@@ -5576,54 +5576,54 @@
       </c>
       <c r="H130">
         <v>40.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>264</v>
       </c>
       <c r="D131">
         <v>2005</v>
       </c>
       <c r="E131" t="s">
         <v>265</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H131">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>266</v>
       </c>
       <c r="D132">
         <v>1998</v>
       </c>
       <c r="E132" t="s">
         <v>267</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
         <v>20.0</v>
       </c>
       <c r="H132">
@@ -5706,80 +5706,80 @@
       </c>
       <c r="H135">
         <v>40.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>274</v>
       </c>
       <c r="D136">
         <v>2003</v>
       </c>
       <c r="E136" t="s">
         <v>275</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H136">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>276</v>
       </c>
       <c r="D137">
         <v>1994</v>
       </c>
       <c r="E137" t="s">
         <v>277</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H137">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>278</v>
       </c>
       <c r="D138">
         <v>2012</v>
       </c>
       <c r="E138" t="s">
         <v>279</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
         <v>85.0</v>
       </c>
       <c r="H138">
@@ -5810,158 +5810,158 @@
       </c>
       <c r="H139">
         <v>40.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>281</v>
       </c>
       <c r="D140">
         <v>2017</v>
       </c>
       <c r="E140" t="s">
         <v>282</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
       <c r="H140">
-        <v>465.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>283</v>
       </c>
       <c r="D141">
         <v>2017</v>
       </c>
       <c r="E141" t="s">
         <v>284</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
         <v>20.0</v>
       </c>
       <c r="H141">
         <v>20.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>285</v>
       </c>
       <c r="D142">
         <v>2016</v>
       </c>
       <c r="E142" t="s">
         <v>282</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H142">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>286</v>
       </c>
       <c r="D143">
         <v>2012</v>
       </c>
       <c r="E143" t="s">
         <v>287</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
         <v>10.0</v>
       </c>
       <c r="H143">
         <v>10.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>288</v>
       </c>
       <c r="D144">
         <v>2016</v>
       </c>
       <c r="E144" t="s">
         <v>282</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H144">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>289</v>
       </c>
       <c r="D145">
         <v>1994</v>
       </c>
       <c r="E145" t="s">
         <v>290</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
         <v>20.0</v>
       </c>
       <c r="H145">
@@ -6044,54 +6044,54 @@
       </c>
       <c r="H148">
         <v>20.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>297</v>
       </c>
       <c r="D149">
         <v>2020</v>
       </c>
       <c r="E149" t="s">
         <v>282</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
       <c r="H149">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>298</v>
       </c>
       <c r="D150">
         <v>2020</v>
       </c>
       <c r="E150" t="s">
         <v>299</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
         <v>20.0</v>
       </c>
       <c r="H150">
@@ -6174,80 +6174,80 @@
       </c>
       <c r="H153">
         <v>40.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>306</v>
       </c>
       <c r="D154">
         <v>2002</v>
       </c>
       <c r="E154" t="s">
         <v>307</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H154">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>308</v>
       </c>
       <c r="D155">
         <v>1994</v>
       </c>
       <c r="E155" t="s">
         <v>309</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H155">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>310</v>
       </c>
       <c r="D156">
         <v>2014</v>
       </c>
       <c r="E156" t="s">
         <v>311</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
         <v>40.0</v>
       </c>
       <c r="H156">
@@ -6382,106 +6382,106 @@
       </c>
       <c r="H161">
         <v>80.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>322</v>
       </c>
       <c r="D162">
         <v>2010</v>
       </c>
       <c r="E162" t="s">
         <v>323</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H162">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>324</v>
       </c>
       <c r="D163">
         <v>2002</v>
       </c>
       <c r="E163" t="s">
         <v>325</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
         <v>115.0</v>
       </c>
       <c r="H163">
         <v>115.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>326</v>
       </c>
       <c r="D164">
         <v>1992</v>
       </c>
       <c r="E164" t="s">
         <v>327</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H164">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>328</v>
       </c>
       <c r="D165">
         <v>2013</v>
       </c>
       <c r="E165" t="s">
         <v>329</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
         <v>20.0</v>
       </c>
       <c r="H165">
@@ -6616,106 +6616,106 @@
       </c>
       <c r="H170">
         <v>40.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>340</v>
       </c>
       <c r="D171">
         <v>2009</v>
       </c>
       <c r="E171" t="s">
         <v>341</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H171">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>342</v>
       </c>
       <c r="D172">
         <v>2002</v>
       </c>
       <c r="E172" t="s">
         <v>343</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
         <v>80.0</v>
       </c>
       <c r="H172">
         <v>80.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>344</v>
       </c>
       <c r="D173">
         <v>1989</v>
       </c>
       <c r="E173" t="s">
         <v>345</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H173">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>346</v>
       </c>
       <c r="D174">
         <v>2012</v>
       </c>
       <c r="E174" t="s">
         <v>347</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
         <v>40.0</v>
       </c>
       <c r="H174">
@@ -7110,54 +7110,54 @@
       </c>
       <c r="H189">
         <v>80.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>378</v>
       </c>
       <c r="D190">
         <v>2001</v>
       </c>
       <c r="E190" t="s">
         <v>379</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H190">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>380</v>
       </c>
       <c r="D191">
         <v>1983</v>
       </c>
       <c r="E191" t="s">
         <v>381</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
         <v>115.0</v>
       </c>
       <c r="H191">
@@ -7318,80 +7318,80 @@
       </c>
       <c r="H197">
         <v>40.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>394</v>
       </c>
       <c r="D198">
         <v>2004</v>
       </c>
       <c r="E198" t="s">
         <v>395</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H198">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>396</v>
       </c>
       <c r="D199">
         <v>2001</v>
       </c>
       <c r="E199" t="s">
         <v>397</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H199">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>398</v>
       </c>
       <c r="D200">
         <v>2011</v>
       </c>
       <c r="E200" t="s">
         <v>399</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
         <v>20.0</v>
       </c>
       <c r="H200">
@@ -7448,80 +7448,80 @@
       </c>
       <c r="H202">
         <v>80.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>404</v>
       </c>
       <c r="D203">
         <v>2005</v>
       </c>
       <c r="E203" t="s">
         <v>405</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
       <c r="H203">
-        <v>1330.0</v>
+        <v>1370.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>406</v>
       </c>
       <c r="D204">
         <v>1969</v>
       </c>
       <c r="E204" t="s">
         <v>407</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H204">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>408</v>
       </c>
       <c r="D205">
         <v>2006</v>
       </c>
       <c r="E205" t="s">
         <v>409</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
         <v>10.0</v>
       </c>
       <c r="H205">
@@ -7682,54 +7682,54 @@
       </c>
       <c r="H211">
         <v>40.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>422</v>
       </c>
       <c r="D212">
         <v>1994</v>
       </c>
       <c r="E212" t="s">
         <v>423</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H212">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>424</v>
       </c>
       <c r="D213">
         <v>2005</v>
       </c>
       <c r="E213" t="s">
         <v>425</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
         <v>80.0</v>
       </c>
       <c r="H213">
@@ -7760,80 +7760,80 @@
       </c>
       <c r="H214">
         <v>115.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>428</v>
       </c>
       <c r="D215">
         <v>2010</v>
       </c>
       <c r="E215" t="s">
         <v>429</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H215">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>430</v>
       </c>
       <c r="D216">
         <v>1999</v>
       </c>
       <c r="E216" t="s">
         <v>431</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H216">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>432</v>
       </c>
       <c r="D217">
         <v>1977</v>
       </c>
       <c r="E217" t="s">
         <v>433</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
         <v>20.0</v>
       </c>
       <c r="H217">
@@ -7890,210 +7890,210 @@
       </c>
       <c r="H219">
         <v>20.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>438</v>
       </c>
       <c r="D220">
         <v>1992</v>
       </c>
       <c r="E220" t="s">
         <v>439</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H220">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>440</v>
       </c>
       <c r="D221">
         <v>2022</v>
       </c>
       <c r="E221" t="s">
         <v>441</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
         <v>20.0</v>
       </c>
       <c r="H221">
         <v>20.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>442</v>
       </c>
       <c r="D222">
         <v>2022</v>
       </c>
       <c r="E222" t="s">
         <v>34</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>725.0</v>
+        <v>750.0</v>
       </c>
       <c r="H222">
-        <v>725.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>443</v>
       </c>
       <c r="D223">
         <v>2020</v>
       </c>
       <c r="E223" t="s">
         <v>34</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>690.0</v>
+        <v>710.0</v>
       </c>
       <c r="H223">
-        <v>690.0</v>
+        <v>710.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>444</v>
       </c>
       <c r="D224">
         <v>2020</v>
       </c>
       <c r="E224" t="s">
         <v>445</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
         <v>20.0</v>
       </c>
       <c r="H224">
         <v>20.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>446</v>
       </c>
       <c r="D225">
         <v>2017</v>
       </c>
       <c r="E225" t="s">
         <v>34</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H225">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>447</v>
       </c>
       <c r="D226">
         <v>2017</v>
       </c>
       <c r="E226" t="s">
         <v>34</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H226">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>448</v>
       </c>
       <c r="D227">
         <v>2008</v>
       </c>
       <c r="E227" t="s">
         <v>449</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
         <v>50.0</v>
       </c>
       <c r="H227">
@@ -8228,54 +8228,54 @@
       </c>
       <c r="H232">
         <v>40.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>459</v>
       </c>
       <c r="D233">
         <v>1983</v>
       </c>
       <c r="E233" t="s">
         <v>460</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H233">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>461</v>
       </c>
       <c r="D234">
         <v>2012</v>
       </c>
       <c r="E234" t="s">
         <v>462</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
         <v>115.0</v>
       </c>
       <c r="H234">
@@ -8618,80 +8618,80 @@
       </c>
       <c r="H247">
         <v>40.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>489</v>
       </c>
       <c r="D248">
         <v>2017</v>
       </c>
       <c r="E248" t="s">
         <v>490</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H248">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>491</v>
       </c>
       <c r="D249">
         <v>2023</v>
       </c>
       <c r="E249" t="s">
         <v>492</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>740.0</v>
+        <v>760.0</v>
       </c>
       <c r="H249">
-        <v>740.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>493</v>
       </c>
       <c r="D250">
         <v>2007</v>
       </c>
       <c r="E250" t="s">
         <v>494</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
         <v>10.0</v>
       </c>
       <c r="H250">
@@ -8982,54 +8982,54 @@
       </c>
       <c r="H261">
         <v>40.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>517</v>
       </c>
       <c r="D262">
         <v>2017</v>
       </c>
       <c r="E262" t="s">
         <v>518</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H262">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>519</v>
       </c>
       <c r="D263">
         <v>1994</v>
       </c>
       <c r="E263" t="s">
         <v>520</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
         <v>40.0</v>
       </c>
       <c r="H263">
@@ -9216,54 +9216,54 @@
       </c>
       <c r="H270">
         <v>20.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>15</v>
       </c>
       <c r="B271" t="s">
         <v>16</v>
       </c>
       <c r="C271" t="s">
         <v>534</v>
       </c>
       <c r="D271">
         <v>2017</v>
       </c>
       <c r="E271" t="s">
         <v>535</v>
       </c>
       <c r="F271" t="s">
         <v>19</v>
       </c>
       <c r="G271">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H271">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>15</v>
       </c>
       <c r="B272" t="s">
         <v>16</v>
       </c>
       <c r="C272" t="s">
         <v>536</v>
       </c>
       <c r="D272">
         <v>3</v>
       </c>
       <c r="E272" t="s">
         <v>537</v>
       </c>
       <c r="F272" t="s">
         <v>19</v>
       </c>
       <c r="G272">
         <v>20.0</v>
       </c>
       <c r="H272">
@@ -9320,54 +9320,54 @@
       </c>
       <c r="H274">
         <v>20.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>542</v>
       </c>
       <c r="B275" t="s">
         <v>16</v>
       </c>
       <c r="C275" t="s">
         <v>543</v>
       </c>
       <c r="D275">
         <v>1997</v>
       </c>
       <c r="E275" t="s">
         <v>544</v>
       </c>
       <c r="F275" t="s">
         <v>19</v>
       </c>
       <c r="G275">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H275">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>15</v>
       </c>
       <c r="B276" t="s">
         <v>16</v>
       </c>
       <c r="C276" t="s">
         <v>545</v>
       </c>
       <c r="D276">
         <v>3</v>
       </c>
       <c r="E276" t="s">
         <v>546</v>
       </c>
       <c r="F276" t="s">
         <v>19</v>
       </c>
       <c r="G276">
         <v>20.0</v>
       </c>
       <c r="H276">
@@ -9450,106 +9450,106 @@
       </c>
       <c r="H279">
         <v>20.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>15</v>
       </c>
       <c r="B280" t="s">
         <v>16</v>
       </c>
       <c r="C280" t="s">
         <v>553</v>
       </c>
       <c r="D280">
         <v>2020</v>
       </c>
       <c r="E280" t="s">
         <v>554</v>
       </c>
       <c r="F280" t="s">
         <v>19</v>
       </c>
       <c r="G280">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H280">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>15</v>
       </c>
       <c r="B281" t="s">
         <v>16</v>
       </c>
       <c r="C281" t="s">
         <v>555</v>
       </c>
       <c r="D281">
         <v>7</v>
       </c>
       <c r="E281" t="s">
         <v>556</v>
       </c>
       <c r="F281" t="s">
         <v>19</v>
       </c>
       <c r="G281">
         <v>20.0</v>
       </c>
       <c r="H281">
         <v>20.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>15</v>
       </c>
       <c r="B282" t="s">
         <v>16</v>
       </c>
       <c r="C282" t="s">
         <v>557</v>
       </c>
       <c r="D282">
         <v>2018</v>
       </c>
       <c r="E282" t="s">
         <v>145</v>
       </c>
       <c r="F282" t="s">
         <v>19</v>
       </c>
       <c r="G282">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H282">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>15</v>
       </c>
       <c r="B283" t="s">
         <v>16</v>
       </c>
       <c r="C283" t="s">
         <v>558</v>
       </c>
       <c r="D283">
         <v>22</v>
       </c>
       <c r="E283" t="s">
         <v>559</v>
       </c>
       <c r="F283" t="s">
         <v>19</v>
       </c>
       <c r="G283">
         <v>20.0</v>
       </c>
       <c r="H283">
@@ -9632,106 +9632,106 @@
       </c>
       <c r="H286">
         <v>20.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>15</v>
       </c>
       <c r="B287" t="s">
         <v>16</v>
       </c>
       <c r="C287" t="s">
         <v>566</v>
       </c>
       <c r="D287">
         <v>2006</v>
       </c>
       <c r="E287" t="s">
         <v>567</v>
       </c>
       <c r="F287" t="s">
         <v>19</v>
       </c>
       <c r="G287">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H287">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>15</v>
       </c>
       <c r="B288" t="s">
         <v>16</v>
       </c>
       <c r="C288" t="s">
         <v>568</v>
       </c>
       <c r="D288">
         <v>1996</v>
       </c>
       <c r="E288" t="s">
         <v>569</v>
       </c>
       <c r="F288" t="s">
         <v>19</v>
       </c>
       <c r="G288">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H288">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>15</v>
       </c>
       <c r="B289" t="s">
         <v>16</v>
       </c>
       <c r="C289" t="s">
         <v>570</v>
       </c>
       <c r="D289">
         <v>1999</v>
       </c>
       <c r="E289" t="s">
         <v>571</v>
       </c>
       <c r="F289" t="s">
         <v>19</v>
       </c>
       <c r="G289">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H289">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>15</v>
       </c>
       <c r="B290" t="s">
         <v>16</v>
       </c>
       <c r="C290" t="s">
         <v>572</v>
       </c>
       <c r="D290">
         <v>22</v>
       </c>
       <c r="E290" t="s">
         <v>573</v>
       </c>
       <c r="F290" t="s">
         <v>19</v>
       </c>
       <c r="G290">
         <v>20.0</v>
       </c>
       <c r="H290">
@@ -9814,262 +9814,262 @@
       </c>
       <c r="H293">
         <v>20.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>580</v>
       </c>
       <c r="B294" t="s">
         <v>16</v>
       </c>
       <c r="C294" t="s">
         <v>581</v>
       </c>
       <c r="D294">
         <v>2011</v>
       </c>
       <c r="E294" t="s">
         <v>582</v>
       </c>
       <c r="F294" t="s">
         <v>19</v>
       </c>
       <c r="G294">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H294">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>583</v>
       </c>
       <c r="B295" t="s">
         <v>16</v>
       </c>
       <c r="C295" t="s">
         <v>584</v>
       </c>
       <c r="D295">
         <v>2013</v>
       </c>
       <c r="E295" t="s">
         <v>585</v>
       </c>
       <c r="F295" t="s">
         <v>19</v>
       </c>
       <c r="G295">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H295">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>542</v>
       </c>
       <c r="B296" t="s">
         <v>16</v>
       </c>
       <c r="C296" t="s">
         <v>586</v>
       </c>
       <c r="D296">
         <v>1987</v>
       </c>
       <c r="E296" t="s">
         <v>587</v>
       </c>
       <c r="F296" t="s">
         <v>19</v>
       </c>
       <c r="G296">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H296">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>15</v>
       </c>
       <c r="B297" t="s">
         <v>16</v>
       </c>
       <c r="C297" t="s">
         <v>588</v>
       </c>
       <c r="D297">
         <v>2004</v>
       </c>
       <c r="E297" t="s">
         <v>449</v>
       </c>
       <c r="F297" t="s">
         <v>19</v>
       </c>
       <c r="G297">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H297">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>15</v>
       </c>
       <c r="B298" t="s">
         <v>16</v>
       </c>
       <c r="C298" t="s">
         <v>589</v>
       </c>
       <c r="D298">
         <v>2008</v>
       </c>
       <c r="E298" t="s">
         <v>590</v>
       </c>
       <c r="F298" t="s">
         <v>19</v>
       </c>
       <c r="G298">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H298">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>15</v>
       </c>
       <c r="B299" t="s">
         <v>16</v>
       </c>
       <c r="C299" t="s">
         <v>591</v>
       </c>
       <c r="D299">
         <v>2017</v>
       </c>
       <c r="E299" t="s">
         <v>592</v>
       </c>
       <c r="F299" t="s">
         <v>19</v>
       </c>
       <c r="G299">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H299">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>15</v>
       </c>
       <c r="B300" t="s">
         <v>16</v>
       </c>
       <c r="C300" t="s">
         <v>593</v>
       </c>
       <c r="D300">
         <v>4</v>
       </c>
       <c r="E300" t="s">
         <v>594</v>
       </c>
       <c r="F300" t="s">
         <v>19</v>
       </c>
       <c r="G300">
         <v>20.0</v>
       </c>
       <c r="H300">
         <v>20.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>583</v>
       </c>
       <c r="B301" t="s">
         <v>16</v>
       </c>
       <c r="C301" t="s">
         <v>595</v>
       </c>
       <c r="D301">
         <v>1992</v>
       </c>
       <c r="E301" t="s">
         <v>596</v>
       </c>
       <c r="F301" t="s">
         <v>19</v>
       </c>
       <c r="G301">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H301">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>580</v>
       </c>
       <c r="B302" t="s">
         <v>16</v>
       </c>
       <c r="C302" t="s">
         <v>597</v>
       </c>
       <c r="D302">
         <v>2019</v>
       </c>
       <c r="E302" t="s">
         <v>598</v>
       </c>
       <c r="F302" t="s">
         <v>19</v>
       </c>
       <c r="G302">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H302">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>15</v>
       </c>
       <c r="B303" t="s">
         <v>16</v>
       </c>
       <c r="C303" t="s">
         <v>599</v>
       </c>
       <c r="D303">
         <v>25</v>
       </c>
       <c r="E303" t="s">
         <v>600</v>
       </c>
       <c r="F303" t="s">
         <v>19</v>
       </c>
       <c r="G303">
         <v>20.0</v>
       </c>
       <c r="H303">