--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -1988,80 +1988,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H2">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H3">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
@@ -2216,54 +2216,54 @@
       </c>
       <c r="H10">
         <v>64.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H11">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12">
         <v>2022</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12">
         <v>232.0</v>
       </c>
       <c r="H12">
@@ -2502,80 +2502,80 @@
       </c>
       <c r="H21">
         <v>64.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H22">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H23">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>44</v>
       </c>
       <c r="G24">
         <v>181.0</v>
       </c>
       <c r="H24">
@@ -2632,106 +2632,106 @@
       </c>
       <c r="H26">
         <v>72.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H27">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
       <c r="H28">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>74</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H29">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>17</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
         <v>1981</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30">
         <v>64.0</v>
       </c>
       <c r="H30">
@@ -3178,54 +3178,54 @@
       </c>
       <c r="H47">
         <v>232.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>111</v>
       </c>
       <c r="D48">
         <v>2023</v>
       </c>
       <c r="E48" t="s">
         <v>112</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H48">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
       <c r="D49">
         <v>2023</v>
       </c>
       <c r="E49" t="s">
         <v>114</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>118.23</v>
       </c>
       <c r="H49">
@@ -4738,938 +4738,938 @@
       </c>
       <c r="H107">
         <v>196.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>231</v>
       </c>
       <c r="D108">
         <v>2007</v>
       </c>
       <c r="E108" t="s">
         <v>232</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H108">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>233</v>
       </c>
       <c r="D109">
         <v>1999</v>
       </c>
       <c r="E109" t="s">
         <v>234</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H109">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>235</v>
       </c>
       <c r="D110">
         <v>2002</v>
       </c>
       <c r="E110" t="s">
         <v>236</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H110">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>237</v>
       </c>
       <c r="D111">
         <v>1999</v>
       </c>
       <c r="E111" t="s">
         <v>238</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H111">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>239</v>
       </c>
       <c r="D112">
         <v>2009</v>
       </c>
       <c r="E112" t="s">
         <v>240</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H112">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>241</v>
       </c>
       <c r="D113">
         <v>2006</v>
       </c>
       <c r="E113" t="s">
         <v>242</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H113">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>243</v>
       </c>
       <c r="D114">
         <v>2023</v>
       </c>
       <c r="E114" t="s">
         <v>244</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H114">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>245</v>
       </c>
       <c r="D115">
         <v>2016</v>
       </c>
       <c r="E115" t="s">
         <v>246</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H115">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>247</v>
       </c>
       <c r="D116">
         <v>2011</v>
       </c>
       <c r="E116" t="s">
         <v>248</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H116">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>249</v>
       </c>
       <c r="D117">
         <v>2022</v>
       </c>
       <c r="E117" t="s">
         <v>250</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H117">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>251</v>
       </c>
       <c r="D118">
         <v>2022</v>
       </c>
       <c r="E118" t="s">
         <v>252</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H118">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>253</v>
       </c>
       <c r="D119">
         <v>2022</v>
       </c>
       <c r="E119" t="s">
         <v>254</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H119">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>255</v>
       </c>
       <c r="D120">
         <v>2022</v>
       </c>
       <c r="E120" t="s">
         <v>256</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H120">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>257</v>
       </c>
       <c r="D121">
         <v>2022</v>
       </c>
       <c r="E121" t="s">
         <v>258</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H121">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>259</v>
       </c>
       <c r="D122">
         <v>2022</v>
       </c>
       <c r="E122" t="s">
         <v>260</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H122">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>261</v>
       </c>
       <c r="D123">
         <v>2022</v>
       </c>
       <c r="E123" t="s">
         <v>262</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H123">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>263</v>
       </c>
       <c r="D124">
         <v>2013</v>
       </c>
       <c r="E124" t="s">
         <v>264</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H124">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>265</v>
       </c>
       <c r="D125">
         <v>2020</v>
       </c>
       <c r="E125" t="s">
         <v>266</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H125">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>267</v>
       </c>
       <c r="D126">
         <v>2023</v>
       </c>
       <c r="E126" t="s">
         <v>268</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H126">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>269</v>
       </c>
       <c r="D127">
         <v>2016</v>
       </c>
       <c r="E127" t="s">
         <v>270</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H127">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>271</v>
       </c>
       <c r="D128">
         <v>2001</v>
       </c>
       <c r="E128" t="s">
         <v>272</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H128">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>273</v>
       </c>
       <c r="D129">
         <v>2001</v>
       </c>
       <c r="E129" t="s">
         <v>274</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H129">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>275</v>
       </c>
       <c r="D130">
         <v>2016</v>
       </c>
       <c r="E130" t="s">
         <v>276</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H130">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>277</v>
       </c>
       <c r="D131">
         <v>2005</v>
       </c>
       <c r="E131" t="s">
         <v>278</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H131">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>279</v>
       </c>
       <c r="D132">
         <v>2022</v>
       </c>
       <c r="E132" t="s">
         <v>280</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H132">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>281</v>
       </c>
       <c r="D133">
         <v>2003</v>
       </c>
       <c r="E133" t="s">
         <v>282</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H133">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>283</v>
       </c>
       <c r="D134">
         <v>2016</v>
       </c>
       <c r="E134" t="s">
         <v>284</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H134">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>285</v>
       </c>
       <c r="D135">
         <v>1999</v>
       </c>
       <c r="E135" t="s">
         <v>286</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H135">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>287</v>
       </c>
       <c r="D136">
         <v>2007</v>
       </c>
       <c r="E136" t="s">
         <v>288</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H136">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>289</v>
       </c>
       <c r="D137">
         <v>2009</v>
       </c>
       <c r="E137" t="s">
         <v>290</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H137">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>291</v>
       </c>
       <c r="D138">
         <v>2005</v>
       </c>
       <c r="E138" t="s">
         <v>292</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H138">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>293</v>
       </c>
       <c r="D139">
         <v>2016</v>
       </c>
       <c r="E139" t="s">
         <v>294</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H139">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>295</v>
       </c>
       <c r="D140">
         <v>2014</v>
       </c>
       <c r="E140" t="s">
         <v>296</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>190.37</v>
+        <v>196.07</v>
       </c>
       <c r="H140">
-        <v>190.37</v>
+        <v>196.07</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>297</v>
       </c>
       <c r="D141">
         <v>1998</v>
       </c>
       <c r="E141" t="s">
         <v>298</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H141">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>299</v>
       </c>
       <c r="D142">
         <v>2009</v>
       </c>
       <c r="E142" t="s">
         <v>300</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H142">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>33</v>
       </c>
       <c r="B143" t="s">
         <v>34</v>
       </c>
       <c r="C143" t="s">
         <v>301</v>
       </c>
       <c r="D143">
         <v>2023</v>
       </c>
       <c r="E143" t="s">
         <v>302</v>
       </c>
       <c r="F143" t="s">
         <v>37</v>
       </c>
       <c r="G143">
         <v>200.0</v>
       </c>
       <c r="H143">