--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -1307,51 +1307,51 @@
   <si>
     <t>ISO/IEC 19757-11:2011</t>
   </si>
   <si>
     <t>Information technology — Document Schema Definition Languages (DSDL) — Part 11: Schema association</t>
   </si>
   <si>
     <t>ISO/IEC 9541-4:2009/Cor 1:2009</t>
   </si>
   <si>
     <t>Information technology — Font information interchange — Part 4: Harmonization to Open Font Format — Technical Corrigendum 1</t>
   </si>
   <si>
     <t>ISO 14739-1:2014</t>
   </si>
   <si>
     <t>Document management — 3D use of Product Representation Compact (PRC) format — Part 1: PRC 10001</t>
   </si>
   <si>
     <t>ISO 12642-1:2011</t>
   </si>
   <si>
     <t>Graphic technology — Input data for characterization of four-colour process printing — Part 1: Initial data set</t>
   </si>
   <si>
-    <t>ISO/IEC 26300:2006/Cor 1:2010</t>
+    <t>ISO/IEC 26300/Cor 1 : 2010</t>
   </si>
   <si>
     <t>Information technology — Open Document Format for Office Applications (OpenDocument) v1.0 — Technical Corrigendum 1</t>
   </si>
   <si>
     <t>ISO 15930-7:2010</t>
   </si>
   <si>
     <t>Graphic technology — Prepress digital data exchange using PDF — Part 7: Complete exchange of printing data (PDF/X-4) and partial exchange of printing data with external profile reference (PDF/X-4p) using PDF 1.6</t>
   </si>
   <si>
     <t>ISO 15930-8:2010</t>
   </si>
   <si>
     <t>Graphic technology — Prepress digital data exchange using PDF — Part 8: Partial exchange of printing data using PDF 1.6 (PDF/X-5)</t>
   </si>
   <si>
     <t>ISO 16684-2:2014</t>
   </si>
   <si>
     <t>Graphic technology — Extensible metadata platform (XMP) — Part 2: Description of XMP schemas using RELAX NG</t>
   </si>
   <si>
     <t>ISO 16760:2014</t>
   </si>