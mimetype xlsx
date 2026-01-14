--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -5565,132 +5565,132 @@
       </c>
       <c r="H3">
         <v>353.28</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H5">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6">
         <v>308.0</v>
       </c>
       <c r="H6">
         <v>308.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>204.0</v>
       </c>
       <c r="H8">
@@ -5721,54 +5721,54 @@
       </c>
       <c r="H9">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H10">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11">
         <v>222.0</v>
       </c>
       <c r="H11">
@@ -6501,158 +6501,158 @@
       </c>
       <c r="H39">
         <v>348.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H40">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H41">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>100</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H42">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>101</v>
       </c>
       <c r="D43">
         <v>2025</v>
       </c>
       <c r="E43" t="s">
         <v>102</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43">
         <v>306.0</v>
       </c>
       <c r="H43">
         <v>306.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
       <c r="D44">
         <v>2025</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H44">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45">
         <v>2025</v>
       </c>
       <c r="E45" t="s">
         <v>106</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45">
         <v>348.0</v>
       </c>
       <c r="H45">
@@ -7645,54 +7645,54 @@
       </c>
       <c r="H83">
         <v>20.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>13</v>
       </c>
       <c r="B84" t="s">
         <v>85</v>
       </c>
       <c r="C84" t="s">
         <v>183</v>
       </c>
       <c r="D84">
         <v>2025</v>
       </c>
       <c r="E84" t="s">
         <v>184</v>
       </c>
       <c r="F84" t="s">
         <v>88</v>
       </c>
       <c r="G84">
-        <v>169.0</v>
+        <v>176.0</v>
       </c>
       <c r="H84">
-        <v>211.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>13</v>
       </c>
       <c r="B85" t="s">
         <v>14</v>
       </c>
       <c r="C85" t="s">
         <v>185</v>
       </c>
       <c r="D85">
         <v>2025</v>
       </c>
       <c r="E85" t="s">
         <v>186</v>
       </c>
       <c r="F85" t="s">
         <v>17</v>
       </c>
       <c r="G85">
         <v>116.64</v>
       </c>
       <c r="H85">
@@ -9453,54 +9453,54 @@
       </c>
       <c r="H153">
         <v>382.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>13</v>
       </c>
       <c r="B154" t="s">
         <v>85</v>
       </c>
       <c r="C154" t="s">
         <v>323</v>
       </c>
       <c r="D154">
         <v>2023</v>
       </c>
       <c r="E154" t="s">
         <v>324</v>
       </c>
       <c r="F154" t="s">
         <v>88</v>
       </c>
       <c r="G154">
-        <v>164.0</v>
+        <v>171.0</v>
       </c>
       <c r="H154">
-        <v>205.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
         <v>19</v>
       </c>
       <c r="C155" t="s">
         <v>325</v>
       </c>
       <c r="D155">
         <v>2024</v>
       </c>
       <c r="E155" t="s">
         <v>326</v>
       </c>
       <c r="F155" t="s">
         <v>22</v>
       </c>
       <c r="G155">
         <v>272.0</v>
       </c>
       <c r="H155">
@@ -9557,54 +9557,54 @@
       </c>
       <c r="H157">
         <v>167.66</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>13</v>
       </c>
       <c r="B158" t="s">
         <v>85</v>
       </c>
       <c r="C158" t="s">
         <v>331</v>
       </c>
       <c r="D158">
         <v>2023</v>
       </c>
       <c r="E158" t="s">
         <v>332</v>
       </c>
       <c r="F158" t="s">
         <v>88</v>
       </c>
       <c r="G158">
-        <v>96.0</v>
+        <v>100.0</v>
       </c>
       <c r="H158">
-        <v>119.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
         <v>19</v>
       </c>
       <c r="C159" t="s">
         <v>333</v>
       </c>
       <c r="D159">
         <v>31</v>
       </c>
       <c r="E159" t="s">
         <v>334</v>
       </c>
       <c r="F159" t="s">
         <v>22</v>
       </c>
       <c r="G159">
         <v>20.0</v>
       </c>
       <c r="H159">
@@ -20562,54 +20562,54 @@
       </c>
       <c r="H582">
         <v>306.0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>18</v>
       </c>
       <c r="B583" t="s">
         <v>19</v>
       </c>
       <c r="C583" t="s">
         <v>1178</v>
       </c>
       <c r="D583">
         <v>2022</v>
       </c>
       <c r="E583" t="s">
         <v>1179</v>
       </c>
       <c r="F583" t="s">
         <v>22</v>
       </c>
       <c r="G583">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H583">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>18</v>
       </c>
       <c r="B584" t="s">
         <v>19</v>
       </c>
       <c r="C584" t="s">
         <v>1180</v>
       </c>
       <c r="D584">
         <v>10</v>
       </c>
       <c r="E584" t="s">
         <v>1181</v>
       </c>
       <c r="F584" t="s">
         <v>22</v>
       </c>
       <c r="G584">
         <v>20.0</v>
       </c>
       <c r="H584">
@@ -22951,54 +22951,54 @@
       </c>
       <c r="H674">
         <v>232.0</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>1128</v>
       </c>
       <c r="B675" t="s">
         <v>19</v>
       </c>
       <c r="C675" t="s">
         <v>1362</v>
       </c>
       <c r="D675">
         <v>2009</v>
       </c>
       <c r="E675" t="s">
         <v>1363</v>
       </c>
       <c r="F675" t="s">
         <v>22</v>
       </c>
       <c r="G675">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H675">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>18</v>
       </c>
       <c r="B676" t="s">
         <v>19</v>
       </c>
       <c r="C676" t="s">
         <v>1364</v>
       </c>
       <c r="D676">
         <v>6</v>
       </c>
       <c r="E676" t="s">
         <v>1365</v>
       </c>
       <c r="F676" t="s">
         <v>22</v>
       </c>
       <c r="G676">
         <v>36.0</v>
       </c>
       <c r="H676">
@@ -23081,54 +23081,54 @@
       </c>
       <c r="H679">
         <v>348.0</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>18</v>
       </c>
       <c r="B680" t="s">
         <v>19</v>
       </c>
       <c r="C680" t="s">
         <v>1372</v>
       </c>
       <c r="D680">
         <v>2005</v>
       </c>
       <c r="E680" t="s">
         <v>1373</v>
       </c>
       <c r="F680" t="s">
         <v>22</v>
       </c>
       <c r="G680">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H680">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>1128</v>
       </c>
       <c r="B681" t="s">
         <v>19</v>
       </c>
       <c r="C681" t="s">
         <v>1374</v>
       </c>
       <c r="D681">
         <v>2005</v>
       </c>
       <c r="E681" t="s">
         <v>1375</v>
       </c>
       <c r="F681" t="s">
         <v>22</v>
       </c>
       <c r="G681">
         <v>348.0</v>
       </c>
       <c r="H681">
@@ -23237,54 +23237,54 @@
       </c>
       <c r="H685">
         <v>272.0</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>18</v>
       </c>
       <c r="B686" t="s">
         <v>19</v>
       </c>
       <c r="C686" t="s">
         <v>1384</v>
       </c>
       <c r="D686">
         <v>2005</v>
       </c>
       <c r="E686" t="s">
         <v>1385</v>
       </c>
       <c r="F686" t="s">
         <v>22</v>
       </c>
       <c r="G686">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H686">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>18</v>
       </c>
       <c r="B687" t="s">
         <v>19</v>
       </c>
       <c r="C687" t="s">
         <v>1386</v>
       </c>
       <c r="D687">
         <v>2017</v>
       </c>
       <c r="E687" t="s">
         <v>1387</v>
       </c>
       <c r="F687" t="s">
         <v>22</v>
       </c>
       <c r="G687">
         <v>272.0</v>
       </c>
       <c r="H687">
@@ -23676,54 +23676,54 @@
       </c>
       <c r="H702">
         <v>232.0</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>432</v>
       </c>
       <c r="B703" t="s">
         <v>19</v>
       </c>
       <c r="C703" t="s">
         <v>1417</v>
       </c>
       <c r="D703">
         <v>2011</v>
       </c>
       <c r="E703" t="s">
         <v>1418</v>
       </c>
       <c r="F703" t="s">
         <v>22</v>
       </c>
       <c r="G703">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H703">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>1128</v>
       </c>
       <c r="B704" t="s">
         <v>19</v>
       </c>
       <c r="C704" t="s">
         <v>1419</v>
       </c>
       <c r="D704">
         <v>2011</v>
       </c>
       <c r="E704" t="s">
         <v>1420</v>
       </c>
       <c r="F704" t="s">
         <v>22</v>
       </c>
       <c r="G704">
         <v>348.0</v>
       </c>
       <c r="H704">
@@ -24274,54 +24274,54 @@
       </c>
       <c r="H725">
         <v>20.0</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>432</v>
       </c>
       <c r="B726" t="s">
         <v>19</v>
       </c>
       <c r="C726" t="s">
         <v>1463</v>
       </c>
       <c r="D726">
         <v>2005</v>
       </c>
       <c r="E726" t="s">
         <v>1464</v>
       </c>
       <c r="F726" t="s">
         <v>22</v>
       </c>
       <c r="G726">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H726">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>347</v>
       </c>
       <c r="B727" t="s">
         <v>19</v>
       </c>
       <c r="C727" t="s">
         <v>1465</v>
       </c>
       <c r="D727">
         <v>2013</v>
       </c>
       <c r="E727" t="s">
         <v>1466</v>
       </c>
       <c r="F727" t="s">
         <v>22</v>
       </c>
       <c r="G727">
         <v>166.0</v>
       </c>
       <c r="H727">
@@ -24999,54 +24999,54 @@
       </c>
       <c r="H753">
         <v>348.0</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>432</v>
       </c>
       <c r="B754" t="s">
         <v>19</v>
       </c>
       <c r="C754" t="s">
         <v>1518</v>
       </c>
       <c r="D754">
         <v>2011</v>
       </c>
       <c r="E754" t="s">
         <v>1519</v>
       </c>
       <c r="F754" t="s">
         <v>22</v>
       </c>
       <c r="G754">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H754">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>18</v>
       </c>
       <c r="B755" t="s">
         <v>19</v>
       </c>
       <c r="C755" t="s">
         <v>1520</v>
       </c>
       <c r="D755">
         <v>2006</v>
       </c>
       <c r="E755" t="s">
         <v>1521</v>
       </c>
       <c r="F755" t="s">
         <v>22</v>
       </c>
       <c r="G755">
         <v>348.0</v>
       </c>
       <c r="H755">
@@ -25129,54 +25129,54 @@
       </c>
       <c r="H758">
         <v>348.0</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>432</v>
       </c>
       <c r="B759" t="s">
         <v>19</v>
       </c>
       <c r="C759" t="s">
         <v>1528</v>
       </c>
       <c r="D759">
         <v>2014</v>
       </c>
       <c r="E759" t="s">
         <v>1529</v>
       </c>
       <c r="F759" t="s">
         <v>22</v>
       </c>
       <c r="G759">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H759">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>432</v>
       </c>
       <c r="B760" t="s">
         <v>19</v>
       </c>
       <c r="C760" t="s">
         <v>1530</v>
       </c>
       <c r="D760">
         <v>2005</v>
       </c>
       <c r="E760" t="s">
         <v>1531</v>
       </c>
       <c r="F760" t="s">
         <v>22</v>
       </c>
       <c r="G760">
         <v>232.0</v>
       </c>
       <c r="H760">
@@ -25207,54 +25207,54 @@
       </c>
       <c r="H761">
         <v>272.0</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>18</v>
       </c>
       <c r="B762" t="s">
         <v>19</v>
       </c>
       <c r="C762" t="s">
         <v>1534</v>
       </c>
       <c r="D762">
         <v>2010</v>
       </c>
       <c r="E762" t="s">
         <v>1535</v>
       </c>
       <c r="F762" t="s">
         <v>22</v>
       </c>
       <c r="G762">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H762">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>1128</v>
       </c>
       <c r="B763" t="s">
         <v>19</v>
       </c>
       <c r="C763" t="s">
         <v>1536</v>
       </c>
       <c r="D763">
         <v>2003</v>
       </c>
       <c r="E763" t="s">
         <v>1537</v>
       </c>
       <c r="F763" t="s">
         <v>22</v>
       </c>
       <c r="G763">
         <v>348.0</v>
       </c>
       <c r="H763">
@@ -25337,54 +25337,54 @@
       </c>
       <c r="H766">
         <v>348.0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>432</v>
       </c>
       <c r="B767" t="s">
         <v>19</v>
       </c>
       <c r="C767" t="s">
         <v>1544</v>
       </c>
       <c r="D767">
         <v>2009</v>
       </c>
       <c r="E767" t="s">
         <v>1545</v>
       </c>
       <c r="F767" t="s">
         <v>22</v>
       </c>
       <c r="G767">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H767">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>432</v>
       </c>
       <c r="B768" t="s">
         <v>19</v>
       </c>
       <c r="C768" t="s">
         <v>1546</v>
       </c>
       <c r="D768">
         <v>2015</v>
       </c>
       <c r="E768" t="s">
         <v>1547</v>
       </c>
       <c r="F768" t="s">
         <v>22</v>
       </c>
       <c r="G768">
         <v>272.0</v>
       </c>
       <c r="H768">
@@ -25597,54 +25597,54 @@
       </c>
       <c r="H776">
         <v>232.0</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>1123</v>
       </c>
       <c r="B777" t="s">
         <v>19</v>
       </c>
       <c r="C777" t="s">
         <v>1563</v>
       </c>
       <c r="D777">
         <v>2000</v>
       </c>
       <c r="E777" t="s">
         <v>1564</v>
       </c>
       <c r="F777" t="s">
         <v>22</v>
       </c>
       <c r="G777">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H777">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>18</v>
       </c>
       <c r="B778" t="s">
         <v>19</v>
       </c>
       <c r="C778" t="s">
         <v>1565</v>
       </c>
       <c r="D778">
         <v>2006</v>
       </c>
       <c r="E778" t="s">
         <v>1566</v>
       </c>
       <c r="F778" t="s">
         <v>22</v>
       </c>
       <c r="G778">
         <v>272.0</v>
       </c>
       <c r="H778">
@@ -25675,106 +25675,106 @@
       </c>
       <c r="H779">
         <v>232.0</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>432</v>
       </c>
       <c r="B780" t="s">
         <v>19</v>
       </c>
       <c r="C780" t="s">
         <v>1569</v>
       </c>
       <c r="D780">
         <v>2009</v>
       </c>
       <c r="E780" t="s">
         <v>1570</v>
       </c>
       <c r="F780" t="s">
         <v>22</v>
       </c>
       <c r="G780">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H780">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>432</v>
       </c>
       <c r="B781" t="s">
         <v>19</v>
       </c>
       <c r="C781" t="s">
         <v>1571</v>
       </c>
       <c r="D781">
         <v>2013</v>
       </c>
       <c r="E781" t="s">
         <v>1572</v>
       </c>
       <c r="F781" t="s">
         <v>22</v>
       </c>
       <c r="G781">
         <v>322.0</v>
       </c>
       <c r="H781">
         <v>322.0</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>18</v>
       </c>
       <c r="B782" t="s">
         <v>19</v>
       </c>
       <c r="C782" t="s">
         <v>1573</v>
       </c>
       <c r="D782">
         <v>2007</v>
       </c>
       <c r="E782" t="s">
         <v>1574</v>
       </c>
       <c r="F782" t="s">
         <v>22</v>
       </c>
       <c r="G782">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H782">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>1128</v>
       </c>
       <c r="B783" t="s">
         <v>19</v>
       </c>
       <c r="C783" t="s">
         <v>1575</v>
       </c>
       <c r="D783">
         <v>2016</v>
       </c>
       <c r="E783" t="s">
         <v>1576</v>
       </c>
       <c r="F783" t="s">
         <v>22</v>
       </c>
       <c r="G783">
         <v>348.0</v>
       </c>
       <c r="H783">
@@ -25909,54 +25909,54 @@
       </c>
       <c r="H788">
         <v>322.0</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>1128</v>
       </c>
       <c r="B789" t="s">
         <v>19</v>
       </c>
       <c r="C789" t="s">
         <v>1544</v>
       </c>
       <c r="D789">
         <v>2009</v>
       </c>
       <c r="E789" t="s">
         <v>1587</v>
       </c>
       <c r="F789" t="s">
         <v>22</v>
       </c>
       <c r="G789">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H789">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>18</v>
       </c>
       <c r="B790" t="s">
         <v>19</v>
       </c>
       <c r="C790" t="s">
         <v>1588</v>
       </c>
       <c r="D790">
         <v>2014</v>
       </c>
       <c r="E790" t="s">
         <v>1589</v>
       </c>
       <c r="F790" t="s">
         <v>22</v>
       </c>
       <c r="G790">
         <v>232.0</v>
       </c>
       <c r="H790">
@@ -26325,54 +26325,54 @@
       </c>
       <c r="H804">
         <v>322.0</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>432</v>
       </c>
       <c r="B805" t="s">
         <v>19</v>
       </c>
       <c r="C805" t="s">
         <v>1617</v>
       </c>
       <c r="D805">
         <v>2005</v>
       </c>
       <c r="E805" t="s">
         <v>1618</v>
       </c>
       <c r="F805" t="s">
         <v>22</v>
       </c>
       <c r="G805">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H805">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>18</v>
       </c>
       <c r="B806" t="s">
         <v>19</v>
       </c>
       <c r="C806" t="s">
         <v>1619</v>
       </c>
       <c r="D806">
         <v>1997</v>
       </c>
       <c r="E806" t="s">
         <v>1620</v>
       </c>
       <c r="F806" t="s">
         <v>22</v>
       </c>
       <c r="G806">
         <v>348.0</v>
       </c>
       <c r="H806">
@@ -26585,54 +26585,54 @@
       </c>
       <c r="H814">
         <v>272.0</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>1128</v>
       </c>
       <c r="B815" t="s">
         <v>19</v>
       </c>
       <c r="C815" t="s">
         <v>1637</v>
       </c>
       <c r="D815">
         <v>2015</v>
       </c>
       <c r="E815" t="s">
         <v>1638</v>
       </c>
       <c r="F815" t="s">
         <v>22</v>
       </c>
       <c r="G815">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H815">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>1128</v>
       </c>
       <c r="B816" t="s">
         <v>19</v>
       </c>
       <c r="C816" t="s">
         <v>1639</v>
       </c>
       <c r="D816">
         <v>2014</v>
       </c>
       <c r="E816" t="s">
         <v>1640</v>
       </c>
       <c r="F816" t="s">
         <v>22</v>
       </c>
       <c r="G816">
         <v>348.0</v>
       </c>
       <c r="H816">
@@ -26845,80 +26845,80 @@
       </c>
       <c r="H824">
         <v>322.0</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>432</v>
       </c>
       <c r="B825" t="s">
         <v>19</v>
       </c>
       <c r="C825" t="s">
         <v>1657</v>
       </c>
       <c r="D825">
         <v>2006</v>
       </c>
       <c r="E825" t="s">
         <v>1658</v>
       </c>
       <c r="F825" t="s">
         <v>22</v>
       </c>
       <c r="G825">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H825">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>432</v>
       </c>
       <c r="B826" t="s">
         <v>19</v>
       </c>
       <c r="C826" t="s">
         <v>1659</v>
       </c>
       <c r="D826">
         <v>2004</v>
       </c>
       <c r="E826" t="s">
         <v>1660</v>
       </c>
       <c r="F826" t="s">
         <v>22</v>
       </c>
       <c r="G826">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H826">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>18</v>
       </c>
       <c r="B827" t="s">
         <v>19</v>
       </c>
       <c r="C827" t="s">
         <v>1661</v>
       </c>
       <c r="D827">
         <v>2015</v>
       </c>
       <c r="E827" t="s">
         <v>1662</v>
       </c>
       <c r="F827" t="s">
         <v>22</v>
       </c>
       <c r="G827">
         <v>272.0</v>
       </c>
       <c r="H827">