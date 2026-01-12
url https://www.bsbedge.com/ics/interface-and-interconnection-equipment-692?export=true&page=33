--- v0 (2025-10-06)
+++ v1 (2026-01-12)
@@ -12,196 +12,283 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1988">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2011">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
+    <t>ACTIVE</t>
+  </si>
+  <si>
+    <t>IEC</t>
+  </si>
+  <si>
+    <t>ISO/IEC 11801-1:2017/AMD1:2025/COR1:2025</t>
+  </si>
+  <si>
+    <t>Corrigendum 1 - Amendment 1 - Information technology - Generic cabling for customer premises - Part 1: General requirements</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>ISO/IEC TS 29125:2017/AMD2:2024/COR1:2025</t>
+  </si>
+  <si>
+    <t>Corrigendum 1 - Amendment 2 - Information technology - Telecommunications cabling requirements for remote powering of terminal equipment</t>
+  </si>
+  <si>
+    <t>ISO/IEC TS 29125:2017/AMD1:2020/COR1:2025</t>
+  </si>
+  <si>
+    <t>Corrigendum 1 - Amendment 1 - Information technology - Telecommunications cabling requirements for remote powering of terminal equipment</t>
+  </si>
+  <si>
+    <t>ISO/IEC 11801-1:2017/AMD1:2025</t>
+  </si>
+  <si>
+    <t>Amendment 1 - Information technology - Generic cabling for customer premises - Part 1: General requirements</t>
+  </si>
+  <si>
+    <t>ISO/IEC 11801-1:2017+AMD1:2025 CSV</t>
+  </si>
+  <si>
+    <t>Information technology - Generic cabling for customer premises - Part 1: General requirements</t>
+  </si>
+  <si>
+    <t>Published</t>
+  </si>
+  <si>
+    <t>ISO</t>
+  </si>
+  <si>
+    <t>ISO/IEC 11801-1:2017/Amd 1:2025</t>
+  </si>
+  <si>
+    <t>Information technology — Generic cabling for customer premises — Part 1: General requirements — Amendment 1</t>
+  </si>
+  <si>
+    <t>DIN</t>
+  </si>
+  <si>
+    <t>DIN EN IEC 62541-7 (DRAFT) : 2025</t>
+  </si>
+  <si>
+    <t>OPC Unified Architecture - Part 7: Profiles (IEC 65E/1054/CDV:2024); English version prEN IEC 62541-7:2024</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>ISO/IEC 17760-302:2025</t>
+  </si>
+  <si>
+    <t>Information technology — AT Attachment — Part 302: Zoned Device ATA Command Set-2-(ZAC-2)</t>
+  </si>
+  <si>
+    <t>Information technology - AT Attachment - Part 302: Zoned Device ATA Command Set-2-(ZAC-2)</t>
+  </si>
+  <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
+    <t>PD ISO/IEC TS 11801-9903:2025 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Information technology. Generic cabling for customer premises - Modelling of channels and links</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>PD ISO/IEC TS 11801-9903:2025</t>
+  </si>
+  <si>
+    <t>Information technology. Generic cabling for customer premises - Modelling of channels and links</t>
+  </si>
+  <si>
+    <t>ISO/IEC 8663:2025</t>
+  </si>
+  <si>
+    <t>Information technology - Brain-computer interfaces - Vocabulary</t>
+  </si>
+  <si>
+    <t>ISO/IEC TS 11801-9903:2025</t>
+  </si>
+  <si>
+    <t>Information technology - Generic cabling for customer premises - Part 9903: Modelling of channels and links</t>
+  </si>
+  <si>
+    <t>BS IEC 62514:2024 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Multimedia gateway in home networks. Guidelines</t>
+  </si>
+  <si>
+    <t>Information technology — Brain-computer interfaces — Vocabulary</t>
+  </si>
+  <si>
+    <t>Information technology — Generic cabling systems for customer premises — Part 9903: Matrix modelling of channels and links</t>
+  </si>
+  <si>
     <t>BS IEC 62889:2024 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Digital video interface. Gigabit video interface for multimedia systems</t>
   </si>
   <si>
-    <t>GBP</t>
-[...1 lines deleted...]
-  <si>
     <t>BS IEC 62889:2024</t>
   </si>
   <si>
     <t>Digital video interface. Gigabit video interface for multimedia systems</t>
   </si>
   <si>
     <t>BS IEC 62514:2024</t>
   </si>
   <si>
     <t>Multimedia gateway in home networks. Guidelines</t>
   </si>
   <si>
     <t>BS EN IEC 63002:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Interoperability specifications and communication method for external power supplies used with computing and consumer electronics devices</t>
   </si>
   <si>
     <t>25/30490927 DC</t>
   </si>
   <si>
     <t>BS ISO/IEC 22237-5 Information technology — Data centre facilities and infrastructures - Part 5: Telecommunications cabling infrastructure</t>
   </si>
   <si>
     <t>BS EN IEC 63002:2025</t>
   </si>
   <si>
     <t>Interoperability specifications and communication method for external power supplies used with computing and consumer electronics devices</t>
   </si>
   <si>
     <t>SAE AIR 5654A:2025</t>
   </si>
   <si>
     <t>Ieee-1394B For Military And Aerospace Vehicles - Applications Handbook</t>
   </si>
   <si>
     <t>SAE AIR 5532A:2012</t>
   </si>
   <si>
     <t>Generic Aircraft-Store Interface Framework (Gasif)</t>
   </si>
   <si>
-    <t>ACTIVE</t>
-[...4 lines deleted...]
-  <si>
     <t>DIN SPEC 91520 : 2025</t>
   </si>
   <si>
     <t>Interface between quantum computer backends and software frameworks; Text in English</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>BS ISO/IEC 10192-4-3:2025</t>
   </si>
   <si>
     <t>Information technology. Home electronic system (HES) interfaces - Common user interface and cluster-to-cluster interface to support interworking among home cluster systems. Messaging</t>
   </si>
   <si>
-    <t>IEC</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO/IEC 18012-4:2025</t>
   </si>
   <si>
     <t>Information technology - Home electronic system (HES) - Guidelines for product interoperability - Part 4: Event encoding</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO/IEC 18012-3:2025</t>
   </si>
   <si>
     <t>Information technology - Home electronic system (HES) - Guidelines for product interoperability - Part 3: Lexicon</t>
   </si>
   <si>
     <t>ISO/IEC 10192-4-3:2025</t>
   </si>
   <si>
     <t>Information technology - Home electronic system (HES) interfaces - Part 4-3: Common user interface and cluster-to-cluster interface to support interworking among home cluster systems - Messaging</t>
   </si>
   <si>
     <t>ISO/IEC 30129:2015+AMD1:2019+AMD2:2025 CSV</t>
   </si>
   <si>
     <t>Information technology - Telecommunications bonding networks for buildings and other structures</t>
   </si>
   <si>
     <t>ISO/IEC 30129:2015/AMD2:2025</t>
   </si>
   <si>
     <t>Amendment 2 - Information technology - Telecommunications bonding networks for buildings and other structures</t>
   </si>
   <si>
-    <t>Published</t>
-[...4 lines deleted...]
-  <si>
     <t>Information technology — Home electronic system (HES) — Guidelines for product interoperability — Part 4: x</t>
   </si>
   <si>
     <t>ISO/IEC 30129:2015/Amd 2:2025</t>
   </si>
   <si>
     <t>Information technology — Telecommunications bonding networks for buildings and other structures — Amendment 2</t>
   </si>
   <si>
     <t>Information technology — Home electronic system (HES) — Guidelines for product interoperability — Part 3: Lexicon</t>
   </si>
   <si>
     <t>Information technology — Home electronic system (HES) interfaces — Part 4-3: Common user interface and cluster-to-cluster interface to support interworking among home cluster systems — Messaging</t>
   </si>
   <si>
     <t>IEC 63002:2025 RLV</t>
   </si>
   <si>
     <t>IEC 63002:2025 (EN-FR)</t>
   </si>
   <si>
     <t>25/30515428 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62680-1-3 Universal serial bus interfaces for data and power - Part 1-3: Common components - USB Type-C® cable and connector specification</t>
@@ -2861,56 +2948,50 @@
   <si>
     <t>ISO/IEC 30118-15:2021</t>
   </si>
   <si>
     <t>Information technology – Open Connectivity Foundation (OCF) Specification — Part 15: OCF resource to EnOcean mapping specification</t>
   </si>
   <si>
     <t>ISO/IEC 30118-16:2021</t>
   </si>
   <si>
     <t>Information technology — Open Connectivity Foundation (OCF) Specification — Part 16: OCF resource to UPlus mapping specification</t>
   </si>
   <si>
     <t>ISO/IEC 30118-17:2021</t>
   </si>
   <si>
     <t>Information technology – Open Connectivity Foundation (OCF) Specification — Part 17: OCF resource to Zigbee cluster mapping specification</t>
   </si>
   <si>
     <t>ISO/IEC 30118-18:2021</t>
   </si>
   <si>
     <t>Information technology – Open Connectivity Foundation (OCF) Specification — Part 18: OCF resource to Z-wave mapping specification</t>
   </si>
   <si>
-    <t>ISO/IEC TS 11801-9903:2021</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/IEC 18598:2016/Amd 1:2021</t>
   </si>
   <si>
     <t>Information technology — Automated infrastructure management (AIM) systems — Requirements, data exchange and applications — Amendment 1</t>
   </si>
   <si>
     <t>ISO/IEC 14763-4:2021</t>
   </si>
   <si>
     <t>Information technology — Implementation and operation of customer premises cabling — Part 4: Measurement of end-to-end (E2E) links, modular plug terminated links (MPTLs) and direct attach cabling</t>
   </si>
   <si>
     <t>ISO/IEC 11801-3:2017/Amd 1:2021</t>
   </si>
   <si>
     <t>Information technology — Generic cabling for customer premises — Part 3: Industrial premises — Amendment 1</t>
   </si>
   <si>
     <t>ISO/IEC 17760-103:2021</t>
   </si>
   <si>
     <t>Information technology — AT Attachment — Part 103: ATA/ATAPI Command Set - 3 (ACS-3)</t>
   </si>
   <si>
     <t>ISO/IEC 14165-432:2022</t>
@@ -4157,62 +4238,56 @@
   <si>
     <t>Information technology -- UPnP Device Architecture -- Part 3-10: Audio Video Device Control Protocol -- Audio Video Transport Service</t>
   </si>
   <si>
     <t>Information technology - UPnP Device Architecture - Part 9-12: Imaging Device Control Protocol - Print Basic Service</t>
   </si>
   <si>
     <t>Information technology -- UPnP Device Architecture -- Part 12-11: Remote User Interface Device Control Protocol - Remote User Interface Server Service</t>
   </si>
   <si>
     <t>ISO/IEC TR 11801-9910:2020</t>
   </si>
   <si>
     <t>Information technology ‑ Generic cabling for customer premises - Part 9910: Specifications for modular plug terminated link cabling</t>
   </si>
   <si>
     <t>ISO/IEC TR 11801-9908:2020</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 9908: Guidance for the support of higher speed applications over optical fibre channels</t>
   </si>
   <si>
     <t>Information technology - ISCSI management API</t>
   </si>
   <si>
-    <t>Information technology - Generic cabling for customer premises - Part 1: General requirements</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO/IEC 11801-3:2017/AMD1:2021</t>
   </si>
   <si>
     <t>Amendment 1 - Information technology - Generic cabling for customer premises - Part 3: Industrial premises</t>
   </si>
   <si>
-    <t>Information technology - Generic cabling for customer premises - Part 9903: Matrix modelling of channels and links</t>
-[...1 lines deleted...]
-  <si>
     <t>Information technology - Generic cabling for customer premises - Part 9907: Specifications for direct attach cabling</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 5: Data centres</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 9902: End-to-end link configurations</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 2: Office premises</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 6: Distributed building services</t>
   </si>
   <si>
     <t xml:space="preserve">Information technology - Generic cabling for customer premises - Part 9904: Assessment and mitigation of installed balanced cabling channels to support 2,5GBASE-T and 5GBASE-T </t>
   </si>
   <si>
     <t xml:space="preserve">Information technology - Generic cabling systems for customer premises - Part 9905: Guidelines for the use of installed cabling to support 25GBASE-T application&lt;br /&gt; </t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 4: Single-tenant homes</t>
   </si>
   <si>
     <t>Information technology - Generic cabling for customer premises - Part 9901: Guidance for balanced cabling in support of at least 40 Gbit/s data transmission</t>
@@ -4881,56 +4956,50 @@
     <t>BS ISO/IEC 30118-9. Information technology. Open connectivity foundation (OCF) - Part 9. OCF resource to oneM2M resource mapping specification</t>
   </si>
   <si>
     <t>20/30419680 DC</t>
   </si>
   <si>
     <t>BS ISO/IEC 11801-6 AMD1. Information technology. Generic cabling for customer premises - Part 6. Distributed building services</t>
   </si>
   <si>
     <t>19/30387128 DC</t>
   </si>
   <si>
     <t>BS ISO/IEC 14776-481. Information technology. Small computer system interface (SCSI) - Part 481. Security. Features for SCSI Commands (SFSC)</t>
   </si>
   <si>
     <t>PD ISO/IEC TR 15067-3-8:2020</t>
   </si>
   <si>
     <t>Information technology. Home electronic system (HES) application model - GridWise transactive energy framework</t>
   </si>
   <si>
     <t>PD ISO/IEC TR 15067-3-7:2020</t>
   </si>
   <si>
     <t>Information technology. Home electronic system (HES) application model - GridWise transactive energy systems research, development and deployment roadmap</t>
-  </si>
-[...4 lines deleted...]
-    <t>Information technology. Generic cabling systems for customer premises - Matrix modelling of channels and links</t>
   </si>
   <si>
     <t>BS ISO/IEC 60559:2020</t>
   </si>
   <si>
     <t>BS ISO/IEC 30118-2:2021</t>
   </si>
   <si>
     <t>Information technology. Open Connectivity Foundation (OCF) Specification - Security specification</t>
   </si>
   <si>
     <t>BS ISO/IEC 24775-8:2021</t>
   </si>
   <si>
     <t>Information technology. Storage management - Media libraries</t>
   </si>
   <si>
     <t>BS ISO/IEC 30118-9:2021</t>
   </si>
   <si>
     <t>Information technology. Open Connectivity Foundation (OCF) Specification - Core optional specification</t>
   </si>
   <si>
     <t>BS ISO/IEC 30118-8:2021</t>
   </si>
@@ -6323,30132 +6392,30473 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1160"/>
+  <dimension ref="A1:H1173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>362.0</v>
+        <v>0.0</v>
       </c>
       <c r="H2">
-        <v>362.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>258.0</v>
+        <v>0.0</v>
       </c>
       <c r="H3">
-        <v>258.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>330.0</v>
+        <v>0.0</v>
       </c>
       <c r="H4">
-        <v>330.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>406.0</v>
+        <v>204.0</v>
       </c>
       <c r="H5">
-        <v>406.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>4</v>
+        <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>20.0</v>
+        <v>731.0</v>
       </c>
       <c r="H6">
-        <v>20.0</v>
+        <v>731.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>290.0</v>
+        <v>204.0</v>
       </c>
       <c r="H7">
-        <v>290.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>28</v>
+      </c>
+      <c r="G8">
+        <v>77.2</v>
       </c>
       <c r="H8">
-        <v>62.0</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D9">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
+      <c r="G9">
+        <v>227.0</v>
+      </c>
       <c r="H9">
-        <v>62.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>12</v>
+      </c>
+      <c r="G10">
+        <v>227.0</v>
+      </c>
+      <c r="H10">
+        <v>227.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G11">
-        <v>220.0</v>
+        <v>430.0</v>
       </c>
       <c r="H11">
-        <v>220.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
         <v>36</v>
       </c>
-      <c r="F12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12">
-        <v>177.0</v>
+        <v>306.0</v>
       </c>
       <c r="H12">
-        <v>177.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G13">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H13">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G14">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H14">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G15">
-        <v>410.0</v>
+        <v>488.0</v>
       </c>
       <c r="H15">
-        <v>410.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G16">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H16">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G17">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
       <c r="H17">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" t="s">
         <v>47</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G18">
-        <v>18.0</v>
+        <v>382.0</v>
       </c>
       <c r="H18">
-        <v>18.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G19">
-        <v>221.0</v>
+        <v>272.0</v>
       </c>
       <c r="H19">
-        <v>221.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D20">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
       </c>
       <c r="F20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G20">
-        <v>132.0</v>
+        <v>348.0</v>
       </c>
       <c r="H20">
-        <v>132.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G21">
-        <v>476.0</v>
+        <v>430.0</v>
       </c>
       <c r="H21">
-        <v>476.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D22">
-        <v>2025</v>
+        <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="F22" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G22">
-        <v>280.0</v>
+        <v>20.0</v>
       </c>
       <c r="H22">
-        <v>280.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C23" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D23">
-        <v>6</v>
+        <v>2025</v>
       </c>
       <c r="E23" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G23">
-        <v>66.0</v>
+        <v>306.0</v>
       </c>
       <c r="H23">
-        <v>66.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C24" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D24">
-        <v>6</v>
+        <v>2025</v>
       </c>
       <c r="E24" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>94.0</v>
+        <v>36</v>
       </c>
       <c r="H24">
-        <v>94.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C25" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D25">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F25" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>330.0</v>
+        <v>36</v>
       </c>
       <c r="H25">
-        <v>330.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F26" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>258.0</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F27" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G27">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
       <c r="H27">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F28" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G28">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H28">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D29">
-        <v>25</v>
+        <v>2025</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H29">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D30">
-        <v>25</v>
+        <v>2025</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H30">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F31" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G31">
-        <v>177.0</v>
+        <v>496.0</v>
       </c>
       <c r="H31">
-        <v>177.0</v>
+        <v>496.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>220.0</v>
+        <v>67.0</v>
       </c>
       <c r="H32">
-        <v>220.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C33" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G33">
-        <v>254.11</v>
+        <v>181.0</v>
       </c>
       <c r="H33">
-        <v>254.11</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>308.0</v>
+        <v>18.0</v>
       </c>
       <c r="H34">
-        <v>308.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D35">
-        <v>6</v>
+        <v>2025</v>
       </c>
       <c r="E35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>36.0</v>
+        <v>227.0</v>
       </c>
       <c r="H35">
-        <v>36.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>330.0</v>
+        <v>135.0</v>
       </c>
       <c r="H36">
-        <v>330.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>82</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>330.0</v>
+        <v>502.0</v>
       </c>
       <c r="H37">
-        <v>330.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D38">
         <v>2025</v>
       </c>
       <c r="E38" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>220.0</v>
+        <v>295.0</v>
       </c>
       <c r="H38">
-        <v>220.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B39" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C39" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D39">
-        <v>2025</v>
+        <v>6</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F39" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G39">
-        <v>155.0</v>
+        <v>66.0</v>
       </c>
       <c r="H39">
-        <v>155.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B40" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C40" t="s">
         <v>86</v>
       </c>
       <c r="D40">
-        <v>2025</v>
+        <v>6</v>
       </c>
       <c r="E40" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F40" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G40">
-        <v>155.0</v>
+        <v>94.0</v>
       </c>
       <c r="H40">
-        <v>155.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41">
+        <v>2025</v>
+      </c>
+      <c r="E41" t="s">
         <v>89</v>
       </c>
-      <c r="D41">
-[...4 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G41">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
       <c r="H41">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C42" t="s">
+        <v>90</v>
+      </c>
+      <c r="D42">
+        <v>2025</v>
+      </c>
+      <c r="E42" t="s">
         <v>91</v>
       </c>
-      <c r="D42">
-[...4 lines deleted...]
-      </c>
       <c r="F42" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G42">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
       <c r="H42">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>92</v>
+      </c>
+      <c r="D43">
+        <v>2025</v>
+      </c>
+      <c r="E43" t="s">
         <v>93</v>
       </c>
-      <c r="D43">
-[...4 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G43">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
       <c r="H43">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C44" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D44">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E44" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F44" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G44">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
       <c r="H44">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C45" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D45">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F45" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G45">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H45">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B46" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C46" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D46">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F46" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G46">
-        <v>98.0</v>
+        <v>20.0</v>
       </c>
       <c r="H46">
-        <v>98.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D47">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E47" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G47">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H47">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B48" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D48">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E48" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F48" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G48">
-        <v>177.0</v>
+        <v>232.0</v>
       </c>
       <c r="H48">
-        <v>177.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D49">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="E49" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F49" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G49">
-        <v>290.0</v>
+        <v>261.78</v>
       </c>
       <c r="H49">
-        <v>290.0</v>
+        <v>261.78</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C50" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D50">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E50" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G50">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
       <c r="H50">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B51" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D51">
-        <v>2024</v>
+        <v>6</v>
       </c>
       <c r="E51" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F51" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G51">
-        <v>155.0</v>
+        <v>36.0</v>
       </c>
       <c r="H51">
-        <v>155.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C52" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D52">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E52" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F52" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G52">
-        <v>132.0</v>
+        <v>348.0</v>
       </c>
       <c r="H52">
-        <v>132.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B53" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C53" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D53">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E53" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F53" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G53">
-        <v>449.0</v>
+        <v>348.0</v>
       </c>
       <c r="H53">
-        <v>449.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B54" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C54" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D54">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E54" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G54">
-        <v>65.0</v>
+        <v>232.0</v>
       </c>
       <c r="H54">
-        <v>65.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C55" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D55">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E55" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F55" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G55">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H55">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D56">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E56" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="F56" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G56">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H56">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C57" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D57">
         <v>2024</v>
       </c>
       <c r="E57" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F57" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G57">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
       <c r="H57">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C58" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D58">
         <v>2024</v>
       </c>
       <c r="E58" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F58" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G58">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H58">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D59">
         <v>2024</v>
       </c>
       <c r="E59" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>306.0</v>
+        <v>475.0</v>
       </c>
       <c r="H59">
-        <v>306.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D60">
         <v>2024</v>
       </c>
       <c r="E60" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>220.0</v>
+        <v>475.0</v>
       </c>
       <c r="H60">
-        <v>220.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C61" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D61">
         <v>2024</v>
       </c>
       <c r="E61" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F61" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G61">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
       <c r="H61">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D62">
         <v>2024</v>
       </c>
       <c r="E62" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F62" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G62">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H62">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>130</v>
       </c>
       <c r="D63">
         <v>2024</v>
       </c>
       <c r="E63" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F63" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G63">
-        <v>216.0</v>
+        <v>135.0</v>
       </c>
       <c r="H63">
-        <v>216.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D64">
         <v>2024</v>
       </c>
       <c r="E64" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F64" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G64">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H64">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B65" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C65" t="s">
+        <v>134</v>
+      </c>
+      <c r="D65">
+        <v>2017</v>
+      </c>
+      <c r="E65" t="s">
         <v>135</v>
       </c>
-      <c r="D65">
-[...4 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G65">
-        <v>132.0</v>
+        <v>290.0</v>
       </c>
       <c r="H65">
-        <v>132.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B66" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C66" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D66">
         <v>2024</v>
       </c>
       <c r="E66" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F66" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G66">
-        <v>621.0</v>
+        <v>220.0</v>
       </c>
       <c r="H66">
-        <v>621.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B67" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D67">
         <v>2024</v>
       </c>
       <c r="E67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F67" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G67">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
       <c r="H67">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>140</v>
       </c>
       <c r="D68">
         <v>2024</v>
       </c>
       <c r="E68" t="s">
         <v>141</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>220.0</v>
+        <v>135.0</v>
       </c>
       <c r="H68">
-        <v>220.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>142</v>
       </c>
       <c r="D69">
         <v>2024</v>
       </c>
       <c r="E69" t="s">
         <v>143</v>
       </c>
       <c r="F69" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G69">
-        <v>88.41</v>
+        <v>457.0</v>
       </c>
       <c r="H69">
-        <v>88.41</v>
+        <v>457.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B70" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>144</v>
       </c>
       <c r="D70">
         <v>2024</v>
       </c>
       <c r="E70" t="s">
         <v>145</v>
       </c>
       <c r="F70" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G70">
-        <v>108.13</v>
+        <v>67.0</v>
       </c>
       <c r="H70">
-        <v>108.13</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C71" t="s">
         <v>146</v>
       </c>
       <c r="D71">
         <v>2024</v>
       </c>
       <c r="E71" t="s">
         <v>147</v>
       </c>
       <c r="F71" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G71">
-        <v>135.89</v>
+        <v>67.0</v>
       </c>
       <c r="H71">
-        <v>135.89</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C72" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D72">
         <v>2024</v>
       </c>
       <c r="E72" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F72" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G72">
-        <v>332.24</v>
+        <v>135.0</v>
       </c>
       <c r="H72">
-        <v>332.24</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C73" t="s">
+        <v>149</v>
+      </c>
+      <c r="D73">
+        <v>2024</v>
+      </c>
+      <c r="E73" t="s">
         <v>150</v>
       </c>
-      <c r="D73">
-[...4 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G73">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H73">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C74" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D74">
         <v>2024</v>
       </c>
       <c r="E74" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F74" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G74">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
       <c r="H74">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C75" t="s">
+        <v>153</v>
+      </c>
+      <c r="D75">
+        <v>2024</v>
+      </c>
+      <c r="E75" t="s">
         <v>154</v>
       </c>
-      <c r="D75">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G75">
-        <v>20.0</v>
+        <v>322.0</v>
       </c>
       <c r="H75">
-        <v>20.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B76" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C76" t="s">
         <v>155</v>
       </c>
       <c r="D76">
         <v>2024</v>
       </c>
       <c r="E76" t="s">
         <v>156</v>
       </c>
       <c r="F76" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G76">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
       <c r="H76">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B77" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C77" t="s">
         <v>157</v>
       </c>
       <c r="D77">
         <v>2024</v>
       </c>
       <c r="E77" t="s">
         <v>158</v>
       </c>
       <c r="F77" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G77">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
       <c r="H77">
-        <v>221.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>159</v>
       </c>
       <c r="D78">
-        <v>12</v>
+        <v>2024</v>
       </c>
       <c r="E78" t="s">
         <v>160</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H78">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C79" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D79">
         <v>2024</v>
       </c>
       <c r="E79" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G79">
-        <v>118.79</v>
+        <v>216.0</v>
       </c>
       <c r="H79">
-        <v>118.79</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
+        <v>162</v>
+      </c>
+      <c r="D80">
+        <v>2024</v>
+      </c>
+      <c r="E80" t="s">
         <v>163</v>
       </c>
-      <c r="D80">
-[...4 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>20.0</v>
+        <v>181.0</v>
       </c>
       <c r="H80">
-        <v>20.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B81" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D81">
         <v>2024</v>
       </c>
       <c r="E81" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F81" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G81">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H81">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B82" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D82">
         <v>2024</v>
       </c>
       <c r="E82" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F82" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G82">
-        <v>132.0</v>
+        <v>646.0</v>
       </c>
       <c r="H82">
-        <v>132.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D83">
-        <v>12</v>
+        <v>2024</v>
       </c>
       <c r="E83" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>36.0</v>
+        <v>380.0</v>
       </c>
       <c r="H83">
-        <v>36.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C84" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D84">
         <v>2024</v>
       </c>
       <c r="E84" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F84" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G84">
-        <v>410.0</v>
+        <v>232.0</v>
       </c>
       <c r="H84">
-        <v>410.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C85" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D85">
         <v>2024</v>
       </c>
       <c r="E85" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="F85" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G85">
-        <v>314.0</v>
+        <v>91.03</v>
       </c>
       <c r="H85">
-        <v>314.0</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C86" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D86">
-        <v>31</v>
+        <v>2024</v>
       </c>
       <c r="E86" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F86" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G86">
-        <v>20.0</v>
+        <v>111.4</v>
       </c>
       <c r="H86">
-        <v>20.0</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C87" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D87">
         <v>2024</v>
       </c>
       <c r="E87" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F87" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G87">
-        <v>462.0</v>
+        <v>140.0</v>
       </c>
       <c r="H87">
-        <v>462.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C88" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D88">
         <v>2024</v>
       </c>
       <c r="E88" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F88" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G88">
-        <v>330.0</v>
+        <v>342.24</v>
       </c>
       <c r="H88">
-        <v>330.0</v>
+        <v>342.24</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C89" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D89">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E89" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F89" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G89">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H89">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B90" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C90" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D90">
         <v>2024</v>
       </c>
       <c r="E90" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F90" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G90">
-        <v>221.0</v>
+        <v>348.0</v>
       </c>
       <c r="H90">
-        <v>221.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B91" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C91" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D91">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="E91" t="s">
-        <v>186</v>
+        <v>96</v>
       </c>
       <c r="F91" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G91">
         <v>20.0</v>
       </c>
       <c r="H91">
         <v>20.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C92" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D92">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E92" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H92">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D93">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E93" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H93">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C94" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D94">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F94" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G94">
         <v>20.0</v>
       </c>
       <c r="H94">
         <v>20.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D95">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E95" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F95" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G95">
-        <v>36.0</v>
+        <v>122.34</v>
       </c>
       <c r="H95">
-        <v>36.0</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C96" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D96">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F96" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G96">
         <v>20.0</v>
       </c>
       <c r="H96">
         <v>20.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C97" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D97">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E97" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H97">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D98">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E98" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H98">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C99" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D99">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F99" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G99">
         <v>36.0</v>
       </c>
       <c r="H99">
         <v>36.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C100" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D100">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E100" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G100">
-        <v>36.0</v>
+        <v>410.0</v>
       </c>
       <c r="H100">
-        <v>36.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C101" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D101">
-        <v>3</v>
+        <v>2024</v>
       </c>
       <c r="E101" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G101">
-        <v>20.0</v>
+        <v>314.0</v>
       </c>
       <c r="H101">
-        <v>20.0</v>
+        <v>314.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B102" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C102" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D102">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E102" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F102" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G102">
-        <v>94.0</v>
+        <v>20.0</v>
       </c>
       <c r="H102">
-        <v>94.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C103" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D103">
-        <v>10</v>
+        <v>2024</v>
       </c>
       <c r="E103" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G103">
-        <v>66.0</v>
+        <v>488.0</v>
       </c>
       <c r="H103">
-        <v>66.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C104" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D104">
         <v>2024</v>
       </c>
       <c r="E104" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G104">
-        <v>362.0</v>
+        <v>348.0</v>
       </c>
       <c r="H104">
-        <v>362.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C105" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D105">
         <v>2024</v>
       </c>
       <c r="E105" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F105" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G105">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H105">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D106">
-        <v>29</v>
+        <v>2024</v>
       </c>
       <c r="E106" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H106">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C107" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D107">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E107" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F107" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G107">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H107">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C108" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D108">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E108" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F108" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G108">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H108">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B109" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C109" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D109">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E109" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="F109" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G109">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H109">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B110" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C110" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D110">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E110" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="F110" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G110">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H110">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B111" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C111" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D111">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E111" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F111" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G111">
-        <v>98.0</v>
+        <v>36.0</v>
       </c>
       <c r="H111">
-        <v>98.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B112" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C112" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D112">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E112" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F112" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G112">
-        <v>177.0</v>
+        <v>20.0</v>
       </c>
       <c r="H112">
-        <v>177.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B113" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C113" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D113">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E113" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F113" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G113">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="H113">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B114" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C114" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="D114">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E114" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F114" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G114">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H114">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B115" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C115" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D115">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="E115" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="F115" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G115">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
       <c r="H115">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B116" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C116" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D116">
-        <v>2020</v>
+        <v>3</v>
       </c>
       <c r="E116" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="F116" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G116">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
       <c r="H116">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B117" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C117" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D117">
-        <v>2024</v>
+        <v>3</v>
       </c>
       <c r="E117" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F117" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G117">
-        <v>425.0</v>
+        <v>20.0</v>
       </c>
       <c r="H117">
-        <v>425.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B118" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C118" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D118">
-        <v>2024</v>
+        <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F118" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G118">
-        <v>250.0</v>
+        <v>94.0</v>
       </c>
       <c r="H118">
-        <v>250.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B119" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C119" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D119">
-        <v>2024</v>
+        <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F119" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G119">
-        <v>0.0</v>
+        <v>66.0</v>
       </c>
       <c r="H119">
-        <v>0.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B120" t="s">
-        <v>242</v>
+        <v>33</v>
       </c>
       <c r="C120" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D120">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E120" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F120" t="s">
-        <v>245</v>
+        <v>36</v>
       </c>
       <c r="G120">
-        <v>371.0</v>
+        <v>382.0</v>
       </c>
       <c r="H120">
-        <v>463.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B121" t="s">
+        <v>33</v>
+      </c>
+      <c r="C121" t="s">
         <v>242</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121">
-        <v>1992</v>
+        <v>2024</v>
       </c>
       <c r="E121" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="F121" t="s">
-        <v>245</v>
+        <v>36</v>
       </c>
       <c r="G121">
-        <v>248.0</v>
+        <v>272.0</v>
       </c>
       <c r="H121">
-        <v>285.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B122" t="s">
-        <v>242</v>
+        <v>33</v>
       </c>
       <c r="C122" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D122">
-        <v>2008</v>
+        <v>29</v>
       </c>
       <c r="E122" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F122" t="s">
-        <v>245</v>
+        <v>36</v>
       </c>
       <c r="G122">
-        <v>464.0</v>
+        <v>20.0</v>
       </c>
       <c r="H122">
-        <v>580.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B123" t="s">
-        <v>242</v>
+        <v>33</v>
       </c>
       <c r="C123" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D123">
-        <v>2005</v>
+        <v>2024</v>
       </c>
       <c r="E123" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F123" t="s">
-        <v>245</v>
+        <v>36</v>
       </c>
       <c r="G123">
-        <v>110.0</v>
+        <v>306.0</v>
       </c>
       <c r="H123">
-        <v>141.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B124" t="s">
-        <v>242</v>
+        <v>33</v>
       </c>
       <c r="C124" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D124">
-        <v>1997</v>
+        <v>2024</v>
       </c>
       <c r="E124" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="F124" t="s">
-        <v>245</v>
+        <v>36</v>
       </c>
       <c r="G124">
-        <v>174.0</v>
+        <v>166.0</v>
       </c>
       <c r="H124">
-        <v>200.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>242</v>
+        <v>22</v>
       </c>
       <c r="C125" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D125">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="E125" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="F125" t="s">
-        <v>245</v>
+        <v>12</v>
       </c>
       <c r="G125">
-        <v>170.0</v>
+        <v>227.0</v>
       </c>
       <c r="H125">
-        <v>193.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C126" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D126">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E126" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>308.0</v>
+        <v>227.0</v>
       </c>
       <c r="H126">
-        <v>308.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D127">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E127" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>330.0</v>
+        <v>100.0</v>
       </c>
       <c r="H127">
-        <v>330.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D128">
-        <v>19</v>
+        <v>2024</v>
       </c>
       <c r="E128" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>36.0</v>
+        <v>181.0</v>
       </c>
       <c r="H128">
-        <v>36.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B129" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D129">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E129" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F129" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G129">
-        <v>450.0</v>
+        <v>0.0</v>
       </c>
       <c r="H129">
-        <v>450.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D130">
-        <v>24</v>
+        <v>2024</v>
       </c>
       <c r="E130" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
+      <c r="G130">
+        <v>227.0</v>
+      </c>
       <c r="H130">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C131" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D131">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E131" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F131" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G131">
         <v>20.0</v>
       </c>
       <c r="H131">
         <v>20.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B132" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C132" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D132">
-        <v>10</v>
+        <v>2020</v>
       </c>
       <c r="E132" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="F132" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G132">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H132">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D133">
-        <v>31</v>
+        <v>2024</v>
       </c>
       <c r="E133" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>36.0</v>
+        <v>442.0</v>
       </c>
       <c r="H133">
-        <v>36.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>272</v>
+        <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="D134">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E134" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>462.0</v>
+        <v>260.0</v>
       </c>
       <c r="H134">
-        <v>462.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D135">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E135" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>306.0</v>
+        <v>0.0</v>
       </c>
       <c r="H135">
-        <v>306.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C136" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="D136">
-        <v>29</v>
+        <v>2022</v>
       </c>
       <c r="E136" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="F136" t="s">
-        <v>12</v>
+        <v>274</v>
       </c>
       <c r="G136">
-        <v>20.0</v>
+        <v>371.0</v>
       </c>
       <c r="H136">
-        <v>20.0</v>
+        <v>463.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C137" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D137">
-        <v>21</v>
+        <v>1992</v>
       </c>
       <c r="E137" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="F137" t="s">
-        <v>12</v>
+        <v>274</v>
       </c>
       <c r="G137">
-        <v>20.0</v>
+        <v>248.0</v>
       </c>
       <c r="H137">
-        <v>20.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C138" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D138">
-        <v>19</v>
+        <v>2008</v>
       </c>
       <c r="E138" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="F138" t="s">
-        <v>12</v>
+        <v>274</v>
       </c>
       <c r="G138">
-        <v>80.0</v>
+        <v>464.0</v>
       </c>
       <c r="H138">
-        <v>80.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B139" t="s">
-        <v>28</v>
+        <v>271</v>
       </c>
       <c r="C139" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D139">
-        <v>2023</v>
+        <v>2005</v>
       </c>
       <c r="E139" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="F139" t="s">
-        <v>31</v>
+        <v>274</v>
       </c>
       <c r="G139">
-        <v>157.29</v>
+        <v>110.0</v>
       </c>
       <c r="H139">
-        <v>157.29</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B140" t="s">
-        <v>47</v>
+        <v>271</v>
       </c>
       <c r="C140" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D140">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="E140" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="F140" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="G140">
-        <v>199.0</v>
+        <v>174.0</v>
       </c>
       <c r="H140">
-        <v>199.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B141" t="s">
-        <v>47</v>
+        <v>271</v>
       </c>
       <c r="C141" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D141">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E141" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="F141" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="G141">
-        <v>199.0</v>
+        <v>170.0</v>
       </c>
       <c r="H141">
-        <v>199.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B142" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C142" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D142">
-        <v>1989</v>
+        <v>2021</v>
       </c>
       <c r="E142" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="F142" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G142">
-        <v>98.0</v>
+        <v>326.0</v>
       </c>
       <c r="H142">
-        <v>98.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B143" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C143" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D143">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="E143" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="F143" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G143">
-        <v>221.0</v>
+        <v>348.0</v>
       </c>
       <c r="H143">
-        <v>221.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B144" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C144" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D144">
-        <v>1990</v>
+        <v>19</v>
       </c>
       <c r="E144" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F144" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G144">
-        <v>177.0</v>
+        <v>36.0</v>
       </c>
       <c r="H144">
-        <v>177.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B145" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D145">
-        <v>1989</v>
+        <v>2023</v>
       </c>
       <c r="E145" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="F145" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G145">
-        <v>199.0</v>
+        <v>475.0</v>
       </c>
       <c r="H145">
-        <v>199.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B146" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C146" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D146">
-        <v>1989</v>
+        <v>24</v>
       </c>
       <c r="E146" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="F146" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G146">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
       <c r="H146">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B147" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C147" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D147">
-        <v>1990</v>
+        <v>17</v>
       </c>
       <c r="E147" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="F147" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G147">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H147">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B148" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C148" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D148">
-        <v>1998</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="F148" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G148">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H148">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B149" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C149" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D149">
-        <v>1995</v>
+        <v>31</v>
       </c>
       <c r="E149" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="F149" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G149">
-        <v>177.0</v>
+        <v>36.0</v>
       </c>
       <c r="H149">
-        <v>177.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>46</v>
+        <v>301</v>
       </c>
       <c r="B150" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C150" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D150">
-        <v>1996</v>
+        <v>2022</v>
       </c>
       <c r="E150" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F150" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G150">
-        <v>98.0</v>
+        <v>488.0</v>
       </c>
       <c r="H150">
-        <v>98.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B151" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C151" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D151">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="E151" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F151" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G151">
-        <v>177.0</v>
+        <v>322.0</v>
       </c>
       <c r="H151">
-        <v>177.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B152" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C152" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D152">
-        <v>1998</v>
+        <v>29</v>
       </c>
       <c r="E152" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="F152" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G152">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
       <c r="H152">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B153" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C153" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D153">
-        <v>2001</v>
+        <v>21</v>
       </c>
       <c r="E153" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F153" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G153">
-        <v>199.0</v>
+        <v>20.0</v>
       </c>
       <c r="H153">
-        <v>199.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B154" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C154" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D154">
-        <v>2000</v>
+        <v>19</v>
       </c>
       <c r="E154" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="F154" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G154">
-        <v>132.0</v>
+        <v>80.0</v>
       </c>
       <c r="H154">
-        <v>132.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B155" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="C155" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D155">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="E155" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="F155" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G155">
-        <v>177.0</v>
+        <v>162.06</v>
       </c>
       <c r="H155">
-        <v>177.0</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B156" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C156" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D156">
-        <v>1995</v>
+        <v>1986</v>
       </c>
       <c r="E156" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="F156" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G156">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H156">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B157" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C157" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D157">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E157" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F157" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G157">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H157">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B158" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C158" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D158">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="E158" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="F158" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G158">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H158">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B159" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C159" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D159">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="E159" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="F159" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G159">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H159">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B160" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C160" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D160">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E160" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="F160" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G160">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H160">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B161" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C161" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D161">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="E161" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="F161" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G161">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H161">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B162" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C162" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D162">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="E162" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="F162" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G162">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H162">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B163" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C163" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D163">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="E163" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="F163" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G163">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H163">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B164" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C164" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D164">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E164" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="F164" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G164">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H164">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B165" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C165" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D165">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="E165" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F165" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G165">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H165">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B166" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C166" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D166">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="E166" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="F166" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G166">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H166">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B167" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C167" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D167">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E167" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="F167" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G167">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
       <c r="H167">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B168" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C168" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D168">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E168" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="F168" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G168">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H168">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B169" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C169" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D169">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E169" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="F169" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G169">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H169">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B170" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C170" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D170">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E170" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F170" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G170">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H170">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B171" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C171" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="D171">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E171" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F171" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G171">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H171">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B172" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C172" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D172">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E172" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="F172" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G172">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H172">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B173" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C173" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D173">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E173" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F173" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G173">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H173">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B174" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C174" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D174">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="E174" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="F174" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G174">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H174">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B175" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C175" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D175">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E175" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="F175" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G175">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H175">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B176" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C176" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D176">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E176" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="F176" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G176">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H176">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B177" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C177" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D177">
         <v>1998</v>
       </c>
       <c r="E177" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="F177" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G177">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H177">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B178" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C178" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D178">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E178" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G178">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
       <c r="H178">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B179" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C179" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D179">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E179" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F179" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G179">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H179">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B180" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C180" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D180">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="E180" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="F180" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G180">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H180">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B181" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C181" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D181">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E181" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F181" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G181">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H181">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B182" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C182" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D182">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E182" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F182" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G182">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H182">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B183" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C183" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D183">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E183" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F183" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G183">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H183">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B184" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C184" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D184">
         <v>2000</v>
       </c>
       <c r="E184" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="F184" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G184">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H184">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B185" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C185" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D185">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E185" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F185" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G185">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H185">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B186" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C186" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D186">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E186" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="F186" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G186">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H186">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B187" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C187" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D187">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E187" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="F187" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G187">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H187">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B188" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C188" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="D188">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E188" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="F188" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G188">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H188">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B189" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C189" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D189">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E189" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="F189" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G189">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H189">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B190" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C190" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D190">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E190" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="F190" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G190">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H190">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B191" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C191" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D191">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E191" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="F191" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G191">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H191">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B192" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C192" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D192">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E192" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="F192" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G192">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H192">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B193" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C193" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D193">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E193" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="F193" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G193">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H193">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B194" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C194" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D194">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E194" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="F194" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G194">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H194">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B195" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C195" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D195">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E195" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="F195" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G195">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H195">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B196" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C196" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D196">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E196" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="F196" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G196">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
       <c r="H196">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B197" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C197" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D197">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E197" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="F197" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G197">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H197">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B198" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C198" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D198">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E198" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="F198" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G198">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H198">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B199" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C199" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D199">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E199" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F199" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G199">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H199">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B200" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C200" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D200">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E200" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F200" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G200">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H200">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B201" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C201" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D201">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E201" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F201" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G201">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H201">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B202" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C202" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D202">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E202" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F202" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G202">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H202">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B203" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C203" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D203">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E203" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F203" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G203">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H203">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B204" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C204" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D204">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E204" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="F204" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G204">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H204">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B205" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C205" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D205">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E205" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="F205" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G205">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
       <c r="H205">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B206" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C206" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D206">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E206" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="F206" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G206">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H206">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B207" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C207" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D207">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E207" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="F207" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G207">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H207">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B208" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C208" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D208">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E208" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="F208" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G208">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H208">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B209" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C209" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D209">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E209" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="F209" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G209">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H209">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B210" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C210" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D210">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E210" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="F210" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G210">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H210">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B211" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C211" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D211">
-        <v>2023</v>
+        <v>2005</v>
       </c>
       <c r="E211" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="F211" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G211">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H211">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B212" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C212" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D212">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E212" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F212" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G212">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H212">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B213" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C213" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D213">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E213" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="F213" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G213">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H213">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B214" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C214" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D214">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E214" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="F214" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G214">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H214">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B215" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C215" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="D215">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E215" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="F215" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G215">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H215">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B216" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C216" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D216">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E216" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F216" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G216">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H216">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B217" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C217" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D217">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E217" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="F217" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G217">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H217">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B218" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C218" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D218">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E218" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="F218" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G218">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
       <c r="H218">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B219" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C219" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D219">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E219" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="F219" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G219">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H219">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B220" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C220" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D220">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E220" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="F220" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G220">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H220">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B221" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C221" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="D221">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E221" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F221" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G221">
-        <v>132.0</v>
+        <v>18.0</v>
       </c>
       <c r="H221">
-        <v>132.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B222" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C222" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D222">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E222" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="F222" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G222">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H222">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B223" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C223" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D223">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E223" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="F223" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G223">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H223">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B224" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C224" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D224">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E224" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="F224" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G224">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H224">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B225" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C225" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D225">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E225" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F225" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G225">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H225">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B226" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C226" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D226">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E226" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="F226" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G226">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H226">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B227" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C227" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="D227">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="E227" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="F227" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G227">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H227">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B228" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C228" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D228">
         <v>2007</v>
       </c>
       <c r="E228" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="F228" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G228">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H228">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B229" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C229" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D229">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E229" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="F229" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G229">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H229">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B230" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C230" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D230">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E230" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="F230" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G230">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H230">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B231" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C231" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D231">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E231" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="F231" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G231">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H231">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B232" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C232" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D232">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E232" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="F232" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G232">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H232">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B233" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C233" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="D233">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E233" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F233" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G233">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H233">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B234" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C234" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="D234">
         <v>2010</v>
       </c>
       <c r="E234" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="F234" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G234">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H234">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B235" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C235" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D235">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E235" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="F235" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G235">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H235">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B236" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C236" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D236">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="E236" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F236" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G236">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H236">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B237" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C237" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D237">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E237" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="F237" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G237">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H237">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B238" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C238" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D238">
         <v>2008</v>
       </c>
       <c r="E238" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="F238" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G238">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H238">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B239" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C239" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D239">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E239" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F239" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G239">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H239">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B240" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C240" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D240">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E240" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="F240" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G240">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
       <c r="H240">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B241" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C241" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="D241">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E241" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="F241" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G241">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H241">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B242" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C242" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D242">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E242" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="F242" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G242">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H242">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B243" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C243" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="D243">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E243" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="F243" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G243">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H243">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B244" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C244" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="D244">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E244" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="F244" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G244">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H244">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B245" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C245" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="D245">
         <v>2008</v>
       </c>
       <c r="E245" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="F245" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G245">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H245">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B246" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C246" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D246">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E246" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="F246" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G246">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H246">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B247" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C247" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D247">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E247" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="F247" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G247">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H247">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B248" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C248" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D248">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E248" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F248" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G248">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H248">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B249" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C249" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D249">
         <v>2008</v>
       </c>
       <c r="E249" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="F249" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G249">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H249">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B250" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C250" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="D250">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E250" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="F250" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G250">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H250">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B251" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C251" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="D251">
         <v>2008</v>
       </c>
       <c r="E251" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F251" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G251">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H251">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B252" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C252" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D252">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E252" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F252" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G252">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H252">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B253" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C253" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="D253">
         <v>2008</v>
       </c>
       <c r="E253" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="F253" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G253">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H253">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B254" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C254" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D254">
         <v>2008</v>
       </c>
       <c r="E254" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="F254" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G254">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H254">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B255" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C255" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D255">
         <v>2008</v>
       </c>
       <c r="E255" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="F255" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G255">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H255">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B256" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C256" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D256">
         <v>2008</v>
       </c>
       <c r="E256" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F256" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G256">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
       <c r="H256">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B257" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C257" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D257">
         <v>2008</v>
       </c>
       <c r="E257" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="F257" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G257">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H257">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B258" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C258" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D258">
         <v>2008</v>
       </c>
       <c r="E258" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="F258" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G258">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H258">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B259" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C259" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="D259">
         <v>2008</v>
       </c>
       <c r="E259" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="F259" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G259">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H259">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B260" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C260" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D260">
         <v>2008</v>
       </c>
       <c r="E260" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F260" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G260">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H260">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B261" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C261" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D261">
         <v>2008</v>
       </c>
       <c r="E261" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="F261" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G261">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H261">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B262" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C262" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="D262">
         <v>2008</v>
       </c>
       <c r="E262" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="F262" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G262">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H262">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B263" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C263" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D263">
         <v>2008</v>
       </c>
       <c r="E263" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="F263" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G263">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
       <c r="H263">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B264" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C264" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="D264">
         <v>2008</v>
       </c>
       <c r="E264" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="F264" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G264">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H264">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B265" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C265" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="D265">
         <v>2008</v>
       </c>
       <c r="E265" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="F265" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G265">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H265">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B266" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C266" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="D266">
         <v>2008</v>
       </c>
       <c r="E266" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="F266" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G266">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H266">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B267" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C267" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D267">
         <v>2008</v>
       </c>
       <c r="E267" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="F267" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G267">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H267">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B268" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C268" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="D268">
         <v>2008</v>
       </c>
       <c r="E268" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="F268" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G268">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H268">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B269" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C269" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="D269">
         <v>2008</v>
       </c>
       <c r="E269" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="F269" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G269">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H269">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B270" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C270" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="D270">
         <v>2008</v>
       </c>
       <c r="E270" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="F270" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G270">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H270">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B271" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C271" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D271">
         <v>2008</v>
       </c>
       <c r="E271" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="F271" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G271">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H271">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B272" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C272" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="D272">
         <v>2008</v>
       </c>
       <c r="E272" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="F272" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G272">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H272">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B273" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C273" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="D273">
         <v>2008</v>
       </c>
       <c r="E273" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="F273" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G273">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
       <c r="H273">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B274" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C274" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="D274">
         <v>2008</v>
       </c>
       <c r="E274" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="F274" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G274">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H274">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B275" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C275" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="D275">
         <v>2008</v>
       </c>
       <c r="E275" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="F275" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G275">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H275">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B276" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C276" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="D276">
         <v>2008</v>
       </c>
       <c r="E276" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="F276" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G276">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H276">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B277" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C277" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D277">
         <v>2008</v>
       </c>
       <c r="E277" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="F277" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G277">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H277">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B278" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C278" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="D278">
         <v>2008</v>
       </c>
       <c r="E278" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="F278" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G278">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H278">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B279" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C279" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D279">
         <v>2008</v>
       </c>
       <c r="E279" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="F279" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G279">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H279">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B280" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C280" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="D280">
         <v>2008</v>
       </c>
       <c r="E280" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="F280" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G280">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H280">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B281" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C281" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="D281">
         <v>2008</v>
       </c>
       <c r="E281" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="F281" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G281">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H281">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B282" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C282" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D282">
         <v>2008</v>
       </c>
       <c r="E282" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="F282" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G282">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H282">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B283" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C283" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="D283">
         <v>2008</v>
       </c>
       <c r="E283" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="F283" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G283">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
       <c r="H283">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B284" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C284" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D284">
         <v>2008</v>
       </c>
       <c r="E284" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="F284" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G284">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H284">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B285" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C285" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D285">
         <v>2008</v>
       </c>
       <c r="E285" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="F285" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G285">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H285">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B286" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C286" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="D286">
         <v>2008</v>
       </c>
       <c r="E286" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="F286" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G286">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H286">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B287" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C287" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="D287">
         <v>2008</v>
       </c>
       <c r="E287" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="F287" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G287">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H287">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B288" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C288" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="D288">
         <v>2008</v>
       </c>
       <c r="E288" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="F288" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G288">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H288">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B289" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C289" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="D289">
         <v>2008</v>
       </c>
       <c r="E289" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="F289" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G289">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H289">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B290" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C290" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="D290">
         <v>2008</v>
       </c>
       <c r="E290" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="F290" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G290">
-        <v>43.0</v>
+        <v>159.0</v>
       </c>
       <c r="H290">
-        <v>43.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B291" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C291" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="D291">
         <v>2008</v>
       </c>
       <c r="E291" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="F291" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G291">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H291">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B292" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C292" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="D292">
         <v>2008</v>
       </c>
       <c r="E292" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="F292" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G292">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H292">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B293" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C293" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D293">
         <v>2008</v>
       </c>
       <c r="E293" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="F293" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G293">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H293">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B294" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C294" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="D294">
         <v>2008</v>
       </c>
       <c r="E294" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="F294" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G294">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H294">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B295" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C295" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="D295">
         <v>2008</v>
       </c>
       <c r="E295" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="F295" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G295">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H295">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B296" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C296" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D296">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E296" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="F296" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G296">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H296">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B297" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C297" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="D297">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E297" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="F297" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G297">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H297">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B298" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C298" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D298">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E298" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="F298" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G298">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H298">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B299" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C299" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="D299">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E299" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="F299" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G299">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H299">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B300" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C300" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D300">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E300" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="F300" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G300">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H300">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B301" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C301" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="D301">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E301" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="F301" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G301">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H301">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B302" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C302" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D302">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E302" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="F302" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G302">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H302">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B303" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C303" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D303">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E303" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="F303" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G303">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H303">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B304" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C304" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D304">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E304" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="F304" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G304">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H304">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B305" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C305" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D305">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E305" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="F305" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G305">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H305">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B306" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C306" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D306">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E306" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="F306" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G306">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H306">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B307" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C307" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D307">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E307" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="F307" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G307">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
       <c r="H307">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B308" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C308" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D308">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E308" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="F308" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G308">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
       <c r="H308">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B309" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C309" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D309">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E309" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="F309" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G309">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
       <c r="H309">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B310" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C310" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="D310">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E310" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="F310" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G310">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H310">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B311" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C311" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="D311">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E311" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="F311" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G311">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H311">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B312" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C312" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D312">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E312" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="F312" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G312">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H312">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B313" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C313" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="D313">
         <v>2011</v>
       </c>
       <c r="E313" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="F313" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G313">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H313">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B314" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C314" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D314">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E314" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="F314" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G314">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H314">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B315" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C315" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D315">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E315" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="F315" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G315">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H315">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B316" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C316" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="D316">
         <v>2011</v>
       </c>
       <c r="E316" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="F316" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G316">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H316">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B317" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C317" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="D317">
         <v>2011</v>
       </c>
       <c r="E317" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="F317" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G317">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H317">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B318" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C318" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D318">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E318" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="F318" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G318">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H318">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B319" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C319" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D319">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E319" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="F319" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G319">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H319">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B320" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C320" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="D320">
         <v>2011</v>
       </c>
       <c r="E320" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="F320" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G320">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H320">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B321" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C321" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D321">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E321" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="F321" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G321">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
       <c r="H321">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B322" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C322" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="D322">
         <v>2011</v>
       </c>
       <c r="E322" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="F322" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G322">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H322">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B323" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C323" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D323">
         <v>2011</v>
       </c>
       <c r="E323" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="F323" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G323">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H323">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B324" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C324" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="D324">
         <v>2011</v>
       </c>
       <c r="E324" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="F324" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G324">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H324">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B325" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C325" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D325">
         <v>2011</v>
       </c>
       <c r="E325" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="F325" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G325">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H325">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B326" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C326" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="D326">
         <v>2011</v>
       </c>
       <c r="E326" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="F326" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G326">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H326">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B327" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C327" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="D327">
         <v>2011</v>
       </c>
       <c r="E327" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="F327" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G327">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H327">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B328" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C328" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D328">
         <v>2011</v>
       </c>
       <c r="E328" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="F328" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G328">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H328">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B329" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C329" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="D329">
         <v>2011</v>
       </c>
       <c r="E329" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="F329" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G329">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H329">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B330" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C330" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="D330">
         <v>2011</v>
       </c>
       <c r="E330" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="F330" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G330">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H330">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B331" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C331" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D331">
         <v>2011</v>
       </c>
       <c r="E331" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="F331" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G331">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H331">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B332" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C332" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="D332">
         <v>2011</v>
       </c>
       <c r="E332" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="F332" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G332">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H332">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B333" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C333" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="D333">
         <v>2011</v>
       </c>
       <c r="E333" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="F333" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G333">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H333">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B334" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C334" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D334">
         <v>2011</v>
       </c>
       <c r="E334" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="F334" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G334">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H334">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B335" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C335" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="D335">
         <v>2011</v>
       </c>
       <c r="E335" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="F335" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G335">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H335">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B336" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C336" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D336">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E336" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="F336" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G336">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H336">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B337" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C337" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="D337">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E337" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="F337" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G337">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H337">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B338" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C338" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="D338">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E338" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="F338" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G338">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H338">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B339" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C339" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D339">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E339" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="F339" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G339">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H339">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B340" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C340" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D340">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E340" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="F340" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G340">
-        <v>18.0</v>
+        <v>100.0</v>
       </c>
       <c r="H340">
-        <v>18.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B341" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C341" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="D341">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E341" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="F341" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G341">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H341">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B342" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C342" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D342">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E342" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="F342" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G342">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H342">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B343" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C343" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="D343">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E343" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="F343" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G343">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H343">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B344" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C344" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D344">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E344" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="F344" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G344">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H344">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B345" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C345" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D345">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E345" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="F345" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G345">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H345">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B346" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C346" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="D346">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E346" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="F346" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G346">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
       <c r="H346">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B347" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C347" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="D347">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E347" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="F347" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G347">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H347">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B348" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C348" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="D348">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E348" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="F348" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G348">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H348">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B349" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C349" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D349">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E349" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="F349" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G349">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
       <c r="H349">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B350" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C350" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="D350">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E350" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="F350" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G350">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H350">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B351" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C351" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="D351">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E351" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F351" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G351">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H351">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B352" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C352" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D352">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E352" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="F352" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G352">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H352">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B353" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C353" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="D353">
         <v>2013</v>
       </c>
       <c r="E353" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="F353" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G353">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H353">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B354" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C354" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="D354">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E354" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="F354" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G354">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H354">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B355" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C355" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D355">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E355" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="F355" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G355">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H355">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B356" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C356" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="D356">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E356" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="F356" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G356">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
       <c r="H356">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B357" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C357" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="D357">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E357" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="F357" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G357">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H357">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B358" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C358" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D358">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E358" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="F358" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G358">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H358">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B359" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C359" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="D359">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E359" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="F359" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G359">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H359">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B360" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C360" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="D360">
         <v>2015</v>
       </c>
       <c r="E360" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="F360" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G360">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H360">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B361" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C361" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D361">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E361" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="F361" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G361">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
       <c r="H361">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B362" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C362" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="D362">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E362" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F362" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G362">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H362">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B363" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C363" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="D363">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E363" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="F363" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G363">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H363">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B364" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C364" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="D364">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E364" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="F364" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G364">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H364">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B365" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C365" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D365">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E365" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="F365" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G365">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
       <c r="H365">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B366" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C366" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="D366">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E366" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="F366" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G366">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H366">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B367" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C367" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="D367">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E367" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="F367" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G367">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H367">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B368" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C368" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D368">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E368" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="F368" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G368">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H368">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B369" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C369" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="D369">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E369" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="F369" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G369">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H369">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B370" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C370" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D370">
         <v>2017</v>
       </c>
       <c r="E370" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="F370" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G370">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H370">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B371" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C371" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D371">
         <v>2017</v>
       </c>
       <c r="E371" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="F371" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G371">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H371">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B372" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C372" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D372">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E372" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="F372" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G372">
-        <v>43.0</v>
+        <v>181.0</v>
       </c>
       <c r="H372">
-        <v>43.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B373" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C373" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="D373">
         <v>2017</v>
       </c>
       <c r="E373" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="F373" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G373">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H373">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B374" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C374" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="D374">
         <v>2017</v>
       </c>
       <c r="E374" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="F374" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G374">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H374">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B375" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C375" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D375">
         <v>2017</v>
       </c>
       <c r="E375" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="F375" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G375">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H375">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B376" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C376" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="D376">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E376" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="F376" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G376">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
       <c r="H376">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B377" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C377" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="D377">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E377" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="F377" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G377">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H377">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B378" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C378" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D378">
         <v>2017</v>
       </c>
       <c r="E378" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="F378" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G378">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H378">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B379" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C379" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="D379">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E379" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="F379" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G379">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H379">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B380" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C380" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="D380">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E380" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="F380" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G380">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H380">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B381" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C381" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="D381">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E381" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="F381" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G381">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H381">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B382" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C382" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="D382">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E382" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="F382" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G382">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H382">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B383" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C383" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="D383">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E383" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="F383" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G383">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H383">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B384" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C384" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D384">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E384" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="F384" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G384">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H384">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B385" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C385" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D385">
         <v>2017</v>
       </c>
       <c r="E385" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="F385" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G385">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H385">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B386" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C386" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="D386">
         <v>2017</v>
       </c>
       <c r="E386" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="F386" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G386">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H386">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B387" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C387" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="D387">
         <v>2017</v>
       </c>
       <c r="E387" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="F387" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G387">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H387">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B388" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C388" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D388">
         <v>2017</v>
       </c>
       <c r="E388" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="F388" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G388">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H388">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B389" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C389" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="D389">
         <v>2017</v>
       </c>
       <c r="E389" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="F389" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G389">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H389">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B390" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C390" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="D390">
         <v>2017</v>
       </c>
       <c r="E390" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="F390" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G390">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H390">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B391" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C391" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D391">
         <v>2017</v>
       </c>
       <c r="E391" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="F391" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G391">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H391">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B392" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C392" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="D392">
         <v>2017</v>
       </c>
       <c r="E392" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="F392" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G392">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H392">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B393" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C393" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="D393">
         <v>2017</v>
       </c>
       <c r="E393" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="F393" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G393">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H393">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B394" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C394" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D394">
         <v>2017</v>
       </c>
       <c r="E394" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="F394" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G394">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H394">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B395" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C395" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="D395">
         <v>2017</v>
       </c>
       <c r="E395" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="F395" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G395">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H395">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B396" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C396" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="D396">
         <v>2017</v>
       </c>
       <c r="E396" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="F396" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G396">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H396">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B397" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C397" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D397">
         <v>2017</v>
       </c>
       <c r="E397" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F397" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G397">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H397">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B398" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C398" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="D398">
         <v>2017</v>
       </c>
       <c r="E398" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="F398" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G398">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H398">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B399" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C399" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D399">
         <v>2017</v>
       </c>
       <c r="E399" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="F399" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G399">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H399">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B400" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C400" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D400">
         <v>2017</v>
       </c>
       <c r="E400" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="F400" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G400">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H400">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B401" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C401" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="D401">
         <v>2017</v>
       </c>
       <c r="E401" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="F401" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G401">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H401">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B402" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C402" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D402">
         <v>2017</v>
       </c>
       <c r="E402" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="F402" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G402">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H402">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B403" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C403" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="D403">
         <v>2017</v>
       </c>
       <c r="E403" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="F403" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G403">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H403">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B404" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C404" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="D404">
         <v>2017</v>
       </c>
       <c r="E404" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="F404" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G404">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H404">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B405" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C405" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D405">
         <v>2017</v>
       </c>
       <c r="E405" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="F405" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G405">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H405">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B406" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C406" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="D406">
         <v>2017</v>
       </c>
       <c r="E406" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="F406" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G406">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H406">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B407" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C407" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="D407">
         <v>2017</v>
       </c>
       <c r="E407" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="F407" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G407">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H407">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B408" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C408" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D408">
         <v>2017</v>
       </c>
       <c r="E408" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="F408" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G408">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H408">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B409" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C409" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D409">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E409" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="F409" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G409">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
       <c r="H409">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B410" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C410" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="D410">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E410" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="F410" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G410">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H410">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B411" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C411" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D411">
         <v>2017</v>
       </c>
       <c r="E411" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="F411" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G411">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H411">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B412" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C412" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D412">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E412" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="F412" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G412">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H412">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B413" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C413" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D413">
         <v>2017</v>
       </c>
       <c r="E413" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="F413" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G413">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H413">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B414" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C414" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D414">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E414" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="F414" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G414">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H414">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B415" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C415" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="D415">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E415" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="F415" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G415">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H415">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B416" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C416" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D416">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E416" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="F416" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G416">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H416">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B417" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C417" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D417">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E417" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="F417" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G417">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H417">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B418" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C418" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D418">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E418" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="F418" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G418">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H418">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B419" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C419" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D419">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E419" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="F419" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G419">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H419">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B420" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C420" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D420">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E420" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="F420" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G420">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H420">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B421" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C421" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D421">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E421" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="F421" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G421">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
       <c r="H421">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B422" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C422" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D422">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E422" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="F422" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G422">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
       <c r="H422">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B423" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C423" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D423">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E423" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="F423" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G423">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H423">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B424" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C424" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="D424">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E424" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F424" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G424">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H424">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B425" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C425" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="D425">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E425" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="F425" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G425">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H425">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B426" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C426" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D426">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E426" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="F426" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G426">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H426">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B427" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C427" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D427">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E427" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="F427" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G427">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H427">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B428" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C428" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="D428">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E428" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="F428" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G428">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H428">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B429" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C429" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D429">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E429" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="F429" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G429">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H429">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B430" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C430" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D430">
         <v>2019</v>
       </c>
       <c r="E430" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="F430" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G430">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
       <c r="H430">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B431" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C431" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="D431">
         <v>2019</v>
       </c>
       <c r="E431" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="F431" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G431">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H431">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B432" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C432" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D432">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E432" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="F432" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G432">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H432">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B433" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C433" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="D433">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E433" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="F433" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G433">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H433">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B434" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C434" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="D434">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E434" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="F434" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G434">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H434">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B435" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C435" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D435">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E435" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="F435" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G435">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H435">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B436" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C436" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="D436">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E436" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="F436" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G436">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H436">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B437" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C437" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="D437">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E437" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="F437" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G437">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H437">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B438" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C438" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D438">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E438" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="F438" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G438">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H438">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B439" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C439" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="D439">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E439" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="F439" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G439">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H439">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B440" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C440" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="D440">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E440" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="F440" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G440">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H440">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B441" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C441" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="D441">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E441" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="F441" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G441">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H441">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B442" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C442" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D442">
         <v>2020</v>
       </c>
       <c r="E442" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="F442" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G442">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H442">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B443" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C443" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="D443">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E443" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="F443" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G443">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H443">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B444" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C444" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D444">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E444" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="F444" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G444">
-        <v>18.0</v>
+        <v>135.0</v>
       </c>
       <c r="H444">
-        <v>18.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B445" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C445" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="D445">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E445" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="F445" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G445">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H445">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B446" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C446" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="D446">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E446" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F446" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G446">
-        <v>115.0</v>
+        <v>18.0</v>
       </c>
       <c r="H446">
-        <v>115.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B447" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C447" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D447">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E447" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="F447" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G447">
-        <v>235.0</v>
+        <v>227.0</v>
       </c>
       <c r="H447">
-        <v>235.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B448" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C448" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="D448">
-        <v>1990</v>
+        <v>2021</v>
       </c>
       <c r="E448" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="F448" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G448">
-        <v>320.0</v>
+        <v>181.0</v>
       </c>
       <c r="H448">
-        <v>320.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B449" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C449" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="D449">
-        <v>1990</v>
+        <v>2020</v>
       </c>
       <c r="E449" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="F449" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G449">
-        <v>40.0</v>
+        <v>204.0</v>
       </c>
       <c r="H449">
-        <v>40.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B450" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C450" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D450">
-        <v>1990</v>
+        <v>2021</v>
       </c>
       <c r="E450" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="F450" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G450">
-        <v>40.0</v>
+        <v>135.0</v>
       </c>
       <c r="H450">
-        <v>40.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B451" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C451" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="D451">
-        <v>1991</v>
+        <v>2021</v>
       </c>
       <c r="E451" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="F451" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G451">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
       <c r="H451">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B452" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C452" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D452">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="E452" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="F452" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G452">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
       <c r="H452">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B453" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C453" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="D453">
-        <v>1988</v>
+        <v>2021</v>
       </c>
       <c r="E453" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="F453" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G453">
-        <v>410.0</v>
+        <v>227.0</v>
       </c>
       <c r="H453">
-        <v>410.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B454" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C454" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="D454">
         <v>2021</v>
       </c>
       <c r="E454" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="F454" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G454">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H454">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B455" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C455" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="D455">
         <v>2021</v>
       </c>
       <c r="E455" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="F455" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G455">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H455">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B456" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C456" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="D456">
         <v>2021</v>
       </c>
       <c r="E456" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="F456" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G456">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H456">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B457" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C457" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="D457">
         <v>2021</v>
       </c>
       <c r="E457" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="F457" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G457">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H457">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B458" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C458" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="D458">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E458" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="F458" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G458">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
       <c r="H458">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B459" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C459" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="D459">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E459" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="F459" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G459">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
       <c r="H459">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B460" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C460" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="D460">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E460" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="F460" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G460">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
       <c r="H460">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B461" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C461" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="D461">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E461" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="F461" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G461">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H461">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B462" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C462" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D462">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E462" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="F462" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G462">
-        <v>221.0</v>
+        <v>115.0</v>
       </c>
       <c r="H462">
-        <v>221.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B463" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C463" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="D463">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E463" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="F463" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G463">
-        <v>199.0</v>
+        <v>235.0</v>
       </c>
       <c r="H463">
-        <v>199.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B464" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C464" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="D464">
-        <v>2021</v>
+        <v>1990</v>
       </c>
       <c r="E464" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="F464" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G464">
-        <v>177.0</v>
+        <v>335.0</v>
       </c>
       <c r="H464">
-        <v>177.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B465" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C465" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="D465">
-        <v>2021</v>
+        <v>1990</v>
       </c>
       <c r="E465" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="F465" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G465">
-        <v>155.0</v>
+        <v>40.0</v>
       </c>
       <c r="H465">
-        <v>155.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B466" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C466" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="D466">
-        <v>2021</v>
+        <v>1990</v>
       </c>
       <c r="E466" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="F466" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G466">
-        <v>65.0</v>
+        <v>40.0</v>
       </c>
       <c r="H466">
-        <v>65.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B467" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C467" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="D467">
-        <v>2021</v>
+        <v>1991</v>
       </c>
       <c r="E467" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="F467" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G467">
-        <v>177.0</v>
+        <v>475.0</v>
       </c>
       <c r="H467">
-        <v>177.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B468" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C468" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="D468">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E468" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="F468" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G468">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
       <c r="H468">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B469" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C469" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D469">
-        <v>2021</v>
+        <v>1988</v>
       </c>
       <c r="E469" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="F469" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G469">
-        <v>98.0</v>
+        <v>430.0</v>
       </c>
       <c r="H469">
-        <v>98.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B470" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C470" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="D470">
         <v>2021</v>
       </c>
       <c r="E470" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="F470" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G470">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H470">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B471" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C471" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D471">
         <v>2021</v>
       </c>
       <c r="E471" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="F471" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G471">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H471">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B472" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C472" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="D472">
         <v>2021</v>
       </c>
       <c r="E472" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="F472" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G472">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
       <c r="H472">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B473" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C473" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="D473">
         <v>2021</v>
       </c>
       <c r="E473" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="F473" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G473">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
       <c r="H473">
-        <v>20.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B474" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C474" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="D474">
         <v>2021</v>
       </c>
       <c r="E474" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="F474" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G474">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H474">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B475" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C475" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="D475">
         <v>2021</v>
       </c>
       <c r="E475" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="F475" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G475">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H475">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B476" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C476" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="D476">
         <v>2021</v>
       </c>
       <c r="E476" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="F476" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G476">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H476">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B477" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C477" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="D477">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E477" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="F477" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G477">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H477">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B478" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C478" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="D478">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E478" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F478" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G478">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H478">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B479" t="s">
-        <v>242</v>
+        <v>22</v>
       </c>
       <c r="C479" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="D479">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="E479" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="F479" t="s">
-        <v>245</v>
+        <v>12</v>
       </c>
       <c r="G479">
-        <v>391.0</v>
+        <v>204.0</v>
+      </c>
+      <c r="H479">
+        <v>204.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B480" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C480" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="D480">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E480" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="F480" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G480">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H480">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B481" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C481" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D481">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E481" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="F481" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G481">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H481">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B482" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C482" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D482">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E482" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="F482" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G482">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H482">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B483" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C483" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D483">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E483" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="F483" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G483">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H483">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B484" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C484" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="D484">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E484" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="F484" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G484">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
       <c r="H484">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B485" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C485" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D485">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E485" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="F485" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G485">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="H485">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B486" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C486" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="D486">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E486" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="F486" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G486">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
       <c r="H486">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B487" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C487" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="D487">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E487" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="F487" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G487">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H487">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B488" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C488" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="D488">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E488" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="F488" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G488">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="H488">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B489" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C489" t="s">
-        <v>899</v>
+        <v>980</v>
       </c>
       <c r="D489">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E489" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="F489" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G489">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
       <c r="H489">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B490" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C490" t="s">
-        <v>897</v>
+        <v>982</v>
       </c>
       <c r="D490">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E490" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="F490" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G490">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H490">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B491" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C491" t="s">
-        <v>823</v>
+        <v>984</v>
       </c>
       <c r="D491">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E491" t="s">
         <v>985</v>
       </c>
       <c r="F491" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G491">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H491">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B492" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C492" t="s">
-        <v>333</v>
+        <v>986</v>
       </c>
       <c r="D492">
-        <v>1997</v>
+        <v>2022</v>
       </c>
       <c r="E492" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F492" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G492">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H492">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B493" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C493" t="s">
-        <v>825</v>
+        <v>988</v>
       </c>
       <c r="D493">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E493" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F493" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G493">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H493">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B494" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
       <c r="C494" t="s">
-        <v>743</v>
+        <v>990</v>
       </c>
       <c r="D494">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E494" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F494" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="G494">
-        <v>221.0</v>
-[...2 lines deleted...]
-        <v>221.0</v>
+        <v>391.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B495" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>839</v>
+        <v>992</v>
       </c>
       <c r="D495">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E495" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="F495" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G495">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H495">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B496" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>331</v>
+        <v>994</v>
       </c>
       <c r="D496">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="E496" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="F496" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G496">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="H496">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B497" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>691</v>
+        <v>996</v>
       </c>
       <c r="D497">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E497" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="F497" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G497">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
       <c r="H497">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B498" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>701</v>
+        <v>998</v>
       </c>
       <c r="D498">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E498" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="F498" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G498">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H498">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B499" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>723</v>
+        <v>1000</v>
       </c>
       <c r="D499">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E499" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="F499" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G499">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H499">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B500" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>713</v>
+        <v>1002</v>
       </c>
       <c r="D500">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E500" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="F500" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G500">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H500">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B501" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>829</v>
+        <v>1004</v>
       </c>
       <c r="D501">
         <v>2018</v>
       </c>
       <c r="E501" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="F501" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G501">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H501">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B502" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>867</v>
+        <v>1006</v>
       </c>
       <c r="D502">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="E502" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
       <c r="F502" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G502">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H502">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B503" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>741</v>
+        <v>1008</v>
       </c>
       <c r="D503">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E503" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="F503" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G503">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H503">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B504" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>683</v>
+        <v>928</v>
       </c>
       <c r="D504">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E504" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="F504" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G504">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H504">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B505" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>465</v>
+        <v>926</v>
       </c>
       <c r="D505">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E505" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="F505" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G505">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H505">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B506" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>403</v>
+        <v>852</v>
       </c>
       <c r="D506">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E506" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
       <c r="F506" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G506">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H506">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B507" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>601</v>
+        <v>362</v>
       </c>
       <c r="D507">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E507" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="F507" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G507">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H507">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B508" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>419</v>
+        <v>854</v>
       </c>
       <c r="D508">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E508" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
       <c r="F508" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G508">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H508">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B509" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>413</v>
+        <v>772</v>
       </c>
       <c r="D509">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E509" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="F509" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G509">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H509">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B510" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>835</v>
+        <v>868</v>
       </c>
       <c r="D510">
         <v>2019</v>
       </c>
       <c r="E510" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="F510" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G510">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H510">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B511" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>427</v>
+        <v>360</v>
       </c>
       <c r="D511">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="E511" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="F511" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G511">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H511">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B512" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>329</v>
+        <v>720</v>
       </c>
       <c r="D512">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E512" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="F512" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G512">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H512">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B513" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>615</v>
+        <v>730</v>
       </c>
       <c r="D513">
         <v>2012</v>
       </c>
       <c r="E513" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
       <c r="F513" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G513">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H513">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B514" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>689</v>
+        <v>752</v>
       </c>
       <c r="D514">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E514" t="s">
-        <v>1008</v>
+        <v>1020</v>
       </c>
       <c r="F514" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G514">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H514">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B515" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>687</v>
+        <v>742</v>
       </c>
       <c r="D515">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E515" t="s">
-        <v>1009</v>
+        <v>1021</v>
       </c>
       <c r="F515" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G515">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H515">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B516" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1010</v>
+        <v>858</v>
       </c>
       <c r="D516">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E516" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
       <c r="F516" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G516">
-        <v>280.0</v>
+        <v>227.0</v>
       </c>
       <c r="H516">
-        <v>280.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B517" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1012</v>
+        <v>896</v>
       </c>
       <c r="D517">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E517" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="F517" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G517">
-        <v>365.0</v>
+        <v>227.0</v>
       </c>
       <c r="H517">
-        <v>365.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B518" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1014</v>
+        <v>770</v>
       </c>
       <c r="D518">
         <v>2015</v>
       </c>
       <c r="E518" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="F518" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G518">
-        <v>320.0</v>
+        <v>181.0</v>
       </c>
       <c r="H518">
-        <v>320.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B519" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1016</v>
+        <v>712</v>
       </c>
       <c r="D519">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="E519" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="F519" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G519">
-        <v>365.0</v>
+        <v>227.0</v>
       </c>
       <c r="H519">
-        <v>365.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B520" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1017</v>
+        <v>494</v>
       </c>
       <c r="D520">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="E520" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="F520" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G520">
-        <v>68.0</v>
+        <v>227.0</v>
       </c>
       <c r="H520">
-        <v>68.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B521" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1019</v>
+        <v>432</v>
       </c>
       <c r="D521">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="E521" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="F521" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G521">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
       <c r="H521">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B522" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1021</v>
+        <v>630</v>
       </c>
       <c r="D522">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E522" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="F522" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G522">
-        <v>320.0</v>
+        <v>227.0</v>
       </c>
       <c r="H522">
-        <v>320.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B523" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1022</v>
+        <v>448</v>
       </c>
       <c r="D523">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="E523" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="F523" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G523">
-        <v>280.0</v>
+        <v>227.0</v>
       </c>
       <c r="H523">
-        <v>280.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B524" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1024</v>
+        <v>442</v>
       </c>
       <c r="D524">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E524" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="F524" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G524">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
       <c r="H524">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B525" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1025</v>
+        <v>864</v>
       </c>
       <c r="D525">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E525" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="F525" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G525">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
       <c r="H525">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B526" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1026</v>
+        <v>456</v>
       </c>
       <c r="D526">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E526" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="F526" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G526">
-        <v>450.0</v>
+        <v>181.0</v>
       </c>
       <c r="H526">
-        <v>450.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B527" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1028</v>
+        <v>358</v>
       </c>
       <c r="D527">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E527" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="F527" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G527">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
       <c r="H527">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B528" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1030</v>
+        <v>644</v>
       </c>
       <c r="D528">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E528" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="F528" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G528">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
       <c r="H528">
-        <v>365.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B529" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1031</v>
+        <v>718</v>
       </c>
       <c r="D529">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E529" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="F529" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G529">
-        <v>450.0</v>
+        <v>100.0</v>
       </c>
       <c r="H529">
-        <v>450.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B530" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1033</v>
+        <v>716</v>
       </c>
       <c r="D530">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E530" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="F530" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G530">
-        <v>450.0</v>
+        <v>204.0</v>
       </c>
       <c r="H530">
-        <v>450.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B531" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D531">
         <v>2015</v>
       </c>
       <c r="E531" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="F531" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G531">
-        <v>450.0</v>
+        <v>295.0</v>
       </c>
       <c r="H531">
-        <v>450.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B532" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D532">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E532" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="F532" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G532">
-        <v>450.0</v>
+        <v>380.0</v>
       </c>
       <c r="H532">
-        <v>450.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B533" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="D533">
         <v>2015</v>
       </c>
       <c r="E533" t="s">
-        <v>1011</v>
+        <v>1042</v>
       </c>
       <c r="F533" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G533">
-        <v>280.0</v>
+        <v>335.0</v>
       </c>
       <c r="H533">
-        <v>280.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B534" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D534">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E534" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="F534" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G534">
-        <v>450.0</v>
+        <v>380.0</v>
       </c>
       <c r="H534">
-        <v>450.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B535" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="D535">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E535" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="F535" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G535">
-        <v>450.0</v>
+        <v>68.0</v>
       </c>
       <c r="H535">
-        <v>450.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B536" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="D536">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="E536" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="F536" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G536">
         <v>80.0</v>
       </c>
       <c r="H536">
         <v>80.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B537" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="D537">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E537" t="s">
         <v>1042</v>
       </c>
       <c r="F537" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G537">
-        <v>80.0</v>
+        <v>335.0</v>
       </c>
       <c r="H537">
-        <v>80.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B538" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="D538">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E538" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="F538" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G538">
-        <v>385.0</v>
+        <v>295.0</v>
       </c>
       <c r="H538">
-        <v>385.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B539" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="D539">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E539" t="s">
         <v>1045</v>
       </c>
       <c r="F539" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G539">
-        <v>385.0</v>
+        <v>40.0</v>
       </c>
       <c r="H539">
-        <v>385.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B540" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="D540">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="E540" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="F540" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G540">
         <v>40.0</v>
       </c>
       <c r="H540">
         <v>40.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B541" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="D541">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="E541" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="F541" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G541">
-        <v>40.0</v>
+        <v>475.0</v>
       </c>
       <c r="H541">
-        <v>40.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B542" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="D542">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E542" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="F542" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G542">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
       <c r="H542">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B543" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="D543">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E543" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="F543" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G543">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
       <c r="H543">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B544" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>387</v>
+        <v>1058</v>
       </c>
       <c r="D544">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E544" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="F544" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G544">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H544">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B545" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>451</v>
+        <v>1060</v>
       </c>
       <c r="D545">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E545" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="F545" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G545">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H545">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B546" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>389</v>
+        <v>1061</v>
       </c>
       <c r="D546">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E546" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="F546" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G546">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H546">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B547" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>369</v>
+        <v>1063</v>
       </c>
       <c r="D547">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="E547" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="F547" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G547">
-        <v>98.0</v>
+        <v>475.0</v>
       </c>
       <c r="H547">
-        <v>98.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B548" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>859</v>
+        <v>1064</v>
       </c>
       <c r="D548">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E548" t="s">
-        <v>1057</v>
+        <v>1038</v>
       </c>
       <c r="F548" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G548">
-        <v>221.0</v>
+        <v>295.0</v>
       </c>
       <c r="H548">
-        <v>221.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B549" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>857</v>
+        <v>1065</v>
       </c>
       <c r="D549">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E549" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="F549" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G549">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H549">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B550" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>385</v>
+        <v>1067</v>
       </c>
       <c r="D550">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="E550" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="F550" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G550">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H550">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B551" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>603</v>
+        <v>1068</v>
       </c>
       <c r="D551">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E551" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="F551" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G551">
-        <v>221.0</v>
+        <v>80.0</v>
       </c>
       <c r="H551">
-        <v>221.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B552" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>869</v>
+        <v>1070</v>
       </c>
       <c r="D552">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E552" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="F552" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G552">
-        <v>177.0</v>
+        <v>80.0</v>
       </c>
       <c r="H552">
-        <v>177.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B553" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>959</v>
+        <v>1071</v>
       </c>
       <c r="D553">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E553" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="F553" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G553">
-        <v>221.0</v>
+        <v>405.0</v>
       </c>
       <c r="H553">
-        <v>221.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B554" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>345</v>
+        <v>1073</v>
       </c>
       <c r="D554">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="E554" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="F554" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G554">
-        <v>43.0</v>
+        <v>405.0</v>
       </c>
       <c r="H554">
-        <v>43.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B555" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>395</v>
+        <v>1074</v>
       </c>
       <c r="D555">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E555" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="F555" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G555">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="H555">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B556" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>745</v>
+        <v>1076</v>
       </c>
       <c r="D556">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E556" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="F556" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G556">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="H556">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B557" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>455</v>
+        <v>1077</v>
       </c>
       <c r="D557">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E557" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="F557" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G557">
-        <v>221.0</v>
+        <v>80.0</v>
       </c>
       <c r="H557">
-        <v>221.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B558" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>367</v>
+        <v>1079</v>
       </c>
       <c r="D558">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E558" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="F558" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G558">
-        <v>155.0</v>
+        <v>80.0</v>
       </c>
       <c r="H558">
-        <v>155.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B559" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="D559">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E559" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="F559" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G559">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H559">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B560" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>335</v>
+        <v>480</v>
       </c>
       <c r="D560">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="E560" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="F560" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G560">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H560">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B561" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>605</v>
+        <v>418</v>
       </c>
       <c r="D561">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E561" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="F561" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G561">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H561">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B562" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>461</v>
+        <v>398</v>
       </c>
       <c r="D562">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E562" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="F562" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G562">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H562">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B563" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1072</v>
+        <v>888</v>
       </c>
       <c r="D563">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E563" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="F563" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G563">
-        <v>410.0</v>
+        <v>227.0</v>
       </c>
       <c r="H563">
-        <v>410.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B564" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>411</v>
+        <v>886</v>
       </c>
       <c r="D564">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="E564" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="F564" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G564">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H564">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B565" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>477</v>
+        <v>414</v>
       </c>
       <c r="D565">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E565" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="F565" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G565">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H565">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B566" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1075</v>
+        <v>632</v>
       </c>
       <c r="D566">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="E566" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="F566" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G566">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H566">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B567" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>429</v>
+        <v>898</v>
       </c>
       <c r="D567">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E567" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="F567" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G567">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H567">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B568" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>609</v>
+        <v>986</v>
       </c>
       <c r="D568">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="E568" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="F568" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G568">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H568">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B569" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="D569">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E569" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="F569" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G569">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H569">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B570" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>1080</v>
+        <v>424</v>
       </c>
       <c r="D570">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E570" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="F570" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G570">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H570">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B571" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>611</v>
+        <v>774</v>
       </c>
       <c r="D571">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E571" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="F571" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G571">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H571">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B572" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>885</v>
+        <v>484</v>
       </c>
       <c r="D572">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="E572" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="F572" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G572">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H572">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B573" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>883</v>
+        <v>396</v>
       </c>
       <c r="D573">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E573" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="F573" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G573">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H573">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B574" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>877</v>
+        <v>452</v>
       </c>
       <c r="D574">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E574" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="F574" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G574">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H574">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B575" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>875</v>
+        <v>364</v>
       </c>
       <c r="D575">
-        <v>2021</v>
+        <v>2000</v>
       </c>
       <c r="E575" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="F575" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G575">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H575">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B576" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>873</v>
+        <v>634</v>
       </c>
       <c r="D576">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="E576" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="F576" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G576">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
       <c r="H576">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B577" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>887</v>
+        <v>490</v>
       </c>
       <c r="D577">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E577" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="F577" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G577">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H577">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B578" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>881</v>
+        <v>1099</v>
       </c>
       <c r="D578">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E578" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="F578" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G578">
-        <v>0.0</v>
+        <v>461.0</v>
       </c>
       <c r="H578">
-        <v>0.0</v>
+        <v>461.0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B579" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>1090</v>
+        <v>440</v>
       </c>
       <c r="D579">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E579" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="F579" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G579">
-        <v>250.0</v>
+        <v>227.0</v>
       </c>
       <c r="H579">
-        <v>250.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B580" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>1092</v>
+        <v>506</v>
       </c>
       <c r="D580">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E580" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="F580" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G580">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H580">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B581" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="D581">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E581" t="s">
-        <v>43</v>
+        <v>1103</v>
       </c>
       <c r="F581" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G581">
-        <v>374.0</v>
+        <v>44.0</v>
       </c>
       <c r="H581">
-        <v>374.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B582" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>597</v>
+        <v>458</v>
       </c>
       <c r="D582">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E582" t="s">
-        <v>43</v>
+        <v>1104</v>
       </c>
       <c r="F582" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G582">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H582">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B583" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>957</v>
+        <v>638</v>
       </c>
       <c r="D583">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="E583" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="F583" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G583">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H583">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B584" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>731</v>
+        <v>420</v>
       </c>
       <c r="D584">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E584" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="F584" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G584">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H584">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B585" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="D585">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="E585" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="F585" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G585">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H585">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B586" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>1099</v>
+        <v>640</v>
       </c>
       <c r="D586">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E586" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="F586" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G586">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H586">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B587" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>1101</v>
+        <v>914</v>
       </c>
       <c r="D587">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E587" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="F587" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G587">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H587">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B588" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>1103</v>
+        <v>912</v>
       </c>
       <c r="D588">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E588" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="F588" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G588">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H588">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B589" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>935</v>
+        <v>906</v>
       </c>
       <c r="D589">
         <v>2021</v>
       </c>
       <c r="E589" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="F589" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G589">
         <v>0.0</v>
       </c>
       <c r="H589">
         <v>0.0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B590" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>937</v>
+        <v>904</v>
       </c>
       <c r="D590">
         <v>2021</v>
       </c>
       <c r="E590" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="F590" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G590">
         <v>0.0</v>
       </c>
       <c r="H590">
         <v>0.0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B591" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>929</v>
+        <v>902</v>
       </c>
       <c r="D591">
         <v>2021</v>
       </c>
       <c r="E591" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="F591" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G591">
         <v>0.0</v>
       </c>
       <c r="H591">
         <v>0.0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B592" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>927</v>
+        <v>916</v>
       </c>
       <c r="D592">
         <v>2021</v>
       </c>
       <c r="E592" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="F592" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G592">
         <v>0.0</v>
       </c>
       <c r="H592">
         <v>0.0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B593" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>947</v>
+        <v>910</v>
       </c>
       <c r="D593">
         <v>2021</v>
       </c>
       <c r="E593" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="F593" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G593">
         <v>0.0</v>
       </c>
       <c r="H593">
         <v>0.0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B594" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>945</v>
+        <v>1117</v>
       </c>
       <c r="D594">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E594" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="F594" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G594">
-        <v>0.0</v>
+        <v>260.0</v>
       </c>
       <c r="H594">
-        <v>0.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B595" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>435</v>
+        <v>1119</v>
       </c>
       <c r="D595">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E595" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="F595" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G595">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H595">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B596" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>433</v>
+        <v>1121</v>
       </c>
       <c r="D596">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E596" t="s">
-        <v>1112</v>
+        <v>74</v>
       </c>
       <c r="F596" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G596">
-        <v>132.0</v>
+        <v>384.0</v>
       </c>
       <c r="H596">
-        <v>132.0</v>
+        <v>384.0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B597" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>879</v>
+        <v>626</v>
       </c>
       <c r="D597">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E597" t="s">
-        <v>1113</v>
+        <v>74</v>
       </c>
       <c r="F597" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G597">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H597">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B598" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>421</v>
+        <v>984</v>
       </c>
       <c r="D598">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E598" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="F598" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G598">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H598">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B599" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>463</v>
+        <v>760</v>
       </c>
       <c r="D599">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E599" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="F599" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G599">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H599">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B600" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>467</v>
+        <v>1124</v>
       </c>
       <c r="D600">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="E600" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="F600" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G600">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H600">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B601" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>469</v>
+        <v>1126</v>
       </c>
       <c r="D601">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E601" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
       <c r="F601" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G601">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H601">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B602" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>459</v>
+        <v>1128</v>
       </c>
       <c r="D602">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E602" t="s">
-        <v>1118</v>
+        <v>1129</v>
       </c>
       <c r="F602" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G602">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H602">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B603" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>371</v>
+        <v>1130</v>
       </c>
       <c r="D603">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E603" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="F603" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G603">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H603">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B604" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>679</v>
+        <v>964</v>
       </c>
       <c r="D604">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E604" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="F604" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G604">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H604">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B605" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>377</v>
+        <v>966</v>
       </c>
       <c r="D605">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="E605" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="F605" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G605">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H605">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B606" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>375</v>
+        <v>958</v>
       </c>
       <c r="D606">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="E606" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="F606" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G606">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H606">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B607" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>425</v>
+        <v>956</v>
       </c>
       <c r="D607">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E607" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="F607" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G607">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H607">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B608" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>381</v>
+        <v>976</v>
       </c>
       <c r="D608">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="E608" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="F608" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G608">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H608">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B609" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>681</v>
+        <v>974</v>
       </c>
       <c r="D609">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E609" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
       <c r="F609" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G609">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H609">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B610" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>677</v>
+        <v>464</v>
       </c>
       <c r="D610">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E610" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F610" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G610">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H610">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B611" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>613</v>
+        <v>462</v>
       </c>
       <c r="D611">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E611" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
       <c r="F611" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G611">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H611">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B612" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>325</v>
+        <v>908</v>
       </c>
       <c r="D612">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="E612" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="F612" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G612">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H612">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B613" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>355</v>
+        <v>450</v>
       </c>
       <c r="D613">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E613" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="F613" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G613">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H613">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B614" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="D614">
         <v>2008</v>
       </c>
       <c r="E614" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
       <c r="F614" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G614">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H614">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B615" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>607</v>
+        <v>496</v>
       </c>
       <c r="D615">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E615" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
       <c r="F615" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G615">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H615">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B616" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>399</v>
+        <v>498</v>
       </c>
       <c r="D616">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E616" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
       <c r="F616" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G616">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H616">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B617" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>361</v>
+        <v>488</v>
       </c>
       <c r="D617">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="E617" t="s">
-        <v>1133</v>
+        <v>1145</v>
       </c>
       <c r="F617" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G617">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H617">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B618" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>431</v>
+        <v>400</v>
       </c>
       <c r="D618">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E618" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
       <c r="F618" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G618">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H618">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B619" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>379</v>
+        <v>708</v>
       </c>
       <c r="D619">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E619" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
       <c r="F619" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G619">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H619">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B620" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D620">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E620" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="F620" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G620">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H620">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B621" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>843</v>
+        <v>404</v>
       </c>
       <c r="D621">
-        <v>2019</v>
+        <v>2002</v>
       </c>
       <c r="E621" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="F621" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G621">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H621">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B622" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>953</v>
+        <v>454</v>
       </c>
       <c r="D622">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E622" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="F622" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G622">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H622">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B623" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D623">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E623" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
       <c r="F623" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G623">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H623">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B624" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>457</v>
+        <v>710</v>
       </c>
       <c r="D624">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E624" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="F624" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G624">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H624">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B625" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>447</v>
+        <v>706</v>
       </c>
       <c r="D625">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E625" t="s">
-        <v>1141</v>
+        <v>1153</v>
       </c>
       <c r="F625" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G625">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H625">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B626" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>323</v>
+        <v>642</v>
       </c>
       <c r="D626">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E626" t="s">
-        <v>1142</v>
+        <v>1154</v>
       </c>
       <c r="F626" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G626">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H626">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B627" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>337</v>
+        <v>354</v>
       </c>
       <c r="D627">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E627" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
       <c r="F627" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G627">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H627">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B628" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="D628">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E628" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="F628" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G628">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H628">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B629" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>339</v>
+        <v>504</v>
       </c>
       <c r="D629">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E629" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="F629" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G629">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H629">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B630" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>1146</v>
+        <v>636</v>
       </c>
       <c r="D630">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E630" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="F630" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G630">
-        <v>18.0</v>
+        <v>227.0</v>
       </c>
       <c r="H630">
-        <v>18.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B631" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>321</v>
+        <v>428</v>
       </c>
       <c r="D631">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="E631" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="F631" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G631">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H631">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B632" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>1149</v>
+        <v>390</v>
       </c>
       <c r="D632">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E632" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="F632" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G632">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H632">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B633" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>285</v>
+        <v>460</v>
       </c>
       <c r="D633">
-        <v>1986</v>
+        <v>2010</v>
       </c>
       <c r="E633" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="F633" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G633">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H633">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B634" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>1152</v>
+        <v>408</v>
       </c>
       <c r="D634">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="E634" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="F634" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G634">
-        <v>374.0</v>
+        <v>227.0</v>
       </c>
       <c r="H634">
-        <v>374.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B635" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>539</v>
+        <v>430</v>
       </c>
       <c r="D635">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E635" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="F635" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G635">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H635">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B636" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>757</v>
+        <v>872</v>
       </c>
       <c r="D636">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E636" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="F636" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G636">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H636">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B637" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>767</v>
+        <v>980</v>
       </c>
       <c r="D637">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E637" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="F637" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G637">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="H637">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B638" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>821</v>
+        <v>446</v>
       </c>
       <c r="D638">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E638" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="F638" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G638">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H638">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B639" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>785</v>
+        <v>486</v>
       </c>
       <c r="D639">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="E639" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="F639" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G639">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H639">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B640" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>573</v>
+        <v>476</v>
       </c>
       <c r="D640">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E640" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="F640" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G640">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
       <c r="H640">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B641" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>789</v>
+        <v>352</v>
       </c>
       <c r="D641">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E641" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="F641" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G641">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H641">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B642" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>797</v>
+        <v>366</v>
       </c>
       <c r="D642">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E642" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
       <c r="F642" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G642">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H642">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B643" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>579</v>
+        <v>422</v>
       </c>
       <c r="D643">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E643" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="F643" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G643">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H643">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B644" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>777</v>
+        <v>368</v>
       </c>
       <c r="D644">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E644" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="F644" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G644">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="H644">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B645" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>787</v>
+        <v>1173</v>
       </c>
       <c r="D645">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E645" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="F645" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G645">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
       <c r="H645">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B646" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>763</v>
+        <v>350</v>
       </c>
       <c r="D646">
-        <v>2017</v>
+        <v>1997</v>
       </c>
       <c r="E646" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="F646" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G646">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="H646">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B647" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>577</v>
+        <v>1176</v>
       </c>
       <c r="D647">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E647" t="s">
-        <v>1166</v>
+        <v>1177</v>
       </c>
       <c r="F647" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G647">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H647">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B648" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>783</v>
+        <v>314</v>
       </c>
       <c r="D648">
-        <v>2017</v>
+        <v>1986</v>
       </c>
       <c r="E648" t="s">
-        <v>1167</v>
+        <v>1178</v>
       </c>
       <c r="F648" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G648">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
       <c r="H648">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B649" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>537</v>
+        <v>1179</v>
       </c>
       <c r="D649">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E649" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="F649" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G649">
-        <v>0.0</v>
+        <v>384.0</v>
       </c>
       <c r="H649">
-        <v>0.0</v>
+        <v>384.0</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B650" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>799</v>
+        <v>568</v>
       </c>
       <c r="D650">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E650" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="F650" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G650">
         <v>0.0</v>
       </c>
       <c r="H650">
         <v>0.0</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B651" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>515</v>
+        <v>786</v>
       </c>
       <c r="D651">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E651" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="F651" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G651">
         <v>0.0</v>
       </c>
       <c r="H651">
         <v>0.0</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B652" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D652">
         <v>2017</v>
       </c>
       <c r="E652" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="F652" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G652">
         <v>0.0</v>
       </c>
       <c r="H652">
         <v>0.0</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B653" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>803</v>
+        <v>850</v>
       </c>
       <c r="D653">
         <v>2017</v>
       </c>
       <c r="E653" t="s">
-        <v>1172</v>
+        <v>1184</v>
       </c>
       <c r="F653" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G653">
         <v>0.0</v>
       </c>
       <c r="H653">
         <v>0.0</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B654" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="D654">
         <v>2017</v>
       </c>
       <c r="E654" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
       <c r="F654" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G654">
         <v>0.0</v>
       </c>
       <c r="H654">
         <v>0.0</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B655" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>581</v>
+        <v>602</v>
       </c>
       <c r="D655">
         <v>2008</v>
       </c>
       <c r="E655" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="F655" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G655">
         <v>0.0</v>
       </c>
       <c r="H655">
         <v>0.0</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B656" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D656">
         <v>2017</v>
       </c>
       <c r="E656" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="F656" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G656">
         <v>0.0</v>
       </c>
       <c r="H656">
         <v>0.0</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B657" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>519</v>
+        <v>826</v>
       </c>
       <c r="D657">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E657" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="F657" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G657">
         <v>0.0</v>
       </c>
       <c r="H657">
         <v>0.0</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B658" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>819</v>
+        <v>608</v>
       </c>
       <c r="D658">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E658" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="F658" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G658">
         <v>0.0</v>
       </c>
       <c r="H658">
         <v>0.0</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B659" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>521</v>
+        <v>806</v>
       </c>
       <c r="D659">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E659" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="F659" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G659">
         <v>0.0</v>
       </c>
       <c r="H659">
         <v>0.0</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B660" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>749</v>
+        <v>816</v>
       </c>
       <c r="D660">
         <v>2017</v>
       </c>
       <c r="E660" t="s">
-        <v>1179</v>
+        <v>1191</v>
       </c>
       <c r="F660" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G660">
         <v>0.0</v>
       </c>
       <c r="H660">
         <v>0.0</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B661" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>769</v>
+        <v>792</v>
       </c>
       <c r="D661">
         <v>2017</v>
       </c>
       <c r="E661" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="F661" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G661">
         <v>0.0</v>
       </c>
       <c r="H661">
         <v>0.0</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B662" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>517</v>
+        <v>606</v>
       </c>
       <c r="D662">
         <v>2008</v>
       </c>
       <c r="E662" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="F662" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G662">
         <v>0.0</v>
       </c>
       <c r="H662">
         <v>0.0</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B663" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>773</v>
+        <v>812</v>
       </c>
       <c r="D663">
         <v>2017</v>
       </c>
       <c r="E663" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="F663" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G663">
         <v>0.0</v>
       </c>
       <c r="H663">
         <v>0.0</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B664" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>771</v>
+        <v>566</v>
       </c>
       <c r="D664">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E664" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="F664" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G664">
         <v>0.0</v>
       </c>
       <c r="H664">
         <v>0.0</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B665" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>781</v>
+        <v>828</v>
       </c>
       <c r="D665">
         <v>2017</v>
       </c>
       <c r="E665" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="F665" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G665">
         <v>0.0</v>
       </c>
       <c r="H665">
         <v>0.0</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B666" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>779</v>
+        <v>544</v>
       </c>
       <c r="D666">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E666" t="s">
-        <v>1185</v>
+        <v>1197</v>
       </c>
       <c r="F666" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G666">
         <v>0.0</v>
       </c>
       <c r="H666">
         <v>0.0</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B667" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>753</v>
+        <v>830</v>
       </c>
       <c r="D667">
         <v>2017</v>
       </c>
       <c r="E667" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="F667" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G667">
         <v>0.0</v>
       </c>
       <c r="H667">
         <v>0.0</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B668" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>751</v>
+        <v>832</v>
       </c>
       <c r="D668">
         <v>2017</v>
       </c>
       <c r="E668" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="F668" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G668">
         <v>0.0</v>
       </c>
       <c r="H668">
         <v>0.0</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B669" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>525</v>
+        <v>840</v>
       </c>
       <c r="D669">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E669" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="F669" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G669">
         <v>0.0</v>
       </c>
       <c r="H669">
         <v>0.0</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B670" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>775</v>
+        <v>610</v>
       </c>
       <c r="D670">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E670" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
       <c r="F670" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G670">
         <v>0.0</v>
       </c>
       <c r="H670">
         <v>0.0</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B671" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>765</v>
+        <v>844</v>
       </c>
       <c r="D671">
         <v>2017</v>
       </c>
       <c r="E671" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="F671" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G671">
         <v>0.0</v>
       </c>
       <c r="H671">
         <v>0.0</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B672" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>523</v>
+        <v>548</v>
       </c>
       <c r="D672">
         <v>2008</v>
       </c>
       <c r="E672" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
       <c r="F672" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G672">
         <v>0.0</v>
       </c>
       <c r="H672">
         <v>0.0</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B673" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="D673">
         <v>2017</v>
       </c>
       <c r="E673" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="F673" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G673">
         <v>0.0</v>
       </c>
       <c r="H673">
         <v>0.0</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B674" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>761</v>
+        <v>550</v>
       </c>
       <c r="D674">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E674" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="F674" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G674">
         <v>0.0</v>
       </c>
       <c r="H674">
         <v>0.0</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B675" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>795</v>
+        <v>778</v>
       </c>
       <c r="D675">
         <v>2017</v>
       </c>
       <c r="E675" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="F675" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G675">
         <v>0.0</v>
       </c>
       <c r="H675">
         <v>0.0</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B676" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>529</v>
+        <v>798</v>
       </c>
       <c r="D676">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E676" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="F676" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G676">
         <v>0.0</v>
       </c>
       <c r="H676">
         <v>0.0</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B677" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>793</v>
+        <v>546</v>
       </c>
       <c r="D677">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E677" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="F677" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G677">
         <v>0.0</v>
       </c>
       <c r="H677">
         <v>0.0</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B678" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>759</v>
+        <v>802</v>
       </c>
       <c r="D678">
         <v>2017</v>
       </c>
       <c r="E678" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="F678" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G678">
         <v>0.0</v>
       </c>
       <c r="H678">
         <v>0.0</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B679" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>809</v>
+        <v>800</v>
       </c>
       <c r="D679">
         <v>2017</v>
       </c>
       <c r="E679" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="F679" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G679">
         <v>0.0</v>
       </c>
       <c r="H679">
         <v>0.0</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B680" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="D680">
         <v>2017</v>
       </c>
       <c r="E680" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="F680" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G680">
         <v>0.0</v>
       </c>
       <c r="H680">
         <v>0.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B681" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>791</v>
+        <v>808</v>
       </c>
       <c r="D681">
         <v>2017</v>
       </c>
       <c r="E681" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="F681" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G681">
         <v>0.0</v>
       </c>
       <c r="H681">
         <v>0.0</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B682" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>533</v>
+        <v>782</v>
       </c>
       <c r="D682">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E682" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="F682" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G682">
         <v>0.0</v>
       </c>
       <c r="H682">
         <v>0.0</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B683" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>1202</v>
+        <v>780</v>
       </c>
       <c r="D683">
         <v>2017</v>
       </c>
       <c r="E683" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="F683" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G683">
         <v>0.0</v>
       </c>
       <c r="H683">
         <v>0.0</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B684" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>747</v>
+        <v>554</v>
       </c>
       <c r="D684">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E684" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="F684" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G684">
         <v>0.0</v>
       </c>
       <c r="H684">
         <v>0.0</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B685" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>531</v>
+        <v>804</v>
       </c>
       <c r="D685">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E685" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="F685" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G685">
         <v>0.0</v>
       </c>
       <c r="H685">
         <v>0.0</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B686" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>755</v>
+        <v>794</v>
       </c>
       <c r="D686">
         <v>2017</v>
       </c>
       <c r="E686" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="F686" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G686">
         <v>0.0</v>
       </c>
       <c r="H686">
         <v>0.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B687" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>343</v>
+        <v>552</v>
       </c>
       <c r="D687">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E687" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="F687" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G687">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H687">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B688" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>353</v>
+        <v>834</v>
       </c>
       <c r="D688">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="E688" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="F688" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G688">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H688">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B689" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>351</v>
+        <v>790</v>
       </c>
       <c r="D689">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="E689" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="F689" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G689">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H689">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B690" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>357</v>
+        <v>824</v>
       </c>
       <c r="D690">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="E690" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
       <c r="F690" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G690">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H690">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B691" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>449</v>
+        <v>558</v>
       </c>
       <c r="D691">
         <v>2008</v>
       </c>
       <c r="E691" t="s">
-        <v>1211</v>
+        <v>1222</v>
       </c>
       <c r="F691" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G691">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H691">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B692" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>289</v>
+        <v>822</v>
       </c>
       <c r="D692">
-        <v>1989</v>
+        <v>2017</v>
       </c>
       <c r="E692" t="s">
-        <v>1212</v>
+        <v>1223</v>
       </c>
       <c r="F692" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G692">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
       <c r="H692">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B693" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>295</v>
+        <v>788</v>
       </c>
       <c r="D693">
-        <v>1989</v>
+        <v>2017</v>
       </c>
       <c r="E693" t="s">
-        <v>1213</v>
+        <v>1224</v>
       </c>
       <c r="F693" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G693">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H693">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B694" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>297</v>
+        <v>838</v>
       </c>
       <c r="D694">
-        <v>1989</v>
+        <v>2017</v>
       </c>
       <c r="E694" t="s">
-        <v>1214</v>
+        <v>1225</v>
       </c>
       <c r="F694" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G694">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H694">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B695" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>1215</v>
+        <v>836</v>
       </c>
       <c r="D695">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E695" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="F695" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G695">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="H695">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B696" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>1217</v>
+        <v>820</v>
       </c>
       <c r="D696">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E696" t="s">
-        <v>1216</v>
+        <v>1227</v>
       </c>
       <c r="F696" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G696">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="H696">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B697" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>1218</v>
+        <v>562</v>
       </c>
       <c r="D697">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E697" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="F697" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G697">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="H697">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B698" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="D698">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E698" t="s">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="F698" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G698">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="H698">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B699" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>1221</v>
+        <v>776</v>
       </c>
       <c r="D699">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E699" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="F699" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G699">
-        <v>280.0</v>
+        <v>0.0</v>
       </c>
       <c r="H699">
-        <v>280.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B700" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>1223</v>
+        <v>560</v>
       </c>
       <c r="D700">
         <v>2008</v>
       </c>
       <c r="E700" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="F700" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G700">
-        <v>280.0</v>
+        <v>0.0</v>
       </c>
       <c r="H700">
-        <v>280.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B701" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>1224</v>
+        <v>784</v>
       </c>
       <c r="D701">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E701" t="s">
-        <v>1225</v>
+        <v>1233</v>
       </c>
       <c r="F701" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G701">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H701">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B702" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>871</v>
+        <v>372</v>
       </c>
       <c r="D702">
-        <v>2020</v>
+        <v>1999</v>
       </c>
       <c r="E702" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="F702" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G702">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H702">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B703" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>1227</v>
+        <v>382</v>
       </c>
       <c r="D703">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E703" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="F703" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G703">
-        <v>40.0</v>
+        <v>135.0</v>
       </c>
       <c r="H703">
-        <v>40.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B704" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>1229</v>
+        <v>380</v>
       </c>
       <c r="D704">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E704" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="F704" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G704">
-        <v>40.0</v>
+        <v>159.0</v>
       </c>
       <c r="H704">
-        <v>40.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B705" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>1231</v>
+        <v>386</v>
       </c>
       <c r="D705">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E705" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="F705" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G705">
-        <v>320.0</v>
+        <v>204.0</v>
       </c>
       <c r="H705">
-        <v>320.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B706" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>1233</v>
+        <v>478</v>
       </c>
       <c r="D706">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E706" t="s">
-        <v>1091</v>
+        <v>1238</v>
       </c>
       <c r="F706" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G706">
-        <v>250.0</v>
+        <v>204.0</v>
       </c>
       <c r="H706">
-        <v>250.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B707" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>1234</v>
+        <v>318</v>
       </c>
       <c r="D707">
-        <v>2021</v>
+        <v>1989</v>
       </c>
       <c r="E707" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="F707" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G707">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H707">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B708" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>709</v>
+        <v>324</v>
       </c>
       <c r="D708">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E708" t="s">
-        <v>1153</v>
+        <v>1240</v>
       </c>
       <c r="F708" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G708">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H708">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B709" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>1236</v>
+        <v>326</v>
       </c>
       <c r="D709">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E709" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="F709" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G709">
-        <v>450.0</v>
+        <v>159.0</v>
       </c>
       <c r="H709">
-        <v>450.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B710" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>363</v>
+        <v>1242</v>
       </c>
       <c r="D710">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E710" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="F710" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G710">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="H710">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B711" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>307</v>
+        <v>1244</v>
       </c>
       <c r="D711">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E711" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="F711" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G711">
-        <v>177.0</v>
+        <v>40.0</v>
       </c>
       <c r="H711">
-        <v>177.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B712" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>359</v>
+        <v>1245</v>
       </c>
       <c r="D712">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E712" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="F712" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G712">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
       <c r="H712">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B713" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>327</v>
+        <v>1247</v>
       </c>
       <c r="D713">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E713" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="F713" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G713">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="H713">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B714" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>319</v>
+        <v>1248</v>
       </c>
       <c r="D714">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E714" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="F714" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G714">
-        <v>199.0</v>
+        <v>295.0</v>
       </c>
       <c r="H714">
-        <v>199.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B715" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>311</v>
+        <v>1250</v>
       </c>
       <c r="D715">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E715" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="F715" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G715">
-        <v>199.0</v>
+        <v>295.0</v>
       </c>
       <c r="H715">
-        <v>199.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B716" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>293</v>
+        <v>1251</v>
       </c>
       <c r="D716">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E716" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="F716" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G716">
-        <v>177.0</v>
+        <v>160.0</v>
       </c>
       <c r="H716">
-        <v>177.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B717" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>301</v>
+        <v>900</v>
       </c>
       <c r="D717">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="E717" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="F717" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G717">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H717">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B718" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>299</v>
+        <v>1254</v>
       </c>
       <c r="D718">
         <v>1990</v>
       </c>
       <c r="E718" t="s">
-        <v>1246</v>
+        <v>1255</v>
       </c>
       <c r="F718" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G718">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="H718">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B719" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>287</v>
+        <v>1256</v>
       </c>
       <c r="D719">
         <v>1990</v>
       </c>
       <c r="E719" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="F719" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G719">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
       <c r="H719">
-        <v>199.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B720" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>397</v>
+        <v>1258</v>
       </c>
       <c r="D720">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E720" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="F720" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G720">
-        <v>199.0</v>
+        <v>335.0</v>
       </c>
       <c r="H720">
-        <v>199.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B721" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>317</v>
+        <v>1260</v>
       </c>
       <c r="D721">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="E721" t="s">
-        <v>1249</v>
+        <v>1118</v>
       </c>
       <c r="F721" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G721">
-        <v>221.0</v>
+        <v>260.0</v>
       </c>
       <c r="H721">
-        <v>221.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B722" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>309</v>
+        <v>1261</v>
       </c>
       <c r="D722">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="E722" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="F722" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G722">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H722">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B723" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>341</v>
+        <v>738</v>
       </c>
       <c r="D723">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E723" t="s">
-        <v>1251</v>
+        <v>1180</v>
       </c>
       <c r="F723" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G723">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H723">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B724" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>1252</v>
+        <v>1263</v>
       </c>
       <c r="D724">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E724" t="s">
-        <v>1253</v>
+        <v>1264</v>
       </c>
       <c r="F724" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G724">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
       <c r="H724">
-        <v>221.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B725" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>1254</v>
+        <v>392</v>
       </c>
       <c r="D725">
-        <v>2023</v>
+        <v>1998</v>
       </c>
       <c r="E725" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="F725" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G725">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H725">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B726" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>1256</v>
+        <v>336</v>
       </c>
       <c r="D726">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="E726" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="F726" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G726">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H726">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B727" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>1258</v>
+        <v>388</v>
       </c>
       <c r="D727">
-        <v>2023</v>
+        <v>1998</v>
       </c>
       <c r="E727" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="F727" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G727">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H727">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B728" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>1260</v>
+        <v>356</v>
       </c>
       <c r="D728">
-        <v>2023</v>
+        <v>1998</v>
       </c>
       <c r="E728" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="F728" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G728">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H728">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B729" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>1262</v>
+        <v>348</v>
       </c>
       <c r="D729">
-        <v>2023</v>
+        <v>1999</v>
       </c>
       <c r="E729" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F729" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G729">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H729">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B730" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>1264</v>
+        <v>340</v>
       </c>
       <c r="D730">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E730" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="F730" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G730">
-        <v>564.0</v>
+        <v>204.0</v>
       </c>
       <c r="H730">
-        <v>564.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B731" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>349</v>
+        <v>322</v>
       </c>
       <c r="D731">
-        <v>2003</v>
+        <v>1990</v>
       </c>
       <c r="E731" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="F731" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G731">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H731">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B732" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>1267</v>
+        <v>330</v>
       </c>
       <c r="D732">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E732" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="F732" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G732">
-        <v>115.0</v>
+        <v>227.0</v>
       </c>
       <c r="H732">
-        <v>115.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B733" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>1269</v>
+        <v>328</v>
       </c>
       <c r="D733">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="E733" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="F733" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G733">
-        <v>200.0</v>
+        <v>227.0</v>
       </c>
       <c r="H733">
-        <v>200.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B734" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>1271</v>
+        <v>316</v>
       </c>
       <c r="D734">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="E734" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="F734" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G734">
-        <v>200.0</v>
+        <v>204.0</v>
       </c>
       <c r="H734">
-        <v>200.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B735" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>1272</v>
+        <v>426</v>
       </c>
       <c r="D735">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E735" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="F735" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G735">
-        <v>40.0</v>
+        <v>204.0</v>
       </c>
       <c r="H735">
-        <v>40.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B736" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>1274</v>
+        <v>346</v>
       </c>
       <c r="D736">
-        <v>2018</v>
+        <v>1995</v>
       </c>
       <c r="E736" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="F736" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G736">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H736">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B737" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>1276</v>
+        <v>338</v>
       </c>
       <c r="D737">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E737" t="s">
         <v>1277</v>
       </c>
       <c r="F737" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G737">
-        <v>385.0</v>
+        <v>159.0</v>
       </c>
       <c r="H737">
-        <v>385.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B738" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C738" t="s">
+        <v>370</v>
+      </c>
+      <c r="D738">
+        <v>2000</v>
+      </c>
+      <c r="E738" t="s">
         <v>1278</v>
       </c>
-      <c r="D738">
-[...4 lines deleted...]
-      </c>
       <c r="F738" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G738">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
       <c r="H738">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B739" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C739" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D739">
+        <v>2023</v>
+      </c>
+      <c r="E739" t="s">
         <v>1280</v>
       </c>
-      <c r="D739">
-[...4 lines deleted...]
-      </c>
       <c r="F739" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G739">
-        <v>385.0</v>
+        <v>227.0</v>
       </c>
       <c r="H739">
-        <v>385.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B740" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C740" t="s">
         <v>1281</v>
       </c>
       <c r="D740">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E740" t="s">
         <v>1282</v>
       </c>
       <c r="F740" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G740">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
       <c r="H740">
-        <v>80.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B741" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>383</v>
+        <v>1283</v>
       </c>
       <c r="D741">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="E741" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F741" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G741">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H741">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B742" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>933</v>
+        <v>1285</v>
       </c>
       <c r="D742">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E742" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="F742" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G742">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H742">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B743" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>943</v>
+        <v>1287</v>
       </c>
       <c r="D743">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E743" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="F743" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G743">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H743">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B744" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>919</v>
+        <v>1289</v>
       </c>
       <c r="D744">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E744" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="F744" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G744">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H744">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B745" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>931</v>
+        <v>1291</v>
       </c>
       <c r="D745">
         <v>2021</v>
       </c>
       <c r="E745" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="F745" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G745">
-        <v>0.0</v>
+        <v>578.0</v>
       </c>
       <c r="H745">
-        <v>0.0</v>
+        <v>578.0</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B746" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>941</v>
+        <v>378</v>
       </c>
       <c r="D746">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E746" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="F746" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G746">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H746">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B747" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>915</v>
+        <v>1294</v>
       </c>
       <c r="D747">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E747" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="F747" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G747">
-        <v>0.0</v>
+        <v>115.0</v>
       </c>
       <c r="H747">
-        <v>0.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B748" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>923</v>
+        <v>1296</v>
       </c>
       <c r="D748">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="E748" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="F748" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G748">
-        <v>0.0</v>
+        <v>210.0</v>
       </c>
       <c r="H748">
-        <v>0.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B749" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>939</v>
+        <v>1298</v>
       </c>
       <c r="D749">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="E749" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="F749" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G749">
-        <v>0.0</v>
+        <v>210.0</v>
       </c>
       <c r="H749">
-        <v>0.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B750" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>917</v>
+        <v>1299</v>
       </c>
       <c r="D750">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E750" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="F750" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G750">
-        <v>0.0</v>
+        <v>40.0</v>
       </c>
       <c r="H750">
-        <v>0.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B751" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>913</v>
+        <v>1301</v>
       </c>
       <c r="D751">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E751" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="F751" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G751">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H751">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B752" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>925</v>
+        <v>1303</v>
       </c>
       <c r="D752">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E752" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="F752" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G752">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
       <c r="H752">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B753" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>921</v>
+        <v>1305</v>
       </c>
       <c r="D753">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E753" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
       <c r="F753" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G753">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
       <c r="H753">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B754" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>629</v>
+        <v>1307</v>
       </c>
       <c r="D754">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E754" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="F754" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G754">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
       <c r="H754">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B755" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>665</v>
+        <v>1308</v>
       </c>
       <c r="D755">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E755" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="F755" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G755">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
       <c r="H755">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B756" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>639</v>
+        <v>412</v>
       </c>
       <c r="D756">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E756" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="F756" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G756">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H756">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B757" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>541</v>
+        <v>962</v>
       </c>
       <c r="D757">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E757" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="F757" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G757">
         <v>0.0</v>
       </c>
       <c r="H757">
         <v>0.0</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B758" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>619</v>
+        <v>972</v>
       </c>
       <c r="D758">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E758" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="F758" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G758">
         <v>0.0</v>
       </c>
       <c r="H758">
         <v>0.0</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B759" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>663</v>
+        <v>948</v>
       </c>
       <c r="D759">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E759" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="F759" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G759">
         <v>0.0</v>
       </c>
       <c r="H759">
         <v>0.0</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B760" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>651</v>
+        <v>960</v>
       </c>
       <c r="D760">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E760" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="F760" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G760">
         <v>0.0</v>
       </c>
       <c r="H760">
         <v>0.0</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B761" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>637</v>
+        <v>970</v>
       </c>
       <c r="D761">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E761" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="F761" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G761">
         <v>0.0</v>
       </c>
       <c r="H761">
         <v>0.0</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B762" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>481</v>
+        <v>944</v>
       </c>
       <c r="D762">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E762" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
       <c r="F762" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G762">
         <v>0.0</v>
       </c>
       <c r="H762">
         <v>0.0</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B763" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>491</v>
+        <v>952</v>
       </c>
       <c r="D763">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E763" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="F763" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G763">
         <v>0.0</v>
       </c>
       <c r="H763">
         <v>0.0</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B764" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>673</v>
+        <v>968</v>
       </c>
       <c r="D764">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E764" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="F764" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G764">
         <v>0.0</v>
       </c>
       <c r="H764">
         <v>0.0</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B765" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>545</v>
+        <v>946</v>
       </c>
       <c r="D765">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E765" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="F765" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G765">
         <v>0.0</v>
       </c>
       <c r="H765">
         <v>0.0</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B766" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>623</v>
+        <v>942</v>
       </c>
       <c r="D766">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E766" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="F766" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G766">
         <v>0.0</v>
       </c>
       <c r="H766">
         <v>0.0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B767" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>671</v>
+        <v>954</v>
       </c>
       <c r="D767">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E767" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="F767" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G767">
         <v>0.0</v>
       </c>
       <c r="H767">
         <v>0.0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B768" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>633</v>
+        <v>950</v>
       </c>
       <c r="D768">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E768" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="F768" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G768">
         <v>0.0</v>
       </c>
       <c r="H768">
         <v>0.0</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B769" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>543</v>
+        <v>658</v>
       </c>
       <c r="D769">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E769" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="F769" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G769">
         <v>0.0</v>
       </c>
       <c r="H769">
         <v>0.0</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B770" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>621</v>
+        <v>694</v>
       </c>
       <c r="D770">
         <v>2011</v>
       </c>
       <c r="E770" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="F770" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G770">
         <v>0.0</v>
       </c>
       <c r="H770">
         <v>0.0</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B771" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>635</v>
+        <v>668</v>
       </c>
       <c r="D771">
         <v>2011</v>
       </c>
       <c r="E771" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="F771" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G771">
         <v>0.0</v>
       </c>
       <c r="H771">
         <v>0.0</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B772" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="D772">
         <v>2008</v>
       </c>
       <c r="E772" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="F772" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G772">
         <v>0.0</v>
       </c>
       <c r="H772">
         <v>0.0</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B773" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>509</v>
+        <v>648</v>
       </c>
       <c r="D773">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E773" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="F773" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G773">
         <v>0.0</v>
       </c>
       <c r="H773">
         <v>0.0</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B774" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>669</v>
+        <v>692</v>
       </c>
       <c r="D774">
         <v>2011</v>
       </c>
       <c r="E774" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="F774" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G774">
         <v>0.0</v>
       </c>
       <c r="H774">
         <v>0.0</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B775" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>591</v>
+        <v>680</v>
       </c>
       <c r="D775">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E775" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="F775" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G775">
         <v>0.0</v>
       </c>
       <c r="H775">
         <v>0.0</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B776" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>555</v>
+        <v>666</v>
       </c>
       <c r="D776">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E776" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="F776" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G776">
         <v>0.0</v>
       </c>
       <c r="H776">
         <v>0.0</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B777" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="D777">
         <v>2008</v>
       </c>
       <c r="E777" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="F777" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G777">
         <v>0.0</v>
       </c>
       <c r="H777">
         <v>0.0</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B778" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>593</v>
+        <v>520</v>
       </c>
       <c r="D778">
         <v>2008</v>
       </c>
       <c r="E778" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="F778" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G778">
         <v>0.0</v>
       </c>
       <c r="H778">
         <v>0.0</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B779" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>561</v>
+        <v>702</v>
       </c>
       <c r="D779">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E779" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
       <c r="F779" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G779">
         <v>0.0</v>
       </c>
       <c r="H779">
         <v>0.0</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B780" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>503</v>
+        <v>574</v>
       </c>
       <c r="D780">
         <v>2008</v>
       </c>
       <c r="E780" t="s">
-        <v>1322</v>
+        <v>1334</v>
       </c>
       <c r="F780" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G780">
         <v>0.0</v>
       </c>
       <c r="H780">
         <v>0.0</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B781" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>667</v>
+        <v>652</v>
       </c>
       <c r="D781">
         <v>2011</v>
       </c>
       <c r="E781" t="s">
-        <v>1323</v>
+        <v>1335</v>
       </c>
       <c r="F781" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G781">
         <v>0.0</v>
       </c>
       <c r="H781">
         <v>0.0</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B782" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>493</v>
+        <v>700</v>
       </c>
       <c r="D782">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E782" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="F782" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G782">
         <v>0.0</v>
       </c>
       <c r="H782">
         <v>0.0</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B783" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>505</v>
+        <v>662</v>
       </c>
       <c r="D783">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E783" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="F783" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G783">
         <v>0.0</v>
       </c>
       <c r="H783">
         <v>0.0</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B784" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>649</v>
+        <v>572</v>
       </c>
       <c r="D784">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E784" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="F784" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G784">
         <v>0.0</v>
       </c>
       <c r="H784">
         <v>0.0</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B785" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>527</v>
+        <v>650</v>
       </c>
       <c r="D785">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E785" t="s">
-        <v>1327</v>
+        <v>1339</v>
       </c>
       <c r="F785" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G785">
         <v>0.0</v>
       </c>
       <c r="H785">
         <v>0.0</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B786" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>497</v>
+        <v>664</v>
       </c>
       <c r="D786">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E786" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
       <c r="F786" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G786">
         <v>0.0</v>
       </c>
       <c r="H786">
         <v>0.0</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B787" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>507</v>
+        <v>586</v>
       </c>
       <c r="D787">
         <v>2008</v>
       </c>
       <c r="E787" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="F787" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G787">
         <v>0.0</v>
       </c>
       <c r="H787">
         <v>0.0</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B788" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>647</v>
+        <v>538</v>
       </c>
       <c r="D788">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E788" t="s">
-        <v>1330</v>
+        <v>1342</v>
       </c>
       <c r="F788" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G788">
         <v>0.0</v>
       </c>
       <c r="H788">
         <v>0.0</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B789" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>595</v>
+        <v>698</v>
       </c>
       <c r="D789">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E789" t="s">
-        <v>1331</v>
+        <v>1343</v>
       </c>
       <c r="F789" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G789">
         <v>0.0</v>
       </c>
       <c r="H789">
         <v>0.0</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B790" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>501</v>
+        <v>620</v>
       </c>
       <c r="D790">
         <v>2008</v>
       </c>
       <c r="E790" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="F790" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G790">
         <v>0.0</v>
       </c>
       <c r="H790">
         <v>0.0</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B791" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>631</v>
+        <v>584</v>
       </c>
       <c r="D791">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E791" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="F791" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G791">
         <v>0.0</v>
       </c>
       <c r="H791">
         <v>0.0</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B792" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>575</v>
+        <v>524</v>
       </c>
       <c r="D792">
         <v>2008</v>
       </c>
       <c r="E792" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="F792" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G792">
         <v>0.0</v>
       </c>
       <c r="H792">
         <v>0.0</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B793" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>479</v>
+        <v>622</v>
       </c>
       <c r="D793">
         <v>2008</v>
       </c>
       <c r="E793" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
       <c r="F793" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G793">
         <v>0.0</v>
       </c>
       <c r="H793">
         <v>0.0</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B794" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>645</v>
+        <v>590</v>
       </c>
       <c r="D794">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E794" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="F794" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G794">
         <v>0.0</v>
       </c>
       <c r="H794">
         <v>0.0</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B795" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="D795">
         <v>2008</v>
       </c>
       <c r="E795" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
       <c r="F795" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G795">
         <v>0.0</v>
       </c>
       <c r="H795">
         <v>0.0</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B796" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>485</v>
+        <v>696</v>
       </c>
       <c r="D796">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E796" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="F796" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G796">
         <v>0.0</v>
       </c>
       <c r="H796">
         <v>0.0</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B797" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>499</v>
+        <v>522</v>
       </c>
       <c r="D797">
         <v>2008</v>
       </c>
       <c r="E797" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="F797" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G797">
         <v>0.0</v>
       </c>
       <c r="H797">
         <v>0.0</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B798" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>659</v>
+        <v>534</v>
       </c>
       <c r="D798">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E798" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="F798" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G798">
         <v>0.0</v>
       </c>
       <c r="H798">
         <v>0.0</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B799" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>657</v>
+        <v>678</v>
       </c>
       <c r="D799">
         <v>2011</v>
       </c>
       <c r="E799" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="F799" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G799">
         <v>0.0</v>
       </c>
       <c r="H799">
         <v>0.0</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B800" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="D800">
         <v>2008</v>
       </c>
       <c r="E800" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="F800" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G800">
         <v>0.0</v>
       </c>
       <c r="H800">
         <v>0.0</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B801" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>483</v>
+        <v>526</v>
       </c>
       <c r="D801">
         <v>2008</v>
       </c>
       <c r="E801" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="F801" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G801">
         <v>0.0</v>
       </c>
       <c r="H801">
         <v>0.0</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B802" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>661</v>
+        <v>536</v>
       </c>
       <c r="D802">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E802" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="F802" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G802">
         <v>0.0</v>
       </c>
       <c r="H802">
         <v>0.0</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B803" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>655</v>
+        <v>676</v>
       </c>
       <c r="D803">
         <v>2011</v>
       </c>
       <c r="E803" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="F803" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G803">
         <v>0.0</v>
       </c>
       <c r="H803">
         <v>0.0</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B804" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>653</v>
+        <v>624</v>
       </c>
       <c r="D804">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E804" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="F804" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G804">
         <v>0.0</v>
       </c>
       <c r="H804">
         <v>0.0</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B805" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>585</v>
+        <v>530</v>
       </c>
       <c r="D805">
         <v>2008</v>
       </c>
       <c r="E805" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="F805" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G805">
         <v>0.0</v>
       </c>
       <c r="H805">
         <v>0.0</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B806" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>487</v>
+        <v>660</v>
       </c>
       <c r="D806">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E806" t="s">
-        <v>1348</v>
+        <v>1360</v>
       </c>
       <c r="F806" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G806">
         <v>0.0</v>
       </c>
       <c r="H806">
         <v>0.0</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B807" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>675</v>
+        <v>604</v>
       </c>
       <c r="D807">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E807" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
       <c r="F807" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G807">
         <v>0.0</v>
       </c>
       <c r="H807">
         <v>0.0</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B808" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="D808">
         <v>2008</v>
       </c>
       <c r="E808" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="F808" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G808">
         <v>0.0</v>
       </c>
       <c r="H808">
         <v>0.0</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B809" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="D809">
         <v>2011</v>
       </c>
       <c r="E809" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="F809" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G809">
         <v>0.0</v>
       </c>
       <c r="H809">
         <v>0.0</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B810" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>587</v>
+        <v>542</v>
       </c>
       <c r="D810">
         <v>2008</v>
       </c>
       <c r="E810" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="F810" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G810">
         <v>0.0</v>
       </c>
       <c r="H810">
         <v>0.0</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B811" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>627</v>
+        <v>514</v>
       </c>
       <c r="D811">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E811" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="F811" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G811">
         <v>0.0</v>
       </c>
       <c r="H811">
         <v>0.0</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B812" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="D812">
         <v>2008</v>
       </c>
       <c r="E812" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="F812" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G812">
         <v>0.0</v>
       </c>
       <c r="H812">
         <v>0.0</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B813" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>739</v>
+        <v>688</v>
       </c>
       <c r="D813">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E813" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="F813" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G813">
         <v>0.0</v>
       </c>
       <c r="H813">
         <v>0.0</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B814" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>559</v>
+        <v>686</v>
       </c>
       <c r="D814">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E814" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="F814" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G814">
         <v>0.0</v>
       </c>
       <c r="H814">
         <v>0.0</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B815" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="D815">
         <v>2008</v>
       </c>
       <c r="E815" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="F815" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G815">
         <v>0.0</v>
       </c>
       <c r="H815">
         <v>0.0</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B816" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>553</v>
+        <v>512</v>
       </c>
       <c r="D816">
         <v>2008</v>
       </c>
       <c r="E816" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="F816" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G816">
         <v>0.0</v>
       </c>
       <c r="H816">
         <v>0.0</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B817" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>563</v>
+        <v>690</v>
       </c>
       <c r="D817">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E817" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="F817" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G817">
         <v>0.0</v>
       </c>
       <c r="H817">
         <v>0.0</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B818" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>567</v>
+        <v>684</v>
       </c>
       <c r="D818">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E818" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="F818" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G818">
         <v>0.0</v>
       </c>
       <c r="H818">
         <v>0.0</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B819" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>565</v>
+        <v>682</v>
       </c>
       <c r="D819">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E819" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="F819" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G819">
         <v>0.0</v>
       </c>
       <c r="H819">
         <v>0.0</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B820" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>571</v>
+        <v>614</v>
       </c>
       <c r="D820">
         <v>2008</v>
       </c>
       <c r="E820" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="F820" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G820">
         <v>0.0</v>
       </c>
       <c r="H820">
         <v>0.0</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B821" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>625</v>
+        <v>516</v>
       </c>
       <c r="D821">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E821" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="F821" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G821">
         <v>0.0</v>
       </c>
       <c r="H821">
         <v>0.0</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B822" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>737</v>
+        <v>704</v>
       </c>
       <c r="D822">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E822" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="F822" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G822">
         <v>0.0</v>
       </c>
       <c r="H822">
         <v>0.0</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B823" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>569</v>
+        <v>518</v>
       </c>
       <c r="D823">
         <v>2008</v>
       </c>
       <c r="E823" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="F823" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G823">
         <v>0.0</v>
       </c>
       <c r="H823">
         <v>0.0</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B824" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>549</v>
+        <v>670</v>
       </c>
       <c r="D824">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E824" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="F824" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G824">
         <v>0.0</v>
       </c>
       <c r="H824">
         <v>0.0</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B825" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D825">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E825" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="F825" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G825">
         <v>0.0</v>
       </c>
       <c r="H825">
         <v>0.0</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B826" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>733</v>
+        <v>656</v>
       </c>
       <c r="D826">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E826" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="F826" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G826">
         <v>0.0</v>
       </c>
       <c r="H826">
         <v>0.0</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B827" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>643</v>
+        <v>540</v>
       </c>
       <c r="D827">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E827" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="F827" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G827">
         <v>0.0</v>
       </c>
       <c r="H827">
         <v>0.0</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B828" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>535</v>
+        <v>768</v>
       </c>
       <c r="D828">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E828" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="F828" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G828">
         <v>0.0</v>
       </c>
       <c r="H828">
         <v>0.0</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B829" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>727</v>
+        <v>588</v>
       </c>
       <c r="D829">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E829" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="F829" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G829">
         <v>0.0</v>
       </c>
       <c r="H829">
         <v>0.0</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B830" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>547</v>
+        <v>618</v>
       </c>
       <c r="D830">
         <v>2008</v>
       </c>
       <c r="E830" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="F830" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G830">
         <v>0.0</v>
       </c>
       <c r="H830">
         <v>0.0</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B831" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>725</v>
+        <v>582</v>
       </c>
       <c r="D831">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E831" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="F831" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G831">
         <v>0.0</v>
       </c>
       <c r="H831">
         <v>0.0</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B832" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>551</v>
+        <v>592</v>
       </c>
       <c r="D832">
         <v>2008</v>
       </c>
       <c r="E832" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="F832" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G832">
         <v>0.0</v>
       </c>
       <c r="H832">
         <v>0.0</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B833" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>735</v>
+        <v>596</v>
       </c>
       <c r="D833">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E833" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="F833" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G833">
         <v>0.0</v>
       </c>
       <c r="H833">
         <v>0.0</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B834" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>1376</v>
+        <v>594</v>
       </c>
       <c r="D834">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E834" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
       <c r="F834" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G834">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="H834">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B835" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>1378</v>
+        <v>600</v>
       </c>
       <c r="D835">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E835" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="F835" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G835">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
       <c r="H835">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B836" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>473</v>
+        <v>654</v>
       </c>
       <c r="D836">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E836" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="F836" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G836">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H836">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B837" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>721</v>
+        <v>766</v>
       </c>
       <c r="D837">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E837" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="F837" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G837">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H837">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B838" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>1382</v>
+        <v>598</v>
       </c>
       <c r="D838">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E838" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="F838" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G838">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H838">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B839" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>949</v>
+        <v>578</v>
       </c>
       <c r="D839">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E839" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="F839" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G839">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H839">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B840" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>863</v>
+        <v>646</v>
       </c>
       <c r="D840">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E840" t="s">
-        <v>1385</v>
+        <v>1394</v>
       </c>
       <c r="F840" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G840">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
       <c r="H840">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B841" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>707</v>
+        <v>762</v>
       </c>
       <c r="D841">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E841" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
       <c r="F841" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G841">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H841">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B842" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>729</v>
+        <v>672</v>
       </c>
       <c r="D842">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E842" t="s">
-        <v>1387</v>
+        <v>1396</v>
       </c>
       <c r="F842" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G842">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H842">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B843" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>719</v>
+        <v>564</v>
       </c>
       <c r="D843">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E843" t="s">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="F843" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G843">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H843">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B844" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>715</v>
+        <v>756</v>
       </c>
       <c r="D844">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E844" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="F844" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G844">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H844">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B845" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>831</v>
+        <v>576</v>
       </c>
       <c r="D845">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E845" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="F845" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G845">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H845">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B846" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>837</v>
+        <v>754</v>
       </c>
       <c r="D846">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="E846" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="F846" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G846">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H846">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B847" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>705</v>
+        <v>580</v>
       </c>
       <c r="D847">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E847" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="F847" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G847">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H847">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B848" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>717</v>
+        <v>764</v>
       </c>
       <c r="D848">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E848" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="F848" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G848">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H848">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B849" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>703</v>
+        <v>1403</v>
       </c>
       <c r="D849">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E849" t="s">
-        <v>1265</v>
+        <v>1404</v>
       </c>
       <c r="F849" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G849">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H849">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B850" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>891</v>
+        <v>1405</v>
       </c>
       <c r="D850">
         <v>2020</v>
       </c>
       <c r="E850" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="F850" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G850">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H850">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B851" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>347</v>
+        <v>502</v>
       </c>
       <c r="D851">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="E851" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="F851" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G851">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H851">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B852" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>445</v>
+        <v>750</v>
       </c>
       <c r="D852">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E852" t="s">
-        <v>1396</v>
+        <v>20</v>
       </c>
       <c r="F852" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G852">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H852">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B853" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>693</v>
+        <v>1408</v>
       </c>
       <c r="D853">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E853" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="F853" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G853">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H853">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B854" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>861</v>
+        <v>892</v>
       </c>
       <c r="D854">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E854" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="F854" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G854">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H854">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B855" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>813</v>
+        <v>736</v>
       </c>
       <c r="D855">
         <v>2017</v>
       </c>
       <c r="E855" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="F855" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G855">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H855">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B856" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>373</v>
+        <v>758</v>
       </c>
       <c r="D856">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="E856" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="F856" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G856">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H856">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B857" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>1401</v>
+        <v>748</v>
       </c>
       <c r="D857">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E857" t="s">
-        <v>1402</v>
+        <v>1413</v>
       </c>
       <c r="F857" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G857">
-        <v>250.0</v>
+        <v>135.0</v>
       </c>
       <c r="H857">
-        <v>250.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B858" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>1403</v>
+        <v>744</v>
       </c>
       <c r="D858">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E858" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="F858" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G858">
-        <v>250.0</v>
+        <v>181.0</v>
       </c>
       <c r="H858">
-        <v>250.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B859" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>1404</v>
+        <v>860</v>
       </c>
       <c r="D859">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E859" t="s">
-        <v>1402</v>
+        <v>1415</v>
       </c>
       <c r="F859" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G859">
-        <v>425.0</v>
+        <v>135.0</v>
       </c>
       <c r="H859">
-        <v>425.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B860" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>699</v>
+        <v>866</v>
       </c>
       <c r="D860">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E860" t="s">
-        <v>1405</v>
+        <v>1416</v>
       </c>
       <c r="F860" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G860">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H860">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B861" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>1406</v>
+        <v>734</v>
       </c>
       <c r="D861">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E861" t="s">
-        <v>114</v>
+        <v>1417</v>
       </c>
       <c r="F861" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G861">
-        <v>374.0</v>
+        <v>159.0</v>
       </c>
       <c r="H861">
-        <v>374.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B862" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>1407</v>
+        <v>746</v>
       </c>
       <c r="D862">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E862" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="F862" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G862">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H862">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B863" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>827</v>
+        <v>732</v>
       </c>
       <c r="D863">
         <v>2017</v>
       </c>
       <c r="E863" t="s">
-        <v>114</v>
+        <v>1292</v>
       </c>
       <c r="F863" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G863">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H863">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B864" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>697</v>
+        <v>920</v>
       </c>
       <c r="D864">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E864" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="F864" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G864">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H864">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B865" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>695</v>
+        <v>376</v>
       </c>
       <c r="D865">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E865" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="F865" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G865">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H865">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B866" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>443</v>
+        <v>474</v>
       </c>
       <c r="D866">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E866" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="F866" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G866">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H866">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B867" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>441</v>
+        <v>722</v>
       </c>
       <c r="D867">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E867" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="F867" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G867">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H867">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B868" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>1413</v>
+        <v>890</v>
       </c>
       <c r="D868">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E868" t="s">
-        <v>1414</v>
+        <v>1423</v>
       </c>
       <c r="F868" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G868">
-        <v>252.0</v>
+        <v>135.0</v>
       </c>
       <c r="H868">
-        <v>252.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B869" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>1415</v>
+        <v>842</v>
       </c>
       <c r="D869">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E869" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="F869" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G869">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H869">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B870" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>1417</v>
+        <v>402</v>
       </c>
       <c r="D870">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="E870" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="F870" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G870">
-        <v>141.0</v>
+        <v>100.0</v>
       </c>
       <c r="H870">
-        <v>141.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B871" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>439</v>
+        <v>1426</v>
       </c>
       <c r="D871">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E871" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
       <c r="F871" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G871">
-        <v>65.0</v>
+        <v>260.0</v>
       </c>
       <c r="H871">
-        <v>65.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B872" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="D872">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E872" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="F872" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G872">
-        <v>18.0</v>
+        <v>260.0</v>
       </c>
       <c r="H872">
-        <v>18.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B873" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="D873">
-        <v>1988</v>
+        <v>2018</v>
       </c>
       <c r="E873" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="F873" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G873">
-        <v>410.0</v>
+        <v>442.0</v>
       </c>
       <c r="H873">
-        <v>410.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B874" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>1423</v>
+        <v>728</v>
       </c>
       <c r="D874">
-        <v>1991</v>
+        <v>2014</v>
       </c>
       <c r="E874" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="F874" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G874">
-        <v>450.0</v>
+        <v>159.0</v>
       </c>
       <c r="H874">
-        <v>450.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B875" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>599</v>
+        <v>1431</v>
       </c>
       <c r="D875">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E875" t="s">
-        <v>1425</v>
+        <v>143</v>
       </c>
       <c r="F875" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G875">
-        <v>221.0</v>
+        <v>343.0</v>
       </c>
       <c r="H875">
-        <v>221.0</v>
+        <v>343.0</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B876" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="D876">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="E876" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="F876" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G876">
-        <v>47.38</v>
+        <v>67.0</v>
       </c>
       <c r="H876">
-        <v>47.38</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B877" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>1428</v>
+        <v>856</v>
       </c>
       <c r="D877">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="E877" t="s">
-        <v>1429</v>
+        <v>143</v>
       </c>
       <c r="F877" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G877">
-        <v>179.63</v>
+        <v>135.0</v>
       </c>
       <c r="H877">
-        <v>179.63</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B878" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>1430</v>
+        <v>726</v>
       </c>
       <c r="D878">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E878" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="F878" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G878">
-        <v>40.56</v>
+        <v>159.0</v>
       </c>
       <c r="H878">
-        <v>40.56</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B879" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>1432</v>
+        <v>724</v>
       </c>
       <c r="D879">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E879" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F879" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G879">
-        <v>124.49</v>
+        <v>204.0</v>
       </c>
       <c r="H879">
-        <v>124.49</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B880" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>1434</v>
+        <v>472</v>
       </c>
       <c r="D880">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E880" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="F880" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G880">
-        <v>254.11</v>
+        <v>0.0</v>
       </c>
       <c r="H880">
-        <v>254.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B881" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>1436</v>
+        <v>470</v>
       </c>
       <c r="D881">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="E881" t="s">
         <v>1437</v>
       </c>
       <c r="F881" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G881">
-        <v>135.89</v>
+        <v>0.0</v>
       </c>
       <c r="H881">
-        <v>135.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B882" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C882" t="s">
         <v>1438</v>
       </c>
       <c r="D882">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E882" t="s">
         <v>1439</v>
       </c>
       <c r="F882" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G882">
-        <v>135.89</v>
+        <v>258.0</v>
       </c>
       <c r="H882">
-        <v>135.89</v>
+        <v>258.0</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B883" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C883" t="s">
         <v>1440</v>
       </c>
       <c r="D883">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E883" t="s">
         <v>1441</v>
       </c>
       <c r="F883" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G883">
-        <v>474.58</v>
+        <v>67.0</v>
       </c>
       <c r="H883">
-        <v>474.58</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B884" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C884" t="s">
         <v>1442</v>
       </c>
       <c r="D884">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E884" t="s">
         <v>1443</v>
       </c>
       <c r="F884" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G884">
-        <v>168.69</v>
+        <v>145.0</v>
       </c>
       <c r="H884">
-        <v>168.69</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B885" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>1444</v>
+        <v>468</v>
       </c>
       <c r="D885">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E885" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
       <c r="F885" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G885">
-        <v>140.93</v>
+        <v>67.0</v>
       </c>
       <c r="H885">
-        <v>140.93</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B886" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="D886">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E886" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="F886" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G886">
-        <v>140.93</v>
+        <v>18.0</v>
       </c>
       <c r="H886">
-        <v>140.93</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B887" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="D887">
-        <v>2015</v>
+        <v>1988</v>
       </c>
       <c r="E887" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="F887" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G887">
-        <v>474.58</v>
+        <v>430.0</v>
       </c>
       <c r="H887">
-        <v>474.58</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B888" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
       <c r="D888">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="E888" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="F888" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G888">
-        <v>140.93</v>
+        <v>475.0</v>
       </c>
       <c r="H888">
-        <v>140.93</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B889" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>1452</v>
+        <v>628</v>
       </c>
       <c r="D889">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="E889" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="F889" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G889">
-        <v>474.58</v>
+        <v>227.0</v>
       </c>
       <c r="H889">
-        <v>474.58</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B890" t="s">
+        <v>25</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D890">
+        <v>1997</v>
+      </c>
+      <c r="E890" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F890" t="s">
         <v>28</v>
       </c>
-      <c r="C890" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G890">
-        <v>168.69</v>
+        <v>48.79</v>
       </c>
       <c r="H890">
-        <v>168.69</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B891" t="s">
+        <v>25</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D891">
+        <v>1998</v>
+      </c>
+      <c r="E891" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F891" t="s">
         <v>28</v>
       </c>
-      <c r="C891" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G891">
-        <v>474.58</v>
+        <v>185.05</v>
       </c>
       <c r="H891">
-        <v>474.58</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B892" t="s">
+        <v>25</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D892">
+        <v>1994</v>
+      </c>
+      <c r="E892" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F892" t="s">
         <v>28</v>
       </c>
-      <c r="C892" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G892">
-        <v>157.29</v>
+        <v>41.78</v>
       </c>
       <c r="H892">
-        <v>157.29</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B893" t="s">
+        <v>25</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D893">
+        <v>2018</v>
+      </c>
+      <c r="E893" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F893" t="s">
         <v>28</v>
       </c>
-      <c r="C893" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G893">
-        <v>353.46</v>
+        <v>128.22</v>
       </c>
       <c r="H893">
-        <v>353.46</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B894" t="s">
+        <v>25</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D894">
+        <v>2018</v>
+      </c>
+      <c r="E894" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F894" t="s">
         <v>28</v>
       </c>
-      <c r="C894" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G894">
-        <v>280.19</v>
+        <v>261.78</v>
       </c>
       <c r="H894">
-        <v>280.19</v>
+        <v>261.78</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B895" t="s">
+        <v>25</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D895">
+        <v>2022</v>
+      </c>
+      <c r="E895" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F895" t="s">
         <v>28</v>
       </c>
-      <c r="C895" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G895">
-        <v>280.19</v>
+        <v>140.0</v>
       </c>
       <c r="H895">
-        <v>280.19</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B896" t="s">
+        <v>25</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D896">
+        <v>2014</v>
+      </c>
+      <c r="E896" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F896" t="s">
         <v>28</v>
       </c>
-      <c r="C896" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G896">
-        <v>157.29</v>
+        <v>140.0</v>
       </c>
       <c r="H896">
-        <v>157.29</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B897" t="s">
+        <v>25</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D897">
+        <v>2018</v>
+      </c>
+      <c r="E897" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F897" t="s">
         <v>28</v>
       </c>
-      <c r="C897" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G897">
-        <v>146.26</v>
+        <v>488.79</v>
       </c>
       <c r="H897">
-        <v>146.26</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B898" t="s">
+        <v>25</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D898">
+        <v>2014</v>
+      </c>
+      <c r="E898" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F898" t="s">
         <v>28</v>
       </c>
-      <c r="C898" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G898">
-        <v>332.24</v>
+        <v>173.74</v>
       </c>
       <c r="H898">
-        <v>332.24</v>
+        <v>173.74</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B899" t="s">
+        <v>25</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D899">
+        <v>2015</v>
+      </c>
+      <c r="E899" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F899" t="s">
         <v>28</v>
       </c>
-      <c r="C899" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G899">
-        <v>157.29</v>
+        <v>145.14</v>
       </c>
       <c r="H899">
-        <v>157.29</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B900" t="s">
+        <v>25</v>
+      </c>
+      <c r="C900" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D900">
+        <v>2015</v>
+      </c>
+      <c r="E900" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F900" t="s">
         <v>28</v>
       </c>
-      <c r="C900" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G900">
-        <v>306.26</v>
+        <v>145.14</v>
       </c>
       <c r="H900">
-        <v>306.26</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B901" t="s">
+        <v>25</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D901">
+        <v>2015</v>
+      </c>
+      <c r="E901" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F901" t="s">
         <v>28</v>
       </c>
-      <c r="C901" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G901">
-        <v>280.19</v>
+        <v>488.79</v>
       </c>
       <c r="H901">
-        <v>280.19</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B902" t="s">
+        <v>25</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D902">
+        <v>2015</v>
+      </c>
+      <c r="E902" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F902" t="s">
         <v>28</v>
       </c>
-      <c r="C902" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G902">
-        <v>353.46</v>
+        <v>145.14</v>
       </c>
       <c r="H902">
-        <v>353.46</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B903" t="s">
+        <v>25</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D903">
+        <v>2018</v>
+      </c>
+      <c r="E903" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F903" t="s">
         <v>28</v>
       </c>
-      <c r="C903" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G903">
-        <v>411.4</v>
+        <v>488.79</v>
       </c>
       <c r="H903">
-        <v>411.4</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B904" t="s">
+        <v>25</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D904">
+        <v>2015</v>
+      </c>
+      <c r="E904" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F904" t="s">
         <v>28</v>
       </c>
-      <c r="C904" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G904">
-        <v>280.19</v>
+        <v>173.74</v>
       </c>
       <c r="H904">
-        <v>280.19</v>
+        <v>173.74</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B905" t="s">
+        <v>25</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D905">
+        <v>2015</v>
+      </c>
+      <c r="E905" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F905" t="s">
         <v>28</v>
       </c>
-      <c r="C905" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G905">
-        <v>157.29</v>
+        <v>488.79</v>
       </c>
       <c r="H905">
-        <v>157.29</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B906" t="s">
+        <v>25</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D906">
+        <v>2015</v>
+      </c>
+      <c r="E906" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F906" t="s">
         <v>28</v>
       </c>
-      <c r="C906" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G906">
-        <v>113.27</v>
+        <v>162.06</v>
       </c>
       <c r="H906">
-        <v>113.27</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>8</v>
       </c>
       <c r="B907" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C907" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="D907">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E907" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="F907" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G907">
-        <v>290.0</v>
+        <v>364.11</v>
       </c>
       <c r="H907">
-        <v>290.0</v>
+        <v>364.11</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>8</v>
       </c>
       <c r="B908" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C908" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="D908">
         <v>2021</v>
       </c>
       <c r="E908" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="F908" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G908">
-        <v>290.0</v>
+        <v>288.6</v>
       </c>
       <c r="H908">
-        <v>290.0</v>
+        <v>288.6</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>8</v>
       </c>
       <c r="B909" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C909" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D909">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E909" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="F909" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G909">
-        <v>306.0</v>
+        <v>288.6</v>
       </c>
       <c r="H909">
-        <v>306.0</v>
+        <v>288.6</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>8</v>
       </c>
       <c r="B910" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C910" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="D910">
-        <v>7</v>
+        <v>2021</v>
       </c>
       <c r="E910" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="F910" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G910">
-        <v>20.0</v>
+        <v>162.06</v>
       </c>
       <c r="H910">
-        <v>20.0</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
         <v>8</v>
       </c>
       <c r="B911" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C911" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="D911">
         <v>2021</v>
       </c>
       <c r="E911" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="F911" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G911">
-        <v>330.0</v>
+        <v>150.65</v>
       </c>
       <c r="H911">
-        <v>330.0</v>
+        <v>150.65</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
         <v>8</v>
       </c>
       <c r="B912" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C912" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="D912">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E912" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="F912" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G912">
-        <v>158.0</v>
+        <v>342.24</v>
       </c>
       <c r="H912">
-        <v>158.0</v>
+        <v>342.24</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>8</v>
       </c>
       <c r="B913" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C913" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="D913">
         <v>2021</v>
       </c>
       <c r="E913" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="F913" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G913">
-        <v>330.0</v>
+        <v>162.06</v>
       </c>
       <c r="H913">
-        <v>330.0</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
         <v>8</v>
       </c>
       <c r="B914" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C914" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="D914">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E914" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="F914" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G914">
-        <v>290.0</v>
+        <v>315.42</v>
       </c>
       <c r="H914">
-        <v>290.0</v>
+        <v>315.42</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
         <v>8</v>
       </c>
       <c r="B915" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C915" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="D915">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E915" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="F915" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G915">
-        <v>158.0</v>
+        <v>288.6</v>
       </c>
       <c r="H915">
-        <v>158.0</v>
+        <v>288.6</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>8</v>
       </c>
       <c r="B916" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C916" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D916">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E916" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="F916" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G916">
-        <v>330.0</v>
+        <v>364.11</v>
       </c>
       <c r="H916">
-        <v>330.0</v>
+        <v>364.11</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>8</v>
       </c>
       <c r="B917" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C917" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="D917">
         <v>2021</v>
       </c>
       <c r="E917" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="F917" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G917">
-        <v>306.0</v>
+        <v>423.74</v>
       </c>
       <c r="H917">
-        <v>306.0</v>
+        <v>423.74</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
         <v>8</v>
       </c>
       <c r="B918" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C918" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="D918">
-        <v>26</v>
+        <v>2021</v>
       </c>
       <c r="E918" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="F918" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G918">
-        <v>20.0</v>
+        <v>288.6</v>
       </c>
       <c r="H918">
-        <v>20.0</v>
+        <v>288.6</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
         <v>8</v>
       </c>
       <c r="B919" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C919" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D919">
-        <v>12</v>
+        <v>1993</v>
       </c>
       <c r="E919" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="F919" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G919">
-        <v>20.0</v>
+        <v>162.06</v>
       </c>
       <c r="H919">
-        <v>20.0</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
         <v>8</v>
       </c>
       <c r="B920" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C920" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="D920">
-        <v>2018</v>
+        <v>1993</v>
       </c>
       <c r="E920" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="F920" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G920">
-        <v>362.0</v>
+        <v>116.64</v>
       </c>
       <c r="H920">
-        <v>362.0</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B921" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C921" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="D921">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E921" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="F921" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G921">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
       <c r="H921">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B922" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C922" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="D922">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E922" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="F922" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G922">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
       <c r="H922">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B923" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C923" t="s">
-        <v>1520</v>
+        <v>1517</v>
+      </c>
+      <c r="D923">
+        <v>2018</v>
       </c>
       <c r="E923" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="F923" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G923">
-        <v>66.0</v>
+        <v>322.0</v>
       </c>
       <c r="H923">
-        <v>66.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B924" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C924" t="s">
-        <v>1522</v>
+        <v>1519</v>
+      </c>
+      <c r="D924">
+        <v>7</v>
       </c>
       <c r="E924" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="F924" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G924">
         <v>20.0</v>
       </c>
       <c r="H924">
         <v>20.0</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B925" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C925" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="D925">
         <v>2021</v>
       </c>
       <c r="E925" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="F925" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G925">
-        <v>462.0</v>
+        <v>348.0</v>
       </c>
       <c r="H925">
-        <v>462.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B926" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C926" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="D926">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E926" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="F926" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G926">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
       <c r="H926">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B927" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C927" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="D927">
         <v>2021</v>
       </c>
       <c r="E927" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="F927" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G927">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H927">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B928" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C928" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="D928">
-        <v>26</v>
+        <v>2019</v>
       </c>
       <c r="E928" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="F928" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G928">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H928">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B929" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C929" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="D929">
-        <v>17</v>
+        <v>2023</v>
       </c>
       <c r="E929" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="F929" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G929">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H929">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B930" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C930" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="D930">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E930" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="F930" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G930">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H930">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B931" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C931" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="D931">
         <v>2021</v>
       </c>
       <c r="E931" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="F931" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G931">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
       <c r="H931">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B932" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C932" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="D932">
-        <v>2021</v>
+        <v>26</v>
       </c>
       <c r="E932" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="F932" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G932">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H932">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B933" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C933" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="D933">
-        <v>2020</v>
+        <v>12</v>
       </c>
       <c r="E933" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="F933" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G933">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H933">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B934" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C934" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="D934">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E934" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="F934" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G934">
-        <v>330.0</v>
+        <v>382.0</v>
       </c>
       <c r="H934">
-        <v>330.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B935" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C935" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="D935">
         <v>2021</v>
       </c>
       <c r="E935" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="F935" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G935">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
       <c r="H935">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B936" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C936" t="s">
-        <v>1546</v>
+        <v>1543</v>
+      </c>
+      <c r="D936">
+        <v>2007</v>
       </c>
       <c r="E936" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="F936" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G936">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H936">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B937" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C937" t="s">
-        <v>1548</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1545</v>
       </c>
       <c r="E937" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="F937" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G937">
-        <v>36.0</v>
+        <v>66.0</v>
       </c>
       <c r="H937">
-        <v>36.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B938" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C938" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>1547</v>
       </c>
       <c r="E938" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="F938" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G938">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H938">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B939" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C939" t="s">
-        <v>1552</v>
+        <v>1549</v>
+      </c>
+      <c r="D939">
+        <v>2021</v>
       </c>
       <c r="E939" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="F939" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G939">
-        <v>66.0</v>
+        <v>488.0</v>
       </c>
       <c r="H939">
-        <v>66.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B940" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C940" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="D940">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E940" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="F940" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G940">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
       <c r="H940">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B941" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C941" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
       <c r="D941">
         <v>2021</v>
       </c>
       <c r="E941" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="F941" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G941">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H941">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B942" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C942" t="s">
-        <v>1558</v>
+        <v>1555</v>
+      </c>
+      <c r="D942">
+        <v>26</v>
       </c>
       <c r="E942" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
       <c r="F942" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G942">
         <v>20.0</v>
       </c>
       <c r="H942">
         <v>20.0</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B943" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C943" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="D943">
         <v>17</v>
       </c>
       <c r="E943" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="F943" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G943">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
       <c r="H943">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B944" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C944" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="D944">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E944" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="F944" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G944">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
       <c r="H944">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B945" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C945" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="D945">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E945" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="F945" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G945">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H945">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B946" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C946" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="D946">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E946" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="F946" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G946">
-        <v>100.0</v>
+        <v>348.0</v>
       </c>
       <c r="H946">
-        <v>100.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B947" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C947" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="D947">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E947" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="F947" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G947">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H947">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B948" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C948" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="D948">
         <v>2021</v>
       </c>
       <c r="E948" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="F948" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G948">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
       <c r="H948">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B949" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C949" t="s">
-        <v>1572</v>
+        <v>1569</v>
+      </c>
+      <c r="D949">
+        <v>2021</v>
       </c>
       <c r="E949" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="F949" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G949">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H949">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B950" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C950" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>1571</v>
       </c>
       <c r="E950" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="F950" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G950">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H950">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B951" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C951" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="D951">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="E951" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="F951" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G951">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
       <c r="H951">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B952" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C952" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
       <c r="D952">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E952" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="F952" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G952">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H952">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B953" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C953" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1577</v>
       </c>
       <c r="E953" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="F953" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G953">
-        <v>20.0</v>
+        <v>66.0</v>
       </c>
       <c r="H953">
-        <v>20.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B954" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C954" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="D954">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E954" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="F954" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G954">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H954">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B955" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C955" t="s">
-        <v>1584</v>
+        <v>1581</v>
+      </c>
+      <c r="D955">
+        <v>2021</v>
       </c>
       <c r="E955" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="F955" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G955">
-        <v>66.0</v>
+        <v>348.0</v>
       </c>
       <c r="H955">
-        <v>66.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B956" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C956" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1583</v>
       </c>
       <c r="E956" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="F956" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G956">
         <v>20.0</v>
       </c>
       <c r="H956">
         <v>20.0</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B957" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C957" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="D957">
-        <v>2020</v>
+        <v>17</v>
       </c>
       <c r="E957" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="F957" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G957">
-        <v>158.0</v>
+        <v>66.0</v>
       </c>
       <c r="H957">
-        <v>158.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B958" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C958" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="D958">
-        <v>1</v>
+        <v>2021</v>
       </c>
       <c r="E958" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="F958" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G958">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H958">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B959" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C959" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="D959">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E959" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="F959" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G959">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H959">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B960" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C960" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="D960">
-        <v>26</v>
+        <v>2020</v>
       </c>
       <c r="E960" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="F960" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G960">
-        <v>36.0</v>
+        <v>112.0</v>
       </c>
       <c r="H960">
-        <v>36.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B961" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C961" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="D961">
-        <v>7</v>
+        <v>2015</v>
       </c>
       <c r="E961" t="s">
-        <v>1581</v>
+        <v>1594</v>
       </c>
       <c r="F961" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G961">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H961">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B962" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C962" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="D962">
-        <v>27</v>
+        <v>2021</v>
       </c>
       <c r="E962" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="F962" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G962">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H962">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B963" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C963" t="s">
-        <v>1599</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1597</v>
       </c>
       <c r="E963" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="F963" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G963">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
       <c r="H963">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B964" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C964" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="D964">
-        <v>5</v>
+        <v>2022</v>
       </c>
       <c r="E964" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="F964" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G964">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H964">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B965" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C965" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
       <c r="D965">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E965" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="F965" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G965">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
       <c r="H965">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B966" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C966" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="D966">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E966" t="s">
-        <v>22</v>
+        <v>1604</v>
       </c>
       <c r="F966" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G966">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H966">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B967" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C967" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D967">
+        <v>27</v>
+      </c>
+      <c r="E967" t="s">
         <v>1606</v>
       </c>
-      <c r="D967">
-[...4 lines deleted...]
-      </c>
       <c r="F967" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G967">
         <v>20.0</v>
       </c>
       <c r="H967">
         <v>20.0</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
+        <v>32</v>
+      </c>
+      <c r="B968" t="s">
+        <v>33</v>
+      </c>
+      <c r="C968" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D968">
+        <v>2021</v>
+      </c>
+      <c r="E968" t="s">
         <v>1608</v>
       </c>
-      <c r="B968" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F968" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G968">
-        <v>222.0</v>
+        <v>348.0</v>
       </c>
       <c r="H968">
-        <v>222.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B969" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C969" t="s">
-        <v>1611</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>1609</v>
       </c>
       <c r="E969" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="F969" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G969">
-        <v>36.0</v>
+        <v>66.0</v>
       </c>
       <c r="H969">
-        <v>36.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B970" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C970" t="s">
-        <v>1613</v>
+        <v>1611</v>
+      </c>
+      <c r="D970">
+        <v>6</v>
       </c>
       <c r="E970" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="F970" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G970">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
       <c r="H970">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B971" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C971" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="D971">
-        <v>7</v>
+        <v>2020</v>
       </c>
       <c r="E971" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="F971" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G971">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H971">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B972" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C972" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="D972">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E972" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="F972" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G972">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
       <c r="H972">
-        <v>36.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B973" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C973" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D973">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E973" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="F973" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G973">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H973">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B974" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C974" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="D974">
-        <v>2020</v>
+        <v>26</v>
       </c>
       <c r="E974" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="F974" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G974">
-        <v>258.0</v>
+        <v>36.0</v>
       </c>
       <c r="H974">
-        <v>258.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>272</v>
+        <v>32</v>
       </c>
       <c r="B975" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C975" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="D975">
-        <v>2021</v>
+        <v>7</v>
       </c>
       <c r="E975" t="s">
-        <v>1624</v>
+        <v>1606</v>
       </c>
       <c r="F975" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G975">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
       <c r="H975">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B976" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C976" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="D976">
-        <v>2020</v>
+        <v>27</v>
       </c>
       <c r="E976" t="s">
-        <v>1226</v>
+        <v>1623</v>
       </c>
       <c r="F976" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G976">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H976">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B977" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C977" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="D977">
-        <v>2021</v>
+        <v>2</v>
       </c>
       <c r="E977" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="F977" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G977">
-        <v>330.0</v>
+        <v>36.0</v>
       </c>
       <c r="H977">
-        <v>330.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B978" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C978" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="D978">
-        <v>2021</v>
+        <v>5</v>
       </c>
       <c r="E978" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="F978" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G978">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H978">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B979" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C979" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="D979">
-        <v>2021</v>
+        <v>8</v>
       </c>
       <c r="E979" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="F979" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G979">
-        <v>330.0</v>
+        <v>36.0</v>
       </c>
       <c r="H979">
-        <v>330.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B980" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C980" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="D980">
         <v>2021</v>
       </c>
       <c r="E980" t="s">
-        <v>1633</v>
+        <v>58</v>
       </c>
       <c r="F980" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G980">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
       <c r="H980">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B981" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C981" t="s">
-        <v>1634</v>
+        <v>1631</v>
+      </c>
+      <c r="D981">
+        <v>19</v>
       </c>
       <c r="E981" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
       <c r="F981" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G981">
         <v>20.0</v>
       </c>
       <c r="H981">
         <v>20.0</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B982" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C982" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="D982">
-        <v>9</v>
+        <v>2018</v>
       </c>
       <c r="E982" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="F982" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G982">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
       <c r="H982">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B983" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C983" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="D983">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E983" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
       <c r="F983" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G983">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
       <c r="H983">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B984" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C984" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>1638</v>
       </c>
       <c r="E984" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="F984" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G984">
-        <v>462.0</v>
+        <v>36.0</v>
       </c>
       <c r="H984">
-        <v>462.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B985" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C985" t="s">
-        <v>1642</v>
+        <v>1640</v>
+      </c>
+      <c r="D985">
+        <v>7</v>
       </c>
       <c r="E985" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="F985" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G985">
         <v>20.0</v>
       </c>
       <c r="H985">
         <v>20.0</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B986" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C986" t="s">
-        <v>1644</v>
+        <v>1642</v>
       </c>
       <c r="D986">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="E986" t="s">
-        <v>1581</v>
+        <v>1643</v>
       </c>
       <c r="F986" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G986">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
       <c r="H986">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B987" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C987" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D987">
+        <v>2020</v>
+      </c>
+      <c r="E987" t="s">
         <v>1645</v>
       </c>
-      <c r="D987">
-[...4 lines deleted...]
-      </c>
       <c r="F987" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G987">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
       <c r="H987">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B988" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C988" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D988">
+        <v>2020</v>
+      </c>
+      <c r="E988" t="s">
         <v>1647</v>
       </c>
-      <c r="D988">
-[...4 lines deleted...]
-      </c>
       <c r="F988" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G988">
-        <v>462.0</v>
+        <v>272.0</v>
       </c>
       <c r="H988">
-        <v>462.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B989" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C989" t="s">
-        <v>1649</v>
+        <v>1648</v>
       </c>
       <c r="D989">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E989" t="s">
-        <v>1650</v>
+        <v>1253</v>
       </c>
       <c r="F989" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G989">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H989">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B990" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C990" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="D990">
         <v>2021</v>
       </c>
       <c r="E990" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="F990" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G990">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
       <c r="H990">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B991" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C991" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
       <c r="D991">
-        <v>9</v>
+        <v>2021</v>
       </c>
       <c r="E991" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
       <c r="F991" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G991">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H991">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B992" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C992" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="D992">
-        <v>25</v>
+        <v>2021</v>
       </c>
       <c r="E992" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="F992" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G992">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H992">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B993" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C993" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="D993">
-        <v>1</v>
+        <v>2021</v>
       </c>
       <c r="E993" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="F993" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G993">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H993">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B994" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C994" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>1657</v>
       </c>
       <c r="E994" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
       <c r="F994" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G994">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H994">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B995" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C995" t="s">
-        <v>1662</v>
+        <v>1659</v>
+      </c>
+      <c r="D995">
+        <v>9</v>
       </c>
       <c r="E995" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
       <c r="F995" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G995">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
       <c r="H995">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B996" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C996" t="s">
-        <v>1664</v>
+        <v>1661</v>
+      </c>
+      <c r="D996">
+        <v>2023</v>
       </c>
       <c r="E996" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
       <c r="F996" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G996">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H996">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B997" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C997" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="D997">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E997" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="F997" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G997">
-        <v>306.0</v>
+        <v>488.0</v>
       </c>
       <c r="H997">
-        <v>306.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B998" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C998" t="s">
-        <v>1668</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>1665</v>
       </c>
       <c r="E998" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="F998" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G998">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H998">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B999" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C999" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="D999">
-        <v>2017</v>
+        <v>20</v>
       </c>
       <c r="E999" t="s">
-        <v>1671</v>
+        <v>1606</v>
       </c>
       <c r="F999" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G999">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H999">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1000" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1000" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
       <c r="D1000">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="E1000" t="s">
-        <v>1673</v>
+        <v>1669</v>
       </c>
       <c r="F1000" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1000">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1000">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1001" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1001" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="D1001">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E1001" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="F1001" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1001">
-        <v>258.0</v>
+        <v>488.0</v>
       </c>
       <c r="H1001">
-        <v>258.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1002" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1002" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
       <c r="D1002">
-        <v>1990</v>
+        <v>2021</v>
       </c>
       <c r="E1002" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="F1002" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1002">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1002">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>272</v>
+        <v>32</v>
       </c>
       <c r="B1003" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1003" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
       <c r="D1003">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E1003" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
       <c r="F1003" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1003">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1003">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1004" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1004" t="s">
-        <v>1680</v>
+        <v>1676</v>
       </c>
       <c r="D1004">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E1004" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="F1004" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1004">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1004">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1005" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1005" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
       <c r="D1005">
-        <v>2017</v>
+        <v>25</v>
       </c>
       <c r="E1005" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="F1005" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1005">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1005">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1006" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1006" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="D1006">
-        <v>2014</v>
+        <v>1</v>
       </c>
       <c r="E1006" t="s">
-        <v>1685</v>
+        <v>1681</v>
       </c>
       <c r="F1006" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1006">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1006">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1007" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1007" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="D1007">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E1007" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="F1007" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1007">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1007">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1008" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1008" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>1685</v>
       </c>
       <c r="E1008" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="F1008" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1008">
-        <v>330.0</v>
+        <v>66.0</v>
       </c>
       <c r="H1008">
-        <v>330.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1009" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1009" t="s">
-        <v>1690</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>1687</v>
       </c>
       <c r="E1009" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="F1009" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1009">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1009">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1010" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1010" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
       <c r="D1010">
         <v>2017</v>
       </c>
       <c r="E1010" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
       <c r="F1010" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1010">
-        <v>330.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1010">
-        <v>330.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1011" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1011" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="D1011">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1011" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="F1011" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1011">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1011">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1012" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1012" t="s">
-        <v>1696</v>
+        <v>1693</v>
       </c>
       <c r="D1012">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E1012" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="F1012" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1012">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1012">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1013" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1013" t="s">
-        <v>1698</v>
+        <v>1695</v>
       </c>
       <c r="D1013">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E1013" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="F1013" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1013">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1013">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1014" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1014" t="s">
-        <v>1700</v>
+        <v>1697</v>
+      </c>
+      <c r="D1014">
+        <v>2017</v>
       </c>
       <c r="E1014" t="s">
-        <v>1701</v>
+        <v>1698</v>
       </c>
       <c r="F1014" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1014">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1014">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1015" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1015" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="D1015">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="E1015" t="s">
-        <v>1703</v>
+        <v>1700</v>
       </c>
       <c r="F1015" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1015">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1015">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
-        <v>8</v>
+        <v>301</v>
       </c>
       <c r="B1016" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1016" t="s">
-        <v>1704</v>
+        <v>1701</v>
       </c>
       <c r="D1016">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E1016" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
       <c r="F1016" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1016">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1016">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1017" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1017" t="s">
-        <v>1706</v>
+        <v>1703</v>
       </c>
       <c r="D1017">
-        <v>1985</v>
+        <v>17</v>
       </c>
       <c r="E1017" t="s">
-        <v>1707</v>
+        <v>1704</v>
       </c>
       <c r="F1017" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1017">
-        <v>220.0</v>
+        <v>80.0</v>
       </c>
       <c r="H1017">
-        <v>220.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1018" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1018" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
       <c r="D1018">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E1018" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
       <c r="F1018" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1018">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1018">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1019" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1019" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
       <c r="D1019">
-        <v>26</v>
+        <v>2014</v>
       </c>
       <c r="E1019" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
       <c r="F1019" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1019">
-        <v>80.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1019">
-        <v>80.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1020" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1020" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="D1020">
-        <v>1</v>
+        <v>1996</v>
       </c>
       <c r="E1020" t="s">
-        <v>1587</v>
+        <v>1710</v>
       </c>
       <c r="F1020" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1020">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1020">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1021" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1021" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="D1021">
-        <v>12</v>
+        <v>2015</v>
       </c>
       <c r="E1021" t="s">
-        <v>1616</v>
+        <v>1712</v>
       </c>
       <c r="F1021" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1021">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1021">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1022" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1022" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D1022">
+        <v>2017</v>
+      </c>
+      <c r="E1022" t="s">
         <v>1714</v>
       </c>
-      <c r="E1022" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1022" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1022">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1022">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1023" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1023" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D1023">
+        <v>2017</v>
+      </c>
+      <c r="E1023" t="s">
         <v>1716</v>
       </c>
-      <c r="D1023">
-[...4 lines deleted...]
-      </c>
       <c r="F1023" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1023">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1023">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1024" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1024" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D1024">
+        <v>2018</v>
+      </c>
+      <c r="E1024" t="s">
         <v>1718</v>
       </c>
-      <c r="D1024">
-[...4 lines deleted...]
-      </c>
       <c r="F1024" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1024">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1024">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1025" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1025" t="s">
         <v>1719</v>
       </c>
       <c r="D1025">
-        <v>12</v>
+        <v>2016</v>
       </c>
       <c r="E1025" t="s">
         <v>1720</v>
       </c>
       <c r="F1025" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1025">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1025">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1026" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1026" t="s">
         <v>1721</v>
       </c>
       <c r="D1026">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E1026" t="s">
         <v>1722</v>
       </c>
       <c r="F1026" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1026">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1026">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1027" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1027" t="s">
         <v>1723</v>
       </c>
-      <c r="D1027">
-[...1 lines deleted...]
-      </c>
       <c r="E1027" t="s">
         <v>1724</v>
       </c>
       <c r="F1027" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1027">
-        <v>462.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1027">
-        <v>462.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1028" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1028" t="s">
         <v>1725</v>
       </c>
       <c r="D1028">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E1028" t="s">
         <v>1726</v>
       </c>
       <c r="F1028" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1028">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1028">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1029" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1029" t="s">
         <v>1727</v>
       </c>
       <c r="D1029">
-        <v>20</v>
+        <v>2005</v>
       </c>
       <c r="E1029" t="s">
         <v>1728</v>
       </c>
       <c r="F1029" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1029">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1029">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1030" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1030" t="s">
         <v>1729</v>
       </c>
       <c r="D1030">
-        <v>2021</v>
+        <v>1985</v>
       </c>
       <c r="E1030" t="s">
         <v>1730</v>
       </c>
       <c r="F1030" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1030">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1030">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1031" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1031" t="s">
         <v>1731</v>
       </c>
       <c r="D1031">
-        <v>9</v>
+        <v>2016</v>
       </c>
       <c r="E1031" t="s">
-        <v>1495</v>
+        <v>1732</v>
       </c>
       <c r="F1031" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1031">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1031">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1032" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1032" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="D1032">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E1032" t="s">
-        <v>1616</v>
+        <v>1734</v>
       </c>
       <c r="F1032" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1032">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="H1032">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1033" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1033" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D1033">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="E1033" t="s">
-        <v>1734</v>
+        <v>1612</v>
       </c>
       <c r="F1033" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1033">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1033">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1034" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1034" t="s">
-        <v>1735</v>
+        <v>1736</v>
+      </c>
+      <c r="D1034">
+        <v>12</v>
       </c>
       <c r="E1034" t="s">
-        <v>1736</v>
+        <v>1641</v>
       </c>
       <c r="F1034" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1034">
         <v>20.0</v>
       </c>
       <c r="H1034">
         <v>20.0</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1035" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1035" t="s">
         <v>1737</v>
       </c>
-      <c r="D1035">
-[...1 lines deleted...]
-      </c>
       <c r="E1035" t="s">
         <v>1738</v>
       </c>
       <c r="F1035" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1035">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1035">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1036" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1036" t="s">
         <v>1739</v>
       </c>
       <c r="D1036">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E1036" t="s">
         <v>1740</v>
       </c>
       <c r="F1036" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1036">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1036">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1037" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1037" t="s">
         <v>1741</v>
       </c>
       <c r="D1037">
-        <v>2021</v>
+        <v>13</v>
       </c>
       <c r="E1037" t="s">
-        <v>1742</v>
+        <v>1679</v>
       </c>
       <c r="F1037" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1037">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1037">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1038" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1038" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D1038">
+        <v>12</v>
+      </c>
+      <c r="E1038" t="s">
         <v>1743</v>
       </c>
-      <c r="D1038">
-[...4 lines deleted...]
-      </c>
       <c r="F1038" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1038">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1038">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1039" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1039" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D1039">
+        <v>2020</v>
+      </c>
+      <c r="E1039" t="s">
         <v>1745</v>
       </c>
-      <c r="D1039">
-[...4 lines deleted...]
-      </c>
       <c r="F1039" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1039">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1039">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1040" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1040" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D1040">
+        <v>2021</v>
+      </c>
+      <c r="E1040" t="s">
         <v>1747</v>
       </c>
-      <c r="D1040">
-[...4 lines deleted...]
-      </c>
       <c r="F1040" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1040">
-        <v>20.0</v>
+        <v>488.0</v>
       </c>
       <c r="H1040">
-        <v>20.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1041" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1041" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D1041">
+        <v>2021</v>
+      </c>
+      <c r="E1041" t="s">
         <v>1749</v>
       </c>
-      <c r="D1041">
-[...4 lines deleted...]
-      </c>
       <c r="F1041" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1041">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1041">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1042" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1042" t="s">
         <v>1750</v>
       </c>
       <c r="D1042">
-        <v>2021</v>
+        <v>20</v>
       </c>
       <c r="E1042" t="s">
         <v>1751</v>
       </c>
       <c r="F1042" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1042">
-        <v>158.0</v>
+        <v>66.0</v>
       </c>
       <c r="H1042">
-        <v>158.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1043" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1043" t="s">
         <v>1752</v>
       </c>
       <c r="D1043">
         <v>2021</v>
       </c>
       <c r="E1043" t="s">
         <v>1753</v>
       </c>
       <c r="F1043" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1043">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1043">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1044" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1044" t="s">
         <v>1754</v>
       </c>
       <c r="D1044">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="E1044" t="s">
-        <v>1587</v>
+        <v>1520</v>
       </c>
       <c r="F1044" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1044">
         <v>20.0</v>
       </c>
       <c r="H1044">
         <v>20.0</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1045" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1045" t="s">
         <v>1755</v>
       </c>
       <c r="D1045">
-        <v>2015</v>
+        <v>18</v>
       </c>
       <c r="E1045" t="s">
-        <v>1756</v>
+        <v>1641</v>
       </c>
       <c r="F1045" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1045">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1045">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1046" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1046" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D1046">
+        <v>19</v>
+      </c>
+      <c r="E1046" t="s">
         <v>1757</v>
       </c>
-      <c r="D1046">
-[...4 lines deleted...]
-      </c>
       <c r="F1046" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1046">
-        <v>158.0</v>
+        <v>80.0</v>
       </c>
       <c r="H1046">
-        <v>158.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1047" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1047" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E1047" t="s">
         <v>1759</v>
       </c>
-      <c r="D1047">
-[...4 lines deleted...]
-      </c>
       <c r="F1047" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1047">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1047">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1048" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1048" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D1048">
+        <v>2021</v>
+      </c>
+      <c r="E1048" t="s">
         <v>1761</v>
       </c>
-      <c r="D1048">
-[...4 lines deleted...]
-      </c>
       <c r="F1048" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1048">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1048">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1049" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1049" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D1049">
+        <v>2021</v>
+      </c>
+      <c r="E1049" t="s">
         <v>1763</v>
       </c>
-      <c r="D1049">
-[...4 lines deleted...]
-      </c>
       <c r="F1049" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1049">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1049">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1050" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1050" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D1050">
+        <v>2021</v>
+      </c>
+      <c r="E1050" t="s">
         <v>1765</v>
       </c>
-      <c r="D1050">
-[...4 lines deleted...]
-      </c>
       <c r="F1050" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1050">
-        <v>290.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1050">
-        <v>290.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1051" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1051" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D1051">
+        <v>2019</v>
+      </c>
+      <c r="E1051" t="s">
         <v>1767</v>
       </c>
-      <c r="D1051">
-[...4 lines deleted...]
-      </c>
       <c r="F1051" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1051">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1051">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1052" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1052" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D1052">
+        <v>13</v>
+      </c>
+      <c r="E1052" t="s">
         <v>1769</v>
       </c>
-      <c r="E1052" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1052" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1052">
         <v>20.0</v>
       </c>
       <c r="H1052">
         <v>20.0</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1053" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1053" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D1053">
+        <v>8</v>
+      </c>
+      <c r="E1053" t="s">
         <v>1771</v>
       </c>
-      <c r="D1053">
-[...4 lines deleted...]
-      </c>
       <c r="F1053" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1053">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1053">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1054" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1054" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="D1054">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="E1054" t="s">
-        <v>1774</v>
+        <v>1641</v>
       </c>
       <c r="F1054" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1054">
         <v>20.0</v>
       </c>
       <c r="H1054">
         <v>20.0</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1055" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1055" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="D1055">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E1055" t="s">
-        <v>1776</v>
+        <v>1774</v>
       </c>
       <c r="F1055" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1055">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1055">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
       <c r="B1056" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1056" t="s">
-        <v>1777</v>
+        <v>1775</v>
       </c>
       <c r="D1056">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E1056" t="s">
-        <v>1778</v>
+        <v>1776</v>
       </c>
       <c r="F1056" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1056">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1056">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1057" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1057" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="D1057">
-        <v>2017</v>
+        <v>22</v>
       </c>
       <c r="E1057" t="s">
-        <v>1780</v>
+        <v>1612</v>
       </c>
       <c r="F1057" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1057">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1057">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
       <c r="B1058" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1058" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
       <c r="D1058">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="E1058" t="s">
-        <v>1018</v>
+        <v>1779</v>
       </c>
       <c r="F1058" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1058">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1058">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1059" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1059" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="D1059">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E1059" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="F1059" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1059">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1059">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1060" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1060" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="D1060">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E1060" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="F1060" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1060">
-        <v>306.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1060">
-        <v>306.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1061" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1061" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="D1061">
-        <v>2005</v>
+        <v>27</v>
       </c>
       <c r="E1061" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="F1061" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1061">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1061">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1062" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1062" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="D1062">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E1062" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
       <c r="F1062" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1062">
-        <v>330.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1062">
-        <v>330.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1063" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1063" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="D1063">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="E1063" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="F1063" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1063">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1063">
-        <v>158.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
-        <v>1792</v>
+        <v>32</v>
       </c>
       <c r="B1064" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1064" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
       <c r="D1064">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E1064" t="s">
-        <v>1794</v>
+        <v>1791</v>
       </c>
       <c r="F1064" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1064">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1064">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1065" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1065" t="s">
-        <v>1795</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>1792</v>
       </c>
       <c r="E1065" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="F1065" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1065">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1065">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1066" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1066" t="s">
-        <v>1797</v>
+        <v>1794</v>
       </c>
       <c r="D1066">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E1066" t="s">
-        <v>1798</v>
+        <v>1795</v>
       </c>
       <c r="F1066" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1066">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1066">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1067" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1067" t="s">
-        <v>1799</v>
+        <v>1796</v>
       </c>
       <c r="D1067">
         <v>16</v>
       </c>
       <c r="E1067" t="s">
-        <v>1800</v>
+        <v>1797</v>
       </c>
       <c r="F1067" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1067">
         <v>20.0</v>
       </c>
       <c r="H1067">
         <v>20.0</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1068" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1068" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
       <c r="D1068">
         <v>2017</v>
       </c>
       <c r="E1068" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="F1068" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1068">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
       <c r="H1068">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B1069" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1069" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
       <c r="D1069">
-        <v>14</v>
+        <v>2015</v>
       </c>
       <c r="E1069" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
       <c r="F1069" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1069">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1069">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1070" spans="1:8">
       <c r="A1070" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1070" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1070" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
       <c r="D1070">
         <v>2017</v>
       </c>
       <c r="E1070" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="F1070" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1070">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1070">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1071" spans="1:8">
       <c r="A1071" t="s">
-        <v>1659</v>
+        <v>1633</v>
       </c>
       <c r="B1071" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1071" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
       <c r="D1071">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E1071" t="s">
-        <v>1808</v>
+        <v>1045</v>
       </c>
       <c r="F1071" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1071">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1071">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1072" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1072" t="s">
-        <v>1809</v>
+        <v>1805</v>
       </c>
       <c r="D1072">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1072" t="s">
-        <v>1810</v>
+        <v>1806</v>
       </c>
       <c r="F1072" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1072">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1072">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1073" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1073" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="D1073">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E1073" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="F1073" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1073">
-        <v>330.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1073">
-        <v>330.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1074" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1074" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
       <c r="D1074">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E1074" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="F1074" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1074">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1074">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1075" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1075" t="s">
-        <v>1815</v>
+        <v>1811</v>
       </c>
       <c r="D1075">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E1075" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="F1075" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1075">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1075">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1076" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1076" t="s">
-        <v>1817</v>
+        <v>1813</v>
       </c>
       <c r="D1076">
-        <v>2019</v>
+        <v>1993</v>
       </c>
       <c r="E1076" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
       <c r="F1076" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1076">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1076">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1077" spans="1:8">
       <c r="A1077" t="s">
-        <v>1659</v>
+        <v>1815</v>
       </c>
       <c r="B1077" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1077" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
       <c r="D1077">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E1077" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
       <c r="F1077" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1077">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1077">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1078" spans="1:8">
       <c r="A1078" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1078" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1078" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
       <c r="D1078">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="E1078" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="F1078" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1078">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1078">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1079" spans="1:8">
       <c r="A1079" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1079" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1079" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
       <c r="D1079">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E1079" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
       <c r="F1079" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1079">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1079">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1080" spans="1:8">
       <c r="A1080" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1080" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1080" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
       <c r="D1080">
-        <v>2017</v>
+        <v>16</v>
       </c>
       <c r="E1080" t="s">
-        <v>1826</v>
+        <v>1823</v>
       </c>
       <c r="F1080" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1080">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1080">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1081" spans="1:8">
       <c r="A1081" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1081" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1081" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="D1081">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E1081" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="F1081" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1081">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1081">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1082" spans="1:8">
       <c r="A1082" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1082" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1082" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
       <c r="D1082">
-        <v>2015</v>
+        <v>14</v>
       </c>
       <c r="E1082" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="F1082" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1082">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1082">
-        <v>306.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1083" spans="1:8">
       <c r="A1083" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1083" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1083" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
       <c r="D1083">
-        <v>1981</v>
+        <v>2017</v>
       </c>
       <c r="E1083" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="F1083" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1083">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1083">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1084" spans="1:8">
       <c r="A1084" t="s">
-        <v>1608</v>
+        <v>1682</v>
       </c>
       <c r="B1084" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1084" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
       <c r="D1084">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E1084" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="F1084" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1084">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1084">
-        <v>134.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1085" spans="1:8">
       <c r="A1085" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1085" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1085" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="D1085">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E1085" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
       <c r="F1085" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1085">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1085">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1086" spans="1:8">
       <c r="A1086" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1086" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1086" t="s">
-        <v>1837</v>
+        <v>1834</v>
       </c>
       <c r="D1086">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E1086" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
       <c r="F1086" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1086">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1086">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1087" spans="1:8">
       <c r="A1087" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1087" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1087" t="s">
-        <v>1839</v>
+        <v>1836</v>
       </c>
       <c r="D1087">
-        <v>3</v>
+        <v>2017</v>
       </c>
       <c r="E1087" t="s">
-        <v>1840</v>
+        <v>1837</v>
       </c>
       <c r="F1087" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1087">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1087">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1088" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1088" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
       <c r="D1088">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="E1088" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
       <c r="F1088" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1088">
-        <v>330.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1088">
-        <v>330.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1089" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1089" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="D1089">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="E1089" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
       <c r="F1089" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1089">
-        <v>258.0</v>
+        <v>330.0</v>
       </c>
       <c r="H1089">
-        <v>258.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1090" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1090" t="s">
-        <v>1845</v>
+        <v>1842</v>
+      </c>
+      <c r="D1090">
+        <v>2017</v>
       </c>
       <c r="E1090" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="F1090" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1090">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1090">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1091" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1091" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
       <c r="D1091">
         <v>2017</v>
       </c>
       <c r="E1091" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="F1091" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1091">
-        <v>258.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1091">
-        <v>258.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1092" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1092" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
       <c r="D1092">
         <v>2017</v>
       </c>
       <c r="E1092" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
       <c r="F1092" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1092">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1092">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1093" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1093" t="s">
-        <v>1851</v>
+        <v>1848</v>
       </c>
       <c r="D1093">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E1093" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
       <c r="F1093" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1093">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1093">
-        <v>220.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1094" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1094" t="s">
-        <v>1853</v>
+        <v>1850</v>
       </c>
       <c r="D1094">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E1094" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
       <c r="F1094" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1094">
-        <v>306.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1094">
-        <v>306.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1095" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1095" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="D1095">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1095" t="s">
-        <v>1856</v>
+        <v>1853</v>
       </c>
       <c r="F1095" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1095">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1095">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1096" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1096" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="D1096">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="E1096" t="s">
-        <v>1858</v>
+        <v>1855</v>
       </c>
       <c r="F1096" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1096">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1096">
-        <v>258.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" t="s">
-        <v>1659</v>
+        <v>1633</v>
       </c>
       <c r="B1097" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1097" t="s">
-        <v>1859</v>
+        <v>1856</v>
       </c>
       <c r="D1097">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E1097" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
       <c r="F1097" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1097">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1097">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1098" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1098" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
       <c r="D1098">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E1098" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
       <c r="F1098" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1098">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1098">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1099" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1099" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="D1099">
-        <v>1981</v>
+        <v>2011</v>
       </c>
       <c r="E1099" t="s">
-        <v>1864</v>
+        <v>1861</v>
       </c>
       <c r="F1099" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1099">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1099">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1100" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1100" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="D1100">
-        <v>2017</v>
+        <v>3</v>
       </c>
       <c r="E1100" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="F1100" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1100">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1100">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1101" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1101" t="s">
-        <v>1867</v>
+        <v>1864</v>
       </c>
       <c r="D1101">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E1101" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
       <c r="F1101" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1101">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1101">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1102" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1102" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="D1102">
         <v>1990</v>
       </c>
       <c r="E1102" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
       <c r="F1102" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1102">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1102">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1103" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1103" t="s">
-        <v>1871</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>1868</v>
       </c>
       <c r="E1103" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
       <c r="F1103" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1103">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1103">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1104" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1104" t="s">
-        <v>1873</v>
+        <v>1870</v>
       </c>
       <c r="D1104">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E1104" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="F1104" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1104">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1104">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1105" spans="1:8">
       <c r="A1105" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1105" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1105" t="s">
-        <v>1875</v>
+        <v>1872</v>
       </c>
       <c r="D1105">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="E1105" t="s">
-        <v>1876</v>
+        <v>1873</v>
       </c>
       <c r="F1105" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1105">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1105">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1106" spans="1:8">
       <c r="A1106" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1106" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1106" t="s">
-        <v>1877</v>
+        <v>1874</v>
       </c>
       <c r="D1106">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E1106" t="s">
-        <v>1878</v>
+        <v>1875</v>
       </c>
       <c r="F1106" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1106">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1106">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1107" spans="1:8">
       <c r="A1107" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1107" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1107" t="s">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="D1107">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="E1107" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
       <c r="F1107" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1107">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1107">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1108" spans="1:8">
       <c r="A1108" t="s">
-        <v>1792</v>
+        <v>1682</v>
       </c>
       <c r="B1108" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1108" t="s">
-        <v>1881</v>
+        <v>1878</v>
       </c>
       <c r="D1108">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E1108" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
       <c r="F1108" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1108">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1108">
-        <v>306.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1109" spans="1:8">
       <c r="A1109" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1109" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1109" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
       <c r="D1109">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1109" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="F1109" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1109">
-        <v>290.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1109">
-        <v>290.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1110" spans="1:8">
       <c r="A1110" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1110" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1110" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="D1110">
         <v>2017</v>
       </c>
       <c r="E1110" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
       <c r="F1110" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1110">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1110">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1111" spans="1:8">
       <c r="A1111" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
       <c r="B1111" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1111" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="D1111">
         <v>2015</v>
       </c>
       <c r="E1111" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
       <c r="F1111" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1111">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1111">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1112" spans="1:8">
       <c r="A1112" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1112" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1112" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
       <c r="D1112">
-        <v>1990</v>
+        <v>1981</v>
       </c>
       <c r="E1112" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
       <c r="F1112" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1113" spans="1:8">
       <c r="A1113" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1113" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1113" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="D1113">
         <v>2017</v>
       </c>
       <c r="E1113" t="s">
-        <v>1892</v>
+        <v>1889</v>
       </c>
       <c r="F1113" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1113">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1113">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1114" spans="1:8">
       <c r="A1114" t="s">
-        <v>1608</v>
+        <v>1682</v>
       </c>
       <c r="B1114" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1114" t="s">
-        <v>1893</v>
+        <v>1890</v>
       </c>
       <c r="D1114">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E1114" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="F1114" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1114">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1114">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1115" spans="1:8">
       <c r="A1115" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1115" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1115" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
       <c r="D1115">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="E1115" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
       <c r="F1115" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1115">
-        <v>290.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1115">
-        <v>290.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1116" spans="1:8">
       <c r="A1116" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1116" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1116" t="s">
-        <v>1897</v>
+        <v>1894</v>
       </c>
       <c r="D1116">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E1116" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="F1116" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1116">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1116">
-        <v>330.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1117" spans="1:8">
       <c r="A1117" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
       <c r="B1117" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1117" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
       <c r="D1117">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E1117" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="F1117" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1117">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1117">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1118" spans="1:8">
       <c r="A1118" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1118" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1118" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
       <c r="D1118">
         <v>1994</v>
       </c>
       <c r="E1118" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
       <c r="F1118" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1118">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1118">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1119" spans="1:8">
       <c r="A1119" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1119" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1119" t="s">
-        <v>1903</v>
+        <v>1900</v>
       </c>
       <c r="D1119">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1119" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="F1119" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1119">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1119">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1120" spans="1:8">
       <c r="A1120" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1120" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1120" t="s">
-        <v>1905</v>
+        <v>1902</v>
+      </c>
+      <c r="D1120">
+        <v>1991</v>
       </c>
       <c r="E1120" t="s">
-        <v>1906</v>
+        <v>1903</v>
       </c>
       <c r="F1120" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1120">
-        <v>36.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1120">
-        <v>36.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1121" spans="1:8">
       <c r="A1121" t="s">
-        <v>1659</v>
+        <v>1815</v>
       </c>
       <c r="B1121" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1121" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
       <c r="D1121">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E1121" t="s">
-        <v>1908</v>
+        <v>1905</v>
       </c>
       <c r="F1121" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1121">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
       <c r="H1121">
-        <v>158.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="1122" spans="1:8">
       <c r="A1122" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1122" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1122" t="s">
-        <v>1909</v>
+        <v>1906</v>
+      </c>
+      <c r="D1122">
+        <v>2018</v>
       </c>
       <c r="E1122" t="s">
-        <v>1910</v>
+        <v>1907</v>
       </c>
       <c r="F1122" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1122">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1122">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1123" spans="1:8">
       <c r="A1123" t="s">
-        <v>1608</v>
+        <v>1682</v>
       </c>
       <c r="B1123" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1123" t="s">
-        <v>1911</v>
+        <v>1908</v>
       </c>
       <c r="D1123">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E1123" t="s">
-        <v>1912</v>
+        <v>1909</v>
       </c>
       <c r="F1123" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1123">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1123">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1124" spans="1:8">
       <c r="A1124" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B1124" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1124" t="s">
-        <v>1913</v>
+        <v>1910</v>
       </c>
       <c r="D1124">
         <v>2015</v>
       </c>
       <c r="E1124" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
       <c r="F1124" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1124">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1124">
-        <v>290.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1125" spans="1:8">
       <c r="A1125" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1125" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1125" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
       <c r="D1125">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E1125" t="s">
-        <v>1916</v>
+        <v>1913</v>
       </c>
       <c r="F1125" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1125">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1125">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1126" spans="1:8">
       <c r="A1126" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1126" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1126" t="s">
-        <v>1917</v>
+        <v>1914</v>
       </c>
       <c r="D1126">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1126" t="s">
-        <v>1918</v>
+        <v>1915</v>
       </c>
       <c r="F1126" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1126">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1126">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1127" spans="1:8">
       <c r="A1127" t="s">
-        <v>1659</v>
+        <v>1633</v>
       </c>
       <c r="B1127" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1127" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="D1127">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1127" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="F1127" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1127">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1127">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1128" spans="1:8">
       <c r="A1128" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1128" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1128" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="D1128">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="E1128" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
       <c r="F1128" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1128">
-        <v>134.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1128">
-        <v>134.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1129" spans="1:8">
       <c r="A1129" t="s">
-        <v>272</v>
+        <v>32</v>
       </c>
       <c r="B1129" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1129" t="s">
-        <v>1923</v>
+        <v>1920</v>
       </c>
       <c r="D1129">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="E1129" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="F1129" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1129">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1129">
-        <v>158.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1130" spans="1:8">
       <c r="A1130" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B1130" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1130" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="D1130">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="E1130" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="F1130" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1130">
-        <v>290.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1130">
-        <v>290.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1131" spans="1:8">
       <c r="A1131" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1131" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1131" t="s">
-        <v>1927</v>
+        <v>1924</v>
+      </c>
+      <c r="D1131">
+        <v>1994</v>
       </c>
       <c r="E1131" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
       <c r="F1131" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1131">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1131">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1132" spans="1:8">
       <c r="A1132" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1132" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1132" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="D1132">
-        <v>14</v>
+        <v>2018</v>
       </c>
       <c r="E1132" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="F1132" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1132">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1132">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1133" spans="1:8">
       <c r="A1133" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1133" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1133" t="s">
-        <v>1931</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>1928</v>
       </c>
       <c r="E1133" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="F1133" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1133">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
       <c r="H1133">
-        <v>220.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="1134" spans="1:8">
       <c r="A1134" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1134" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1134" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="D1134">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="E1134" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="F1134" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1134">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1134">
-        <v>330.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1135" spans="1:8">
       <c r="A1135" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1135" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1135" t="s">
-        <v>1935</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>1932</v>
       </c>
       <c r="E1135" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="F1135" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1135">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1135">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1136" spans="1:8">
       <c r="A1136" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B1136" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1136" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="D1136">
-        <v>20</v>
+        <v>2005</v>
       </c>
       <c r="E1136" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
       <c r="F1136" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1136">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1136">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1137" spans="1:8">
       <c r="A1137" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1137" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1137" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="D1137">
-        <v>1989</v>
+        <v>2015</v>
       </c>
       <c r="E1137" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
       <c r="F1137" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1137">
-        <v>220.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1137">
-        <v>220.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1138" spans="1:8">
       <c r="A1138" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1138" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1138" t="s">
-        <v>1941</v>
+        <v>1938</v>
       </c>
       <c r="D1138">
-        <v>29</v>
+        <v>1989</v>
       </c>
       <c r="E1138" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
       <c r="F1138" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1138">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1138">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1139" spans="1:8">
       <c r="A1139" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
       <c r="B1139" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1139" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="D1139">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E1139" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
       <c r="F1139" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1139">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1139">
-        <v>220.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1140" spans="1:8">
       <c r="A1140" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1140" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1140" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="D1140">
         <v>2017</v>
       </c>
       <c r="E1140" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="F1140" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1140">
-        <v>290.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1140">
-        <v>290.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1141" spans="1:8">
       <c r="A1141" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1141" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1141" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="D1141">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E1141" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="F1141" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1141">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
       <c r="H1141">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="1142" spans="1:8">
       <c r="A1142" t="s">
-        <v>1608</v>
+        <v>301</v>
       </c>
       <c r="B1142" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1142" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="D1142">
-        <v>2015</v>
+        <v>1988</v>
       </c>
       <c r="E1142" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
       <c r="F1142" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1142">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1142">
-        <v>258.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1143" spans="1:8">
       <c r="A1143" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1143" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1143" t="s">
-        <v>1951</v>
+        <v>1948</v>
+      </c>
+      <c r="D1143">
+        <v>1995</v>
       </c>
       <c r="E1143" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
       <c r="F1143" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1143">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1143">
-        <v>20.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1144" spans="1:8">
       <c r="A1144" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1144" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1144" t="s">
-        <v>1953</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>1950</v>
       </c>
       <c r="E1144" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
       <c r="F1144" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1144">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1144">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1145" spans="1:8">
       <c r="A1145" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1145" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1145" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
       <c r="D1145">
-        <v>2017</v>
+        <v>14</v>
       </c>
       <c r="E1145" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
       <c r="F1145" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1145">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1145">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1146" spans="1:8">
       <c r="A1146" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1146" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1146" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
       <c r="D1146">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="E1146" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
       <c r="F1146" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1147" spans="1:8">
       <c r="A1147" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1147" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1147" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="D1147">
-        <v>14</v>
+        <v>2017</v>
       </c>
       <c r="E1147" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
       <c r="F1147" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1147">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1147">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1148" spans="1:8">
       <c r="A1148" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1148" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1148" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="D1148">
         <v>2017</v>
       </c>
       <c r="E1148" t="s">
-        <v>1962</v>
+        <v>1959</v>
       </c>
       <c r="F1148" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1148">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1148">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1149" spans="1:8">
       <c r="A1149" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1149" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1149" t="s">
-        <v>1963</v>
+        <v>1960</v>
       </c>
       <c r="D1149">
-        <v>2017</v>
+        <v>20</v>
       </c>
       <c r="E1149" t="s">
-        <v>1964</v>
+        <v>1961</v>
       </c>
       <c r="F1149" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1149">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1149">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1150" spans="1:8">
       <c r="A1150" t="s">
-        <v>8</v>
+        <v>1682</v>
       </c>
       <c r="B1150" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1150" t="s">
-        <v>1965</v>
+        <v>1962</v>
       </c>
       <c r="D1150">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="E1150" t="s">
-        <v>1966</v>
+        <v>1963</v>
       </c>
       <c r="F1150" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1150">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1150">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1151" spans="1:8">
       <c r="A1151" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1151" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1151" t="s">
-        <v>1967</v>
+        <v>1964</v>
       </c>
       <c r="D1151">
-        <v>2017</v>
+        <v>29</v>
       </c>
       <c r="E1151" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
       <c r="F1151" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1151">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1151">
-        <v>330.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1152" spans="1:8">
       <c r="A1152" t="s">
-        <v>8</v>
+        <v>1633</v>
       </c>
       <c r="B1152" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1152" t="s">
-        <v>1969</v>
+        <v>1966</v>
+      </c>
+      <c r="D1152">
+        <v>2015</v>
       </c>
       <c r="E1152" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="F1152" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1152">
-        <v>66.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1152">
-        <v>66.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1153" spans="1:8">
       <c r="A1153" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="B1153" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1153" t="s">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="D1153">
         <v>2017</v>
       </c>
       <c r="E1153" t="s">
-        <v>1972</v>
+        <v>1969</v>
       </c>
       <c r="F1153" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1153">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1153">
-        <v>330.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1154" spans="1:8">
       <c r="A1154" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1154" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1154" t="s">
-        <v>1973</v>
+        <v>1970</v>
       </c>
       <c r="D1154">
-        <v>1984</v>
+        <v>2009</v>
       </c>
       <c r="E1154" t="s">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="F1154" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1154">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1154">
-        <v>330.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1155" spans="1:8">
       <c r="A1155" t="s">
-        <v>1608</v>
+        <v>1633</v>
       </c>
       <c r="B1155" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1155" t="s">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="D1155">
         <v>2015</v>
       </c>
       <c r="E1155" t="s">
-        <v>1976</v>
+        <v>1973</v>
       </c>
       <c r="F1155" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1155">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
       <c r="H1155">
-        <v>158.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="1156" spans="1:8">
       <c r="A1156" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1156" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1156" t="s">
-        <v>1977</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>1974</v>
       </c>
       <c r="E1156" t="s">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="F1156" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1156">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
       <c r="H1156">
-        <v>290.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="1157" spans="1:8">
       <c r="A1157" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1157" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1157" t="s">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="D1157">
-        <v>2</v>
+        <v>2013</v>
       </c>
       <c r="E1157" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
       <c r="F1157" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1157">
-        <v>66.0</v>
+        <v>306.0</v>
       </c>
       <c r="H1157">
-        <v>66.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="1158" spans="1:8">
       <c r="A1158" t="s">
-        <v>1659</v>
+        <v>32</v>
       </c>
       <c r="B1158" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1158" t="s">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="D1158">
         <v>2017</v>
       </c>
       <c r="E1158" t="s">
-        <v>1982</v>
+        <v>1979</v>
       </c>
       <c r="F1158" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1158">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
       <c r="H1158">
-        <v>258.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="1159" spans="1:8">
       <c r="A1159" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1159" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C1159" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="D1159">
-        <v>29</v>
+        <v>2010</v>
       </c>
       <c r="E1159" t="s">
-        <v>1984</v>
+        <v>1981</v>
       </c>
       <c r="F1159" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="G1159">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1159">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1160" spans="1:8">
       <c r="A1160" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B1160" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1160" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D1160">
+        <v>14</v>
+      </c>
+      <c r="E1160" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F1160" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1160">
+        <v>20.0</v>
+      </c>
+      <c r="H1160">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:8">
+      <c r="A1161" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1161" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D1161">
+        <v>2017</v>
+      </c>
+      <c r="E1161" t="s">
         <v>1985</v>
       </c>
-      <c r="C1160" t="s">
+      <c r="F1161" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1161">
+        <v>348.0</v>
+      </c>
+      <c r="H1161">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:8">
+      <c r="A1162" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1162" t="s">
         <v>1986</v>
       </c>
-      <c r="D1160">
+      <c r="D1162">
+        <v>2017</v>
+      </c>
+      <c r="E1162" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F1162" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1162">
+        <v>348.0</v>
+      </c>
+      <c r="H1162">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:8">
+      <c r="A1163" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1163" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1163" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D1163">
+        <v>2017</v>
+      </c>
+      <c r="E1163" t="s">
         <v>1989</v>
       </c>
-      <c r="E1160" t="s">
-[...9 lines deleted...]
-        <v>61.0</v>
+      <c r="F1163" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1163">
+        <v>232.0</v>
+      </c>
+      <c r="H1163">
+        <v>232.0</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:8">
+      <c r="A1164" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1164" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D1164">
+        <v>2017</v>
+      </c>
+      <c r="E1164" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1164">
+        <v>348.0</v>
+      </c>
+      <c r="H1164">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:8">
+      <c r="A1165" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1165" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1165" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E1165" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F1165" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1165">
+        <v>66.0</v>
+      </c>
+      <c r="H1165">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:8">
+      <c r="A1166" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1166" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D1166">
+        <v>2017</v>
+      </c>
+      <c r="E1166" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F1166" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1166">
+        <v>348.0</v>
+      </c>
+      <c r="H1166">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:8">
+      <c r="A1167" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1167" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1167" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D1167">
+        <v>1984</v>
+      </c>
+      <c r="E1167" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F1167" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1167">
+        <v>348.0</v>
+      </c>
+      <c r="H1167">
+        <v>348.0</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:8">
+      <c r="A1168" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B1168" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1168" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D1168">
+        <v>2015</v>
+      </c>
+      <c r="E1168" t="s">
+        <v>1999</v>
+      </c>
+      <c r="F1168" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1168">
+        <v>166.0</v>
+      </c>
+      <c r="H1168">
+        <v>166.0</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:8">
+      <c r="A1169" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1169" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D1169">
+        <v>2009</v>
+      </c>
+      <c r="E1169" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F1169" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1169">
+        <v>306.0</v>
+      </c>
+      <c r="H1169">
+        <v>306.0</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:8">
+      <c r="A1170" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1170" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D1170">
+        <v>2</v>
+      </c>
+      <c r="E1170" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F1170" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1170">
+        <v>66.0</v>
+      </c>
+      <c r="H1170">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:8">
+      <c r="A1171" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1171" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1171" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D1171">
+        <v>2017</v>
+      </c>
+      <c r="E1171" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F1171" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1171">
+        <v>272.0</v>
+      </c>
+      <c r="H1171">
+        <v>272.0</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:8">
+      <c r="A1172" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1172" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D1172">
+        <v>29</v>
+      </c>
+      <c r="E1172" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F1172" t="s">
+        <v>36</v>
+      </c>
+      <c r="G1172">
+        <v>20.0</v>
+      </c>
+      <c r="H1172">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:8">
+      <c r="A1173" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1173" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C1173" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D1173">
+        <v>1989</v>
+      </c>
+      <c r="E1173" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F1173" t="s">
+        <v>274</v>
+      </c>
+      <c r="G1173">
+        <v>64.0</v>
+      </c>
+      <c r="H1173">
+        <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">