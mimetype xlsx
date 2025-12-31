--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -555,54 +555,54 @@
       </c>
       <c r="H3">
         <v>127.94</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2023</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
         <v>20.0</v>
       </c>
       <c r="H5">