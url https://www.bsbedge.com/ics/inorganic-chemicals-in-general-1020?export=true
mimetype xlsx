--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -529,54 +529,54 @@
       </c>
       <c r="H2">
         <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H3">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2023</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>232.0</v>
       </c>
       <c r="H4">