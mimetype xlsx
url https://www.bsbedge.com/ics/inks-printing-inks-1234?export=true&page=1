--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -356,83 +356,89 @@
   <si>
     <t>23/30474278 DC</t>
   </si>
   <si>
     <t>BS EN IEC 63267-3-61. Fibre optic interconnecting devices and passive components. Fibre optic connector optical interfaces for enhanced macrobend multimode fibres - Part 3-61. Connector parameters of physically contacting 50 μm core diameter fibres. Non-angled 2,5 mm and 1,25 mm diameter cylindrical full zirconia ferrules for reference connection applications</t>
   </si>
   <si>
     <t>BS IEC 62899-202-6:2020</t>
   </si>
   <si>
     <t>Printed electronics - Materials. Conductive ink. Measurement method for resistance changes under high temperature and humidity. Printed conductive layer on a flexible substrate</t>
   </si>
   <si>
     <t>21/30428334 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62899-203. Printed electronics - Part 203. Materials. Semiconductor ink</t>
   </si>
   <si>
     <t>22/30436866 DC</t>
   </si>
   <si>
     <t>BS EN 62899-302-4 Ed.1.0. Printed Electronics - Part 302-4. Medium for Inkjet printing dot placement evaluation for printed electronics</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>BS ISO 2834-1:2020</t>
   </si>
   <si>
     <t>Graphic technology. Laboratory preparation of test prints - Paste inks</t>
   </si>
   <si>
     <t>BS ISO 2836:2021</t>
   </si>
   <si>
     <t>Graphic technology. Prints and printing inks. Assessment of resistance of prints to various agents</t>
   </si>
   <si>
     <t>BS IEC 62899-202:2023</t>
   </si>
   <si>
     <t>Printed electronics - Materials. Conductive ink</t>
   </si>
   <si>
     <t>BS ISO 23498:2022</t>
   </si>
   <si>
     <t>Graphic technology. Visual opacity of printed white ink</t>
   </si>
   <si>
+    <t>Revision Underway</t>
+  </si>
+  <si>
+    <t>PD ISO/TS 19857:2021</t>
+  </si>
+  <si>
+    <t>Paper, board and printing inks. Printability. Laboratory test method for offset ink setting</t>
+  </si>
+  <si>
     <t>Confirmed</t>
   </si>
   <si>
-    <t>PD ISO/TS 19857:2021</t>
-[...4 lines deleted...]
-  <si>
     <t>BS ISO 2846-1:2017 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Graphic technology. Colour and transparency of printing ink sets for four-colour printing - Sheet-fed and heat-set web offset lithographic printing</t>
   </si>
   <si>
     <t>BS IEC 62899-202:2023 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Printed electronics - Materials. Conductive ink</t>
   </si>
   <si>
     <t>BS ISO 23498:2022 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Graphic technology. Visual opacity of printed white ink</t>
   </si>
   <si>
     <t>23/30473244 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62899-302-4. Printed Electronics - Part 302-4. Medium for Inkjet printing dot placement evaluation for printed electronics</t>
   </si>
   <si>
     <t>23/30474274 DC</t>
@@ -465,53 +471,50 @@
     <t>Graphic technology. Laboratory preparation of test prints - Liquid printing inks</t>
   </si>
   <si>
     <t>21/30434810 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62899-202-8. Printed electronics - Part 202-8. Materials. Conductive film. Measurement for difference in resistance with printing direction of conductive film fabricated with wire shaped materials</t>
   </si>
   <si>
     <t>BS ISO 2846-4:2000</t>
   </si>
   <si>
     <t>Graphic technology. Colour and transparency of ink sets for four-colour-printing - Screen printing</t>
   </si>
   <si>
     <t>BS ISO 12634:2017</t>
   </si>
   <si>
     <t>Graphic technology. Determination of tack of paste inks and vehicles by a rotary tackmeter</t>
   </si>
   <si>
     <t>BS IEC 62899-204:2019</t>
   </si>
   <si>
     <t>Printed electronics - Materials. Insulator ink. Measurement methods of properties of insulator inks and printed insulating layers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS ISO 12040:1997</t>
   </si>
   <si>
     <t>Graphic technology. Prints and printing inks. Assessment of light fastness using filtered xenon arc light</t>
   </si>
   <si>
     <t>BS ISO 2846-2:2007</t>
   </si>
   <si>
     <t>Graphic technology. Colour and transparency of printing ink sets for four-colour printing - Coldset offset lithographic printing</t>
   </si>
   <si>
     <t>BS IEC 62899-202-3:2019</t>
   </si>
   <si>
     <t>Printed electronics - Materials. Conductive ink. Measurement of sheet resistance of conductive films. Contactless method</t>
   </si>
   <si>
     <t>BS ISO 12644:1996</t>
   </si>
   <si>
     <t>Graphic technology. Determination of rheological properties of paste inks and vehicles by the falling rod viscometer</t>
   </si>
@@ -1043,314 +1046,314 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2013</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H2">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>115.0</v>
       </c>
       <c r="H3">
         <v>115.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>2010</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H5">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H6">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2013</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H8">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9">
         <v>80.0</v>
       </c>
       <c r="H9">
         <v>80.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H10">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H11">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13">
         <v>264.0</v>
       </c>
       <c r="H13">
@@ -1381,54 +1384,54 @@
       </c>
       <c r="H14">
         <v>155.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H15">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16">
         <v>80.0</v>
       </c>
       <c r="H16">
@@ -1459,54 +1462,54 @@
       </c>
       <c r="H17">
         <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19">
         <v>2004</v>
       </c>
       <c r="E19" t="s">
         <v>51</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19">
         <v>3400.0</v>
       </c>
       <c r="H19">
@@ -2135,106 +2138,106 @@
       </c>
       <c r="H43">
         <v>141.96</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>17</v>
       </c>
       <c r="B44" t="s">
         <v>18</v>
       </c>
       <c r="C44" t="s">
         <v>104</v>
       </c>
       <c r="D44">
         <v>2021</v>
       </c>
       <c r="E44" t="s">
         <v>105</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H44">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>17</v>
       </c>
       <c r="B45" t="s">
         <v>18</v>
       </c>
       <c r="C45" t="s">
         <v>106</v>
       </c>
       <c r="D45">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>107</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45">
         <v>20.0</v>
       </c>
       <c r="H45">
         <v>20.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>17</v>
       </c>
       <c r="B46" t="s">
         <v>18</v>
       </c>
       <c r="C46" t="s">
         <v>108</v>
       </c>
       <c r="D46">
         <v>2020</v>
       </c>
       <c r="E46" t="s">
         <v>109</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H46">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
         <v>18</v>
       </c>
       <c r="C47" t="s">
         <v>110</v>
       </c>
       <c r="D47">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>111</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47">
         <v>20.0</v>
       </c>
       <c r="H47">
@@ -2247,1268 +2250,1268 @@
       </c>
       <c r="B48" t="s">
         <v>18</v>
       </c>
       <c r="C48" t="s">
         <v>112</v>
       </c>
       <c r="D48">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>113</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48">
         <v>20.0</v>
       </c>
       <c r="H48">
         <v>20.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="B49" t="s">
         <v>18</v>
       </c>
       <c r="C49" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D49">
         <v>2020</v>
       </c>
       <c r="E49" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H49">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
         <v>18</v>
       </c>
       <c r="C50" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D50">
         <v>2021</v>
       </c>
       <c r="E50" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H50">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
         <v>18</v>
       </c>
       <c r="C51" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D51">
         <v>2023</v>
       </c>
       <c r="E51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H51">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>17</v>
       </c>
       <c r="B52" t="s">
         <v>18</v>
       </c>
       <c r="C52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H52">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B53" t="s">
         <v>18</v>
       </c>
       <c r="C53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D53">
         <v>2021</v>
       </c>
       <c r="E53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H53">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B54" t="s">
         <v>18</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D54">
         <v>2017</v>
       </c>
       <c r="E54" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H54">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>17</v>
       </c>
       <c r="B55" t="s">
         <v>18</v>
       </c>
       <c r="C55" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D55">
         <v>2023</v>
       </c>
       <c r="E55" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H55">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>17</v>
       </c>
       <c r="B56" t="s">
         <v>18</v>
       </c>
       <c r="C56" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D56">
         <v>2022</v>
       </c>
       <c r="E56" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H56">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>17</v>
       </c>
       <c r="B57" t="s">
         <v>18</v>
       </c>
       <c r="C57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D57">
         <v>25</v>
       </c>
       <c r="E57" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57">
         <v>20.0</v>
       </c>
       <c r="H57">
         <v>20.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>17</v>
       </c>
       <c r="B58" t="s">
         <v>18</v>
       </c>
       <c r="C58" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D58">
         <v>26</v>
       </c>
       <c r="E58" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58">
         <v>20.0</v>
       </c>
       <c r="H58">
         <v>20.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>17</v>
       </c>
       <c r="B59" t="s">
         <v>18</v>
       </c>
       <c r="C59" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D59">
         <v>26</v>
       </c>
       <c r="E59" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59">
         <v>20.0</v>
       </c>
       <c r="H59">
         <v>20.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>17</v>
       </c>
       <c r="B60" t="s">
         <v>18</v>
       </c>
       <c r="C60" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D60">
         <v>2022</v>
       </c>
       <c r="E60" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H60">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>18</v>
       </c>
       <c r="C61" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D61">
         <v>2008</v>
       </c>
       <c r="E61" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>17</v>
       </c>
       <c r="B62" t="s">
         <v>18</v>
       </c>
       <c r="C62" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D62">
         <v>2022</v>
       </c>
       <c r="E62" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>17</v>
       </c>
       <c r="B63" t="s">
         <v>18</v>
       </c>
       <c r="C63" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D63">
         <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63">
         <v>20.0</v>
       </c>
       <c r="H63">
         <v>20.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>17</v>
       </c>
       <c r="B64" t="s">
         <v>18</v>
       </c>
       <c r="C64" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D64">
         <v>2000</v>
       </c>
       <c r="E64" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H64">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B65" t="s">
         <v>18</v>
       </c>
       <c r="C65" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D65">
         <v>2017</v>
       </c>
       <c r="E65" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H65">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>17</v>
       </c>
       <c r="B66" t="s">
         <v>18</v>
       </c>
       <c r="C66" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D66">
         <v>2019</v>
       </c>
       <c r="E66" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H66">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="B67" t="s">
         <v>18</v>
       </c>
       <c r="C67" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D67">
         <v>1997</v>
       </c>
       <c r="E67" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B68" t="s">
         <v>18</v>
       </c>
       <c r="C68" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D68">
         <v>2007</v>
       </c>
       <c r="E68" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H68">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>17</v>
       </c>
       <c r="B69" t="s">
         <v>18</v>
       </c>
       <c r="C69" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D69">
         <v>2019</v>
       </c>
       <c r="E69" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H69">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>17</v>
       </c>
       <c r="B70" t="s">
         <v>18</v>
       </c>
       <c r="C70" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D70">
         <v>1996</v>
       </c>
       <c r="E70" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H70">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B71" t="s">
         <v>18</v>
       </c>
       <c r="C71" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D71">
         <v>2015</v>
       </c>
       <c r="E71" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>17</v>
       </c>
       <c r="B72" t="s">
         <v>18</v>
       </c>
       <c r="C72" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D72">
         <v>2005</v>
       </c>
       <c r="E72" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H72">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B73" t="s">
         <v>18</v>
       </c>
       <c r="C73" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D73">
         <v>2017</v>
       </c>
       <c r="E73" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H73">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>17</v>
       </c>
       <c r="B74" t="s">
         <v>18</v>
       </c>
       <c r="C74" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D74">
         <v>1999</v>
       </c>
       <c r="E74" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H74">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>17</v>
       </c>
       <c r="B75" t="s">
         <v>18</v>
       </c>
       <c r="C75" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D75">
         <v>2021</v>
       </c>
       <c r="E75" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H75">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B76" t="s">
         <v>18</v>
       </c>
       <c r="C76" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D76">
         <v>2011</v>
       </c>
       <c r="E76" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B77" t="s">
         <v>18</v>
       </c>
       <c r="C77" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D77">
         <v>1959</v>
       </c>
       <c r="E77" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>17</v>
       </c>
       <c r="B78" t="s">
         <v>18</v>
       </c>
       <c r="C78" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D78">
         <v>2018</v>
       </c>
       <c r="E78" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H78">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D79">
         <v>2014</v>
       </c>
       <c r="E79" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H79">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D80">
         <v>2015</v>
       </c>
       <c r="E80" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H80">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D81">
         <v>2010</v>
       </c>
       <c r="E81" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H81">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D82">
         <v>2012</v>
       </c>
       <c r="E82" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H82">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D83">
         <v>2003</v>
       </c>
       <c r="E83" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H83">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D84">
         <v>2002</v>
       </c>
       <c r="E84" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H84">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D85">
         <v>2008</v>
       </c>
       <c r="E85" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H85">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D86">
         <v>1999</v>
       </c>
       <c r="E86" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H86">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D87">
         <v>2012</v>
       </c>
       <c r="E87" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H87">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D88">
         <v>1997</v>
       </c>
       <c r="E88" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H88">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D89">
         <v>2007</v>
       </c>
       <c r="E89" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H89">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D90">
         <v>2020</v>
       </c>
       <c r="E90" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H90">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D91">
         <v>2020</v>
       </c>
       <c r="E91" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H91">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D92">
         <v>2020</v>
       </c>
       <c r="E92" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H92">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D93">
         <v>2020</v>
       </c>
       <c r="E93" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H93">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D94">
         <v>2020</v>
       </c>
       <c r="E94" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H94">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D95">
         <v>2010</v>
       </c>
       <c r="E95" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H95">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">