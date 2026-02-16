--- v0 (2025-12-31)
+++ v1 (2026-02-16)
@@ -1332,80 +1332,80 @@
       </c>
       <c r="H12">
         <v>232.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H13">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H14">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15">
         <v>166.0</v>
       </c>
       <c r="H15">
@@ -1488,522 +1488,522 @@
       </c>
       <c r="H18">
         <v>166.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19">
         <v>2004</v>
       </c>
       <c r="E19" t="s">
         <v>51</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H19">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
         <v>1996</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>2017</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H21">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
         <v>1997</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H22">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2015</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H23">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24">
         <v>2007</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H24">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25">
         <v>2008</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H25">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26" t="s">
         <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H26">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27">
         <v>2021</v>
       </c>
       <c r="E27" t="s">
         <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H27">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>54</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28">
         <v>2021</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H28">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>54</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>2020</v>
       </c>
       <c r="E29" t="s">
         <v>74</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H29">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>53</v>
       </c>
       <c r="B30" t="s">
         <v>54</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
         <v>2021</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H30">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>53</v>
       </c>
       <c r="B31" t="s">
         <v>54</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31">
         <v>2022</v>
       </c>
       <c r="E31" t="s">
         <v>78</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H31">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32">
         <v>2022</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H32">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33">
         <v>2021</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H33">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>2019</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34">
         <v>80.0</v>
       </c>
       <c r="H34">
         <v>80.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2019</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H35">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36">
         <v>2018</v>
       </c>
       <c r="E36" t="s">
         <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36">
         <v>80.0</v>
       </c>
       <c r="H36">
         <v>80.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H37">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38">
         <v>2020</v>
       </c>
       <c r="E38" t="s">
         <v>92</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38">
         <v>80.0</v>
       </c>
       <c r="H38">
@@ -2034,80 +2034,80 @@
       </c>
       <c r="H39">
         <v>80.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>90</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H40">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>96</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>1998</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>99</v>
       </c>
       <c r="G41">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H41">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>96</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42">
         <v>2020</v>
       </c>
       <c r="E42" t="s">
         <v>101</v>
       </c>
       <c r="F42" t="s">
         <v>99</v>
       </c>
       <c r="G42">
         <v>169.91</v>
       </c>
       <c r="H42">
@@ -2372,54 +2372,54 @@
       </c>
       <c r="H52">
         <v>166.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>123</v>
       </c>
       <c r="B53" t="s">
         <v>18</v>
       </c>
       <c r="C53" t="s">
         <v>124</v>
       </c>
       <c r="D53">
         <v>2021</v>
       </c>
       <c r="E53" t="s">
         <v>125</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53">
-        <v>232.0</v>
+        <v>220.0</v>
       </c>
       <c r="H53">
-        <v>232.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>126</v>
       </c>
       <c r="B54" t="s">
         <v>18</v>
       </c>
       <c r="C54" t="s">
         <v>127</v>
       </c>
       <c r="D54">
         <v>2017</v>
       </c>
       <c r="E54" t="s">
         <v>128</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54">
         <v>326.0</v>
       </c>
       <c r="H54">
@@ -2822,51 +2822,51 @@
       </c>
       <c r="B70" t="s">
         <v>18</v>
       </c>
       <c r="C70" t="s">
         <v>159</v>
       </c>
       <c r="D70">
         <v>1996</v>
       </c>
       <c r="E70" t="s">
         <v>160</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70">
         <v>166.0</v>
       </c>
       <c r="H70">
         <v>166.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="B71" t="s">
         <v>18</v>
       </c>
       <c r="C71" t="s">
         <v>161</v>
       </c>
       <c r="D71">
         <v>2015</v>
       </c>
       <c r="E71" t="s">
         <v>162</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71">
         <v>166.0</v>
       </c>
       <c r="H71">
         <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">