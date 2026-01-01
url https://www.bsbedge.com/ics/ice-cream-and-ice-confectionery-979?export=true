--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -117,53 +117,50 @@
     <t>15/30323514 DC</t>
   </si>
   <si>
     <t>BS EN 16878. Food processing machinery. Combined machines and batch freezers. Safety and hygiene requirements</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>Proposed for Withdrawal</t>
   </si>
   <si>
     <t>BS EN ISO 7328:2008</t>
   </si>
   <si>
     <t>Milk-based edible ices and ice mixes. Determination of fat content. Gravimetric method (Reference method)</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS ISO 3728:2004</t>
   </si>
   <si>
     <t>Ice-cream and milk ice. Determination of total solids content (reference method)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS ISO 5765-1:2002</t>
   </si>
   <si>
     <t>Dried milk, dried ice-mixes and processed cheese. Determination of lactose content - Enzymatic method utilizing the glucose moiety of the lactose</t>
   </si>
   <si>
     <t>BS ISO 5765-2:2002</t>
   </si>
   <si>
     <t>Dried milk, dried ice-mixes and processed cheese. Determination of lactose content - Enzymatic method utilizing the galactose moiety of the lactose</t>
   </si>
   <si>
     <t>15/30322401 DC</t>
   </si>
   <si>
     <t>BS EN 16876. Food processing machinery. Soft ice cream machines. Safety and hygiene requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -695,146 +692,146 @@
       </c>
       <c r="H7">
         <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8">
         <v>2008</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9">
         <v>2004</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H9">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D10">
         <v>2002</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10">
         <v>220.0</v>
       </c>
       <c r="H10">
         <v>220.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D11">
         <v>2002</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11">
         <v>220.0</v>
       </c>
       <c r="H11">
         <v>220.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12">
         <v>20.0</v>
       </c>
       <c r="H12">
         <v>20.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>