--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -536,158 +536,158 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2002</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H2">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2002</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H3">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2004</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H4">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2009</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H5">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H6">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7">
         <v>20.0</v>
       </c>
       <c r="H7">