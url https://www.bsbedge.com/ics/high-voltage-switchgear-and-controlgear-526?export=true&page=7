--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -6420,54 +6420,54 @@
       </c>
       <c r="H180">
         <v>104.38</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>15</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="C181" t="s">
         <v>336</v>
       </c>
       <c r="D181">
         <v>2003</v>
       </c>
       <c r="E181" t="s">
         <v>337</v>
       </c>
       <c r="F181" t="s">
         <v>34</v>
       </c>
       <c r="G181">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H181">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>338</v>
       </c>
       <c r="D182">
         <v>2019</v>
       </c>
       <c r="E182" t="s">
         <v>339</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
         <v>452.0</v>
       </c>
       <c r="H182">